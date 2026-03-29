--- v0 (2025-12-12)
+++ v1 (2026-03-29)
@@ -54,7115 +54,7115 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3187/indicacao_no_001.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3187/indicacao_no_001.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de fazer uma interligação adequada para pedestres e ciclistas entre o Centro e os bairros Nova Pradópolis e Parque dos Pássaros.</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3188/indicacao_no_002.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3188/indicacao_no_002.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de assegurar transporte preferencial e gratuito aos pacientes que se encontra sob tratamento com câncer, hemodiálise, além das demais doenças graves.</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3189/indicacao_no_003.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3189/indicacao_no_003.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de incluir o tratamento de canal no Centro Odontológico Municipal.</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3190/indicacao_no_004.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3190/indicacao_no_004.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo para que através do setor competente realize o fornecimento de uniforme e material escolar gratuito aos alunos da Rede Municipal de Ensino no início do ano letivo.</t>
   </si>
   <si>
     <t>3229</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3229/indicacao_no_005.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3229/indicacao_no_005.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de redutor de velocidade na Rua Santo Antônio, cruzamento com a Rua Tiradentes, bem como refazer as lombadas existentes.</t>
   </si>
   <si>
     <t>3195</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Nal Marques, Matheus Campos, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3195/indicacao_no_006.2023_-_nal_matheus_e_thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3195/indicacao_no_006.2023_-_nal_matheus_e_thiago.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que sejam estudas junto ao Departamento de Saúde Municipal um levantamento sobre a quantidade de pacientes que aguardam para fazer a cirurgia de catarata e que seja criado um programa de mutirão de cirurgia em nosso Município.</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Nal Marques, Fabão, Gonçala, Joãozinho da Papelaria, Luciano Tanaka, Marcia, Matheus Campos, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3196/indicacao_no_007.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3196/indicacao_no_007.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de se conceder aumento salarial aos servidores municipais, preferencialmente em percentuais acima aos concedidos no ano de 2022 e de maneira antecipada.</t>
   </si>
   <si>
     <t>3197</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3197/indicacao_no_008.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3197/indicacao_no_008.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de contratar Guarda Municipal na Rodoviária para controle de chaves dos banheiros feminino e masculino.</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Nal Marques, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3198/indicacao_no_009.2023_-_nal_e_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3198/indicacao_no_009.2023_-_nal_e_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, a possibilidade de instalar bancos de concretos na Área Verde no "Riacho Doce", da Rua Santo Antônio na altura do número 120 na entrada da cidade.</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Gonçala</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3199/indicacao_no_010.2023_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3199/indicacao_no_010.2023_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de promover a aquisição e instalação de um semáforo no cruzamento das ruas Santo Antônio e Sete de Setembro.</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Gonçala, Joãozinho da Papelaria, Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3200/indicacao_no_011.2023_-_goncala_marcia_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3200/indicacao_no_011.2023_-_goncala_marcia_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de colocar coberturas nos portões de acesso de entrada de alunos na escola EMEF “Augusto de Campos”.</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Gonçala, Joãozinho da Papelaria, Luciano Tanaka, Marcia, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3201/indicacao_no_012.2023_-_goncala_marcia_luciano_joao_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3201/indicacao_no_012.2023_-_goncala_marcia_luciano_joao_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de se adquirir e instalar climatizadores de ar no ginásio de esportes municipal de Pradópolis.</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3202/indicacao_no_013.2023_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3202/indicacao_no_013.2023_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de implantar cursos e treinamentos junto ao CRAS que visem o desenvolvimento de habilidades de confeitaria e decoração de bolos e doces.</t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Marcia, Gonçala</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3203/indicacao_no_014.2023_-_marcia_e_goncala.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3203/indicacao_no_014.2023_-_marcia_e_goncala.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a construção da continuação do calçamento na Rua: Santo Antônio na altura do número 1048 ao 1144, bem como a manutenção no calçamento já existente.</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3204/indicacao_no_015.2023_-_marcia_e_goncala.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3204/indicacao_no_015.2023_-_marcia_e_goncala.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a instalação de uma academia ao Ar Livre na área verde no final da Rua: Ernesto Turci, altura do número 1262, Jd. Primavera.</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Nal Marques, Gonçala, Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3205/indicacao_no_016.2023_-_nal_marcia_e_goncala.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3205/indicacao_no_016.2023_-_nal_marcia_e_goncala.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a poda de árvores da área verde do Riacho Doce e a colocação de postes de iluminação.</t>
   </si>
   <si>
     <t>3206</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Marcia, Gonçala, Joãozinho da Papelaria</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3206/indicacao_no_017.2023_-_marcia_goncala_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3206/indicacao_no_017.2023_-_marcia_goncala_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a implantação de sistema eletrônico de organização e localização de jazigos no cemitério municipal, (software) com a possibilidade de uso de aplicativos por parte da população para fácil acesso e localização.</t>
   </si>
   <si>
     <t>3207</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3207/indicacao_no_018.2023_-_marcia_e_goncala.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3207/indicacao_no_018.2023_-_marcia_e_goncala.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a aquisição e a instalação de assentos com apoio para as costas nas arquibancadas do Ginásio de Esportes Municipal. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>3208</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Marcia, Fabão, Gonçala, Joãozinho da Papelaria, Luciano Tanaka, Matheus Campos, Nal Marques, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3208/indicacao_no_019.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3208/indicacao_no_019.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a instalação de refletores na quadra de futebol da Escola “Luiz Ometto”.</t>
   </si>
   <si>
     <t>3209</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Luciano Tanaka, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3209/indicacao_no_020.2023_-_luciano_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3209/indicacao_no_020.2023_-_luciano_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a cobertura da quadra 02 de esportes do lado de fora do Ginásio Municipal "Constante Pavan".</t>
   </si>
   <si>
     <t>3210</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Luciano Tanaka, Joãozinho da Papelaria</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3210/indicacao_no_021.2023_-_luciano_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3210/indicacao_no_021.2023_-_luciano_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de reativar o salão da antiga marcenaria,  objetivando a ampliação do espaço destinado à pratica esportiva, o que contribui na melhoria da qualidade de vida e na inclusão social dos nossos munícipes.</t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Luciano Tanaka</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3211/indicacao_no_022.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3211/indicacao_no_022.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a revitalização da pintura do prédio do Centro de Convivência do Idoso, incluindo área interna e externa.</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3212/indicacao_no_023.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3212/indicacao_no_023.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a manutenção emergencial do ponto de ônibus da Rua Joaquim Simões Barrico, localizado em frente a praça pública, entre as Ruas Luiz Valentenucci e Magdalena Rosa Rodrigues Leone.</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3213/indicacao_no_024.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3213/indicacao_no_024.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DO CENTRO DE DIAGNÓSTICO POR IMAGENS NO CENTRO MÉDICO MUNICIPAL DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3214/indicacao_no_025.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3214/indicacao_no_025.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR MELHORARIAS NA ENTRADA DO BAIRRO JARDIM DAS OLIVEIRAS.</t>
   </si>
   <si>
     <t>3216</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3216/indicacao_no_026.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3216/indicacao_no_026.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDENCIAR AS REFORMAS OU SUBSTITUIÇÃO DAS PLACAS DENOMINATIVAS NAS RUAS DO BAIRRO JARDIM MIRIAM III.</t>
   </si>
   <si>
     <t>3217</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3217/indicacao_no_027.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3217/indicacao_no_027.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE, NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO DA RONDA ESCOLAR NO ÂMBITO DO MUNICÍPIO PARA O ANO LETIVO DE 2023.</t>
   </si>
   <si>
     <t>3218</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Matheus Campos, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3218/indicacao_no_028.2023_-_joao_thiago_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3218/indicacao_no_028.2023_-_joao_thiago_e_matheus.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE IMPLANTAR EM TODAS AS ESCOLAS O AVCB (AUTO DE VISTÓRIA DO CORPO DE BOMBEIROS).</t>
   </si>
   <si>
     <t>3219</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3219/indicacao_no_029.2023_-_goncala_marcia_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3219/indicacao_no_029.2023_-_goncala_marcia_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a construção de um Centro de Eventos na área verde localizada entre as Ruas Sete de Setembro, Campos Sales, Nove de Julho e Castro Alves.</t>
   </si>
   <si>
     <t>3220</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3220/indicacao_no_030.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3220/indicacao_no_030.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a colocação de uma estrutura guarda-corpo na passagem do rio na ciclovia do trevo da entrada da cidade até o início da Rua Santo Antônio.</t>
   </si>
   <si>
     <t>3221</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3221/indicacao_no_031.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3221/indicacao_no_031.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a roçagem do mato e da grama ao redor da ciclovia do trevo da entrada da cidade até o início da Rua Santo Antônio.</t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3222/indicacao_no_032.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3222/indicacao_no_032.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE INSTALAÇÃO DE LIXEIRAS E COLETORES DE LIXO ÚTIL (CAÇAMBAS OU OUTROS RECIPIENTES APROPRIADOS) NOS LOGRADOUROS PÚBLICOS DO MUNICÍPIO EM PARCERIA COM EMPRESAS PRIVADAS, CONSIDERANDO A LEI MUNICIPAL Nº 1.141 DE 21 DE JULHO DE 2003.</t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3223/indicacao_no_033.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3223/indicacao_no_033.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A CONSTRUÇÃO DE UMA COBERTURA NA PARTE EXTERNA DO VELÓRIO MUNICIPAL "JOVINA LEME SOARES FERRAZ".</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3224/indicacao_no_034.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3224/indicacao_no_034.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE CRIAR UMA COOPERATIVA PARA COLETA DE MATERIAIS RECICLÁVEIS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>3225</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Matheus Campos, Luciano Tanaka, Nal Marques, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3225/indicacao_no_035.2023_-_matheus_thiago_luciano_e_nal.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3225/indicacao_no_035.2023_-_matheus_thiago_luciano_e_nal.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, VIABILIZE ESTUDO NO SENTIDO DE REALIZAR A MANUTENÇÃO DO CAMPO DE FUTEBOL (CANINDÉ) DO CENTRO ESPORTIVO MUNICIPAL ANTÔNIO BARRICO SOBRINHO.</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3226/indicacao_no_036.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3226/indicacao_no_036.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A MANUTENÇÃO DAS RUAS DO HORTO FLORESTAL GUARANI.</t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3239/indicacao_no_037.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3239/indicacao_no_037.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A CONSTRUÇÃO DE QUIOSQUES COM BANCOS E MESAS DE CENTRO AO LADO DAS QUADRAS DE AREIA DO CENTRO ESPORTIVO MUNICIPAL "ANTÔNIO BARRICO SOBRINHO".</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3240/indicacao_no_038.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3240/indicacao_no_038.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de uma quadra de areia, em área verde na Rua Manoel Fernandes Sardão, altura do número 870 no bairro Nova Pradópolis II.</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3241/indicacao_no_039.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3241/indicacao_no_039.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de câmeras de segurança, internas e externas, na Academia Municipal.</t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3242/indicacao_no_040.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3242/indicacao_no_040.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente, para que seja realizada uma reforma na base da Polícia Militar da nossa cidade, mediante a celebração de convênio entre a Prefeitura e o Governo do Estado de São Paulo.</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3243/indicacao_no_041.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3243/indicacao_no_041.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, objetivando a criação de uma comissão de eventos, constituída por representantes dos Poderes legislativo e executivo, bem como da sociedade civil, que atuará junto ao departamento da cultura para auxiliar no planejamento e sistematização de eventos promovidos em nosso município.</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Gonçala, Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3244/indicacao_no_042.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3244/indicacao_no_042.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar projeto de futsal e oficina culinária para as pessoas com deficiência de nosso município.</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3245/indicacao_no_043.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3245/indicacao_no_043.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a volta da escovação, com aplicação de flúor, nas Escolas Municipais.</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3246/indicacao_no_044.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3246/indicacao_no_044.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de uma academia ao ar livre na área verde localizada no final da Rua: 13 de Maio, na altura do número 361, Jardim Boa Vista.</t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3247/indicacao_no_045.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3247/indicacao_no_045.2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a construção da continuação do calçamento na entrada do bairro Jardim Das Oliveiras. (IMAGENS EM ANEXO)</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3249/indicacao_no_046.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3249/indicacao_no_046.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Av. José dos Santos Martins, na altura do número 1060, bairro Nova Pradópolis II.</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3250/indicacao_no_047.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3250/indicacao_no_047.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a abertura de novos postos credenciados para a efetuação de pagamento de impostos da prefeitura, nos bairros mais distantes do centro.</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3252/indicacao_no_048.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3252/indicacao_no_048.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura, no sentido de promover por parte dos odontologista visita periódica nas escolas infantis, como forma de realizar o tratamento preventivo.</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Thiago Aquino, Fabão</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3253/indicacao_no_049.2023_-_thiago_alves_e_fabio_da_costa.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3253/indicacao_no_049.2023_-_thiago_alves_e_fabio_da_costa.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de fazer uma carteirinha de identificação para os alunos que utilizam o ônibus escolar municipal.</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3254/indicacao_no_050.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3254/indicacao_no_050.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar protocolos para pedidos de encaminhamento de exames e cirurgias.</t>
   </si>
   <si>
     <t>3255</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3255/indicacao_no_051.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3255/indicacao_no_051.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar melhorias nos sanitários e no refeitório incluindo a instalação de cadeiras e mesas, bem como o reparo no sistema de interfonia na EMEF Augusto de Campos.</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3256/indicacao_no_052.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3256/indicacao_no_052.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de descongelar os dois anos para fins de quinquênio dos servidores públicos municipais.</t>
   </si>
   <si>
     <t>3257</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3257/indicacao_no_053.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3257/indicacao_no_053.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJA REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR AMPLIAÇÃO NA UNIDADE ESCOLAR “ESCOLA AUGUSTO DE CAMPOS” COM MAIS SALAS DE AULAS, LOCALIZADA NO BAIRRO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3258/indicacao_no_054.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3258/indicacao_no_054.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONSTRUIR UMA (01) GUARITA E IMPLANTAR ILUMINAÇÃO NA ÁREA DO SETOR DE DESCARTE DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3259</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3259/indicacao_no_055.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3259/indicacao_no_055.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE IMPLANTAR EM NOSSAS ESCOLAS DA REDE DE ENSINO O PROGRAMA BRIGADA NA ESCOLA.</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Gonçala, Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3260/indicacao_no_056.2023_-_joao_marcia_e_goncala.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3260/indicacao_no_056.2023_-_joao_marcia_e_goncala.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA A VIABILIDADE DE CONSTRUÇÃO DE CASAS POPULARES EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3261</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3261/indicacao_no_057.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3261/indicacao_no_057.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, QUE PROVIDENCIE A CONSTRUÇÃO DE UM PRÉDIO PÚBLICO PARA O SETOR DO “DEPARTAMENTO DE TRANSPORTE MUNICIPAL”.</t>
   </si>
   <si>
     <t>3262</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3262/indicacao_no_058.2023_-_marcia_goncala_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3262/indicacao_no_058.2023_-_marcia_goncala_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura Municipal, no sentido de viabilizar a construção de uma ciclovia ao entorno dos bairros Nova Pradópolis I e II.</t>
   </si>
   <si>
     <t>3263</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3263/indicacao_no_059.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3263/indicacao_no_059.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura Municipal, no sentido de viabilizar a construção de uma quadra de Bocha no Centro de Conveniência do Idoso (casa da 3° idade).</t>
   </si>
   <si>
     <t>3264</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Fabão, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3264/indicacao_no_060.2023_-_fabio_da_costa_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3264/indicacao_no_060.2023_-_fabio_da_costa_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de Kits de primeiros socorros para todas as escolas municipais.</t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3265/indicacao_no_061.2023_-_fabio_da_costa_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3265/indicacao_no_061.2023_-_fabio_da_costa_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a poda de árvores, a limpeza e a roçagem do mato nas áreas verdes dos Bairros Jardim Nova Pradópolis I e Nova Pradópolis II.</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3266/indicacao_no_062.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3266/indicacao_no_062.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE O RECAPEAMENTO ASFÁLTICO DAS RUAS WALTER ROSSI E JOSÉ CONSTANTINO, MAIS ESPECIFICAMENTE PRÓXIMO A ENTRADA DA "EMEI MARIA THEREZINHA FERRARI RIBEIRO", NO BAIRRO JARDIM BELA VISTA (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3267/indicacao_no_063.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3267/indicacao_no_063.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE MANUTENÇÃO OU A TROCA DAS PORTAS DOS ARMÁRIOS EMBUTIDOS DAS SALAS DE AULA DA ESCOLA "EMEF SÉRGIO ROSSETTI" (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3268/indicacao_no_064.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3268/indicacao_no_064.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE BRAÇO DE LUZ EM POSTES JÁ EXISTENTES NA AVENIDA LINDOLFO PEREIRA PARDINHO, LOCALIZADA NO DISTRITO INDUSTRIAL DE PRADÓPOLIS - DINPRA (imagem anexa).</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3269/indicacao_no_065.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3269/indicacao_no_065.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido que seja providenciado mais monitores nos ônibus escolares, ou seja uma pessoa em cada ônibus na rede Municipal de ensino.</t>
   </si>
   <si>
     <t>3270</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3270/indicacao_no_066.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3270/indicacao_no_066.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente, no sentido de que sejam realizadas melhorias, incluindo construção de sala e sanitário para a secretaria da escola “Augusto de Campos”.</t>
   </si>
   <si>
     <t>3271</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3271/indicacao_no_067.2023_-_goncala_marcia_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3271/indicacao_no_067.2023_-_goncala_marcia_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar manutenções na escola E.M.E.F "Augusto de Campos", bem como a reforma e manutenção do quadro de energia, troca de fiação e disjuntores, aumento do quadro de funcionários, adequação da cozinha e lavanderia.</t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3272/indicacao_no_068.2023_-_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3272/indicacao_no_068.2023_-_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção de um muro guia em uma das laterais do Córrego Triste, que cruza a Rua Sete de Setembro próximo ao bairro Jacarandá (fotos anexas).</t>
   </si>
   <si>
     <t>3273</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3273/indicacao_no_069.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3273/indicacao_no_069.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que viabilize recursos para a construção de um prédio para Centro de Multiplo Uso.</t>
   </si>
   <si>
     <t>3274</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3274/indicacao_no_070.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3274/indicacao_no_070.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja executado o recapeamento asfáltico na Avenida Monte Sereno nos trechos não contemplados anteriormente pelas ultimas execuções de recapeamento.</t>
   </si>
   <si>
     <t>3275</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3275/indicacao_no_071.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3275/indicacao_no_071.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, viabilização de Emenda Parlamentar, para manutenção e ampliação da troca de lâmpadas convencionais por LED nas áreas verdes localizadas nos bairros Jardim Jacarandás, Jardim Boa Vista e Jardim Flamboyant da cidade Pradópolis.</t>
   </si>
   <si>
     <t>3276</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3276/indicacao_no_072.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3276/indicacao_no_072.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura, para que seja executado o recapeamento asfáltico nas ruas: Rua Conselheiro Antônio Prado (trecho entre as ruas São Martinho e Coronel Junqueira), Rua Coronel Junqueira (trecho entre as ruas Santo Dumont e Primeiro de Janeiro), Rua Santo Antônio (trecho entre a Rua Presidente Vargas e a saída para a Rodovia Deputado Cunha Bueno – SP 253), e por fim na Rua Presidente Vargas (trecho entre as ruas XV de Novembro e Rui Barbosa).</t>
   </si>
   <si>
     <t>3277</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3277/indicacao_no_073.2023_-_marcia_goncala_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3277/indicacao_no_073.2023_-_marcia_goncala_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, da Prefeitura, instalação de um ponto de ônibus com cobertura na Rua Presidente Vargas com Rua Santo Antônio, ao lado da Escola Sergio Rossetti.</t>
   </si>
   <si>
     <t>3279</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3279/indicacao_no_074.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3279/indicacao_no_074.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, POSSIBILITE A IMPLANTAÇÃO DE UM SISTEMA DE RESGATE E ATENDIMENTO VETERINÁRIO DE URGÊNCIA PARA ANIMAIS DE RUA EM SITUAÇÃO DE RISCO.</t>
   </si>
   <si>
     <t>3280</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3280/indicacao_no_075.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3280/indicacao_no_075.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja instalado portas de ferro com chave tetra nas escolas onde serão instaladas as lousas digitais.</t>
   </si>
   <si>
     <t>3281</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3281/indicacao_no_076.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3281/indicacao_no_076.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de adquirir e implantar o acesso a internet nas escolas para manuseio das lousas digitais.</t>
   </si>
   <si>
     <t>3282</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Gonçala, Joãozinho da Papelaria, Marcia, Matheus Campos, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3282/indicacao_no_077.2023_-_goncala_marcia_joao_matheus_e_nal.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3282/indicacao_no_077.2023_-_goncala_marcia_joao_matheus_e_nal.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a passagem do FUMACÊ, em especial nos bairros que mais contém casos de Dengue, de acordo com os últimos boletins divulgados pelo Departamento Municipal de Saúde.</t>
   </si>
   <si>
     <t>3283</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3283/indicacao_no_078.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3283/indicacao_no_078.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que providências sejam tomadas no sentido de viabilizar a colocação de um redutor de velocidade (LOMBADA) na Rua Santo Antônio, cruzamento com a Rua Sete de Setembro.</t>
   </si>
   <si>
     <t>3284</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3284/indicacao_no_079.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3284/indicacao_no_079.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar um levantamento para a instalação de uma piscina com acessibilidade no nosso município.</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3285/indicacao_no_080.2023_-_thiago_alves_e_fabio_da_costa.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3285/indicacao_no_080.2023_-_thiago_alves_e_fabio_da_costa.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de uma construção de passeio público (calçada) em todos os caminhos que atualmente é de terra nas áreas verdes do Bairro Jardim Bela Vista (Imagem anexas).</t>
   </si>
   <si>
     <t>3286</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3286/indicacao_no_081.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3286/indicacao_no_081.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a INSTALAÇÃO de um fraldário no banheiro do prédio do Centro Médico Municipal JANUARIO TEODORO DE SOUZA.</t>
   </si>
   <si>
     <t>3287</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3287/indicacao_no_082.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3287/indicacao_no_082.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a MANUTENÇÃO de todas as placas de sinalização PARE ao longo da rua JOSÉ FERREIRA GONÇALVES.</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3288/indicacao_no_083.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3288/indicacao_no_083.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a contratação por meio do concurso vigente de mais servente nas escolas Sérgio Rossetti, Luiz Ometto, Octavio Giovannetti, Augusto de Campos e nas creches Zaira Ometto, Simone Anacleto, Agenor Pavan, Lucelma de Souza devido a ampliação de salas e demanda de alunos.</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3289/indicacao_no_084.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3289/indicacao_no_084.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura; no sentido de viabilizar para que se faça o prolongamento da Rua Barão do Rio Branco com a Rua Samuel Purcini, entre bairros jardim primavera e jardim Maria Luiza.</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Gonçala, Marcia, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3290/indicacao_no_085.2023_-_goncala_marcia_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3290/indicacao_no_085.2023_-_goncala_marcia_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a contratação de mais psicólogos para o Centro Médico Municipal.</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3291/indicacao_no_086.2023_-_goncala_marcia_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3291/indicacao_no_086.2023_-_goncala_marcia_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a contratação de uma equipe multidisciplinar para atuar junto ao Departamento de Educação, incluindo psicopedagogo(a), Assistente Social, Psicólogo(a) e Terapeuta Ocupacional, para atendimentos generalizados, bem como a contratação de psicólogos(as) para prestarem serviços junto a cada uma das escolas e creches municipais, de maneira fixa e permanente.</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3292/indicacao_no_087.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3292/indicacao_no_087.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção de um novo poço artesiano no Bairro Nova Pradópolis I e II.</t>
   </si>
   <si>
     <t>3293</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3293/indicacao_no_088.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3293/indicacao_no_088.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de promover a instalação de cobertura na via de acesso que liga o portão à entrada da Casa do Idoso, bem como do acesso da casa à quadra.</t>
   </si>
   <si>
     <t>3294</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3294/indicacao_no_089.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3294/indicacao_no_089.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de se aplicar recursos financeiros da Secretaria da Educação no Cema Dorival Rossi a fim de se construir uma sala de atividades artísticas manuais, ampliando, desse modo, a capacidade de atendimento às pessoas com deficiência (PCD) do município.</t>
   </si>
   <si>
     <t>3295</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Luciano Tanaka, Matheus Campos, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3295/indicacao_no_090.2023_-_luciano_nal_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3295/indicacao_no_090.2023_-_luciano_nal_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de promover a instalação de assentos com cobertura, conforme imagem anexa, nos campos de futebol Estádio Municipal Sérgio Rossetti e Estádio de Futebol Cantareira a fim de proporcionar aos usuários destes locais um ambiente mais confortável durante a prática esportiva e/ou recreação.</t>
   </si>
   <si>
     <t>3296</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3296/indicacao_no_091.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3296/indicacao_no_091.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de uma quadra de esportes coberta nas creches Lucelma de Souza Pessoa e creche Simone Anacleto.</t>
   </si>
   <si>
     <t>3297</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Luciano Tanaka</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3297/indicacao_no_092.2023_-_joao_oliveira_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3297/indicacao_no_092.2023_-_joao_oliveira_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR AQUISIÇÃO DE UNIFORMES OU ABADÁS PARA OS ALUNOS DA EQUIPE DA CAPOEIRA DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3298</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3298/indicacao_no_093.2023_-_joao_marcia_e_goncala.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3298/indicacao_no_093.2023_-_joao_marcia_e_goncala.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJA REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR INSTALAÇÕES DE VENTILADORES NO PÁTIO DA UNIDADE ESCOLAR “ESCOLA AUGUSTO DE CAMPOS” LOCALIZADA NO BAIRRO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>3299</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3299/indicacao_no_094.2023_-_joao_oliveira_e_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3299/indicacao_no_094.2023_-_joao_oliveira_e_ze_banana.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR O “RECAPEAMENTO ASFÁLTICO” EM UM DOS TRECHOS DA RUA JULIO VINHA, CRUZAMENTO COM A RUA WALTER ROSSI, NA ALTURA DA ROTATÓRIA PRÓXIMO AO SUPERMERCADO RICOBELO, LOCALIZADO NO BAIRRO JARDIM BELA VISTA (IMAGENS EM ANEXO).</t>
   </si>
   <si>
     <t>3300</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Fabão, Gonçala, Luciano Tanaka, Marcia, Matheus Campos, Nal Marques, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3300/indicacao_no_095.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3300/indicacao_no_095.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE IMPLANTAR EM NOSSO MUNICÍPIO UM CENTRO DE ATENÇÃO PSICOSSOCIAL (CAPS).</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3301/indicacao_no_096.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3301/indicacao_no_096.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICÍPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR CURSOS DE CAPACITAÇÃO EM NOÇÕES BÁSICAS DE “PRIMEIROS SOCORROS” PARA PROFESSORES E FUNCIONÁRIOS DAS ESCOLAS E CRECHES DA REDE DE ENSINO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3302/indicacao_no_097.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3302/indicacao_no_097.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de promover a construção de valeta asfáltica na Rua Tiradentes no trecho do Lago Municipal.</t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3303/indicacao_no_098.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3303/indicacao_no_098.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de brinquedos pedagógicos para a CMEI "Lucelma de Souza Pessoa".</t>
   </si>
   <si>
     <t>3304</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Gonçala, Marcia, Matheus Campos, Nal Marques, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3304/indicacao_no_099.2023_-_goncala_marcia_nal_matheus_e_thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3304/indicacao_no_099.2023_-_goncala_marcia_nal_matheus_e_thiago.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de climatizadores de ar para as salas de aula da CMEI "Lucelma de Souza Pessoa".</t>
   </si>
   <si>
     <t>3305</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3305/indicacao_no_100.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3305/indicacao_no_100.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua Augustino Jorge de Moraes, na altura do número 315.</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3306/indicacao_no_101.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3306/indicacao_no_101.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de ser distribuídas pela vigilância sanitária nas visitas domiciliares sementes ou mudas da planta "Crotalária Juncea" que tem por objetivo contribuir através de método natural o combate ao "aedes aegypti", mosquito transmissor da dengue.</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3307/indicacao_no_102.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3307/indicacao_no_102.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, AUMENTE A FISCALIZAÇÃO QUANTO AO DESCARTE IRREGULAR DE ENTULHOS E DE LIXO EM TERRENOS PÚBLICOS E PARTICULARES.</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Matheus Campos, Fabão, Gonçala, Joãozinho da Papelaria, Luciano Tanaka, Marcia, Nal Marques, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3308/indicacao_no_103.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3308/indicacao_no_103.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A MANUTENÇÃO DA CALÇADA LOCALIZADA EM TORNO DA BIBLIOTECA MUNICIPAL (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3309/indicacao_no_104.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3309/indicacao_no_104.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A INSTALAÇÃO DE UM PONTO DE ÔNIBUS COM COBERTURA E ASSENTOS NA ESQUINA DA “EMEF AUGUSTO DE CAMPOS”, NA AVENIDA MONTE SERENO ESQUINA COM A RUA SALVADOR PURCINI, NO BAIRRO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Matheus Campos, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3310/indicacao_no_105.2023_-_matheus_de_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3310/indicacao_no_105.2023_-_matheus_de_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM ENGENHARIA DE TRÂNSITO PARA PROJETAR A REESTRUTURAÇÃO DO TRÂNSITO, PRINCIPALMENTE NA ÁREA CENTRAL, DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3316/indicacao_no_106.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3316/indicacao_no_106.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a instalação de um redutor de velocidade (lombada) na Rua Coronel Junqueira, na altura do nº 1356.</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3317/indicacao_no_107.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3317/indicacao_no_107.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a roçagem e limpeza na lateral do Córrego triste que cruza a Rua Sete de Setembro próximo ao bairro Jacarandá (fotos anexas).</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3318/indicacao_no_108.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3318/indicacao_no_108.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura, no sentido de viabilizar a construção de um estacionamento, tipo bolsão, localizado na Avenida Monte Sereno na altura do número 1041 de frente a Igreja Assembleia de Deus Ministério de Madureira no Jardim Maria Luiza II.</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3319/indicacao_no_109.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3319/indicacao_no_109.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a distribuição gratuita de absorventes para as alunas da Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3320/indicacao_no_110.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3320/indicacao_no_110.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar um local específico para os vendedores ambulantes de outros municípios, no qual sugerimos que seja onde é realizada a feira na Avenida Monte Sereno.</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Gonçala, Marcia, Matheus Campos, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3321/indicacao_no_111.2023_-_goncala_marcia_matheus_e_nal.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3321/indicacao_no_111.2023_-_goncala_marcia_matheus_e_nal.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar uma reforma geral no prédio da Merenda Escolar Municipal.</t>
   </si>
   <si>
     <t>3322</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3322/indicacao_no_112.2023_-_goncala_marcia_matheus_e_nal.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3322/indicacao_no_112.2023_-_goncala_marcia_matheus_e_nal.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de 01 processador de alimentos e 01 descascador de batatas para a Merenda Escolar Municipal.</t>
   </si>
   <si>
     <t>3323</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3323/indicacao_no_113.2023_-_nal_marques_e_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3323/indicacao_no_113.2023_-_nal_marques_e_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção de um poço artesiano na dependência da área Horto Guarani.</t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3324/indicacao_no_114.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3324/indicacao_no_114.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de construir mais quatro salas na creche infantil Municipal "Zaíra Ometto".</t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>Thiago Aquino, Fabão, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3343/indicacao_no_115.2023_-_thiago_nal_e_fabio.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3343/indicacao_no_115.2023_-_thiago_nal_e_fabio.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar uma praça com play ground e academia ao ar livre no bairro Nova Pradópolis I, entre as ruas José João Davi Sobrinho e Vânia Aparecida Tabanez.</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3325/indicacao_no_116.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3325/indicacao_no_116.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE IMPLANTAR UMA FARMÁCIA NA UNIDADE BÁSICA DE SAÚDE (LINEU ZACARÍAS), LOCALIZADA NO BAIRRO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3326/indicacao_no_117.2023_-_joao_marcia_e_goncala.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3326/indicacao_no_117.2023_-_joao_marcia_e_goncala.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA QUE PROVIDENCIE "AQUISIÇÃO DE UM VEICULO TIPO FURGÃO" PARA O SETOR DA "MERENDA ESCOLAR".</t>
   </si>
   <si>
     <t>3327</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3327/indicacao_no_118.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3327/indicacao_no_118.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A REFORMA E SEU FUNCIONAMENTO, IMPLANTANDO UMA UBS (UNIDADE BASÍCA DE SAÚDE NO ASSENTAMENTO HORTO GUARANI).</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3328/indicacao_no_119.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3328/indicacao_no_119.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE "CONSTRUIR UM GALPÃO" PARA O LIXO RECICLÁVEL NO MUNICÍPIO DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3329/indicacao_no_120.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3329/indicacao_no_120.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZE A IMPLANTAÇÃO DE UM PONTO DE ÔNIBUS NA RUA PRESIDENTE VARGAS, NO CRUZAMENTO COM A RUA ANTONIO GARCIA PRÓXIMO A FUNERÁRIA PRADÓPOLIS, LOCALIZADA NO BAIRRO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Marcia, Gonçala, Joãozinho da Papelaria, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3330/indicacao_no_121.2023_-_marcia_goncala_joao_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3330/indicacao_no_121.2023_-_marcia_goncala_joao_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de 01 um ônibus Municipal para atender os trabalhadores do Distrito Industrial. Saindo as 06h30min e retornando as 17h30min. Estudando a possibilidade no Intervalo de Almoço também.</t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>Marcia, Gonçala, Joãozinho da Papelaria, Matheus Campos, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3331/indicacao_no_122.2023_-_marcia_goncala_matheus_joao_e_nal.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3331/indicacao_no_122.2023_-_marcia_goncala_matheus_joao_e_nal.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura Municipal, no sentido de que seja implantado no município o Programa de Clínica Veterinária Móvel, para oferecer serviço atendimento veterinário e ambulatorial aos animais.</t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3332/indicacao_no_123.2023_-_marcia_goncala_joao_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3332/indicacao_no_123.2023_-_marcia_goncala_joao_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura Municipal, no sentido de viabilizar a reforma do palco e dos camarins do ginásio municipal “Constante Pavan”.</t>
   </si>
   <si>
     <t>3333</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3333/indicacao_no_124.2023_-_goncala_marcia_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3333/indicacao_no_124.2023_-_goncala_marcia_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de firmar convênio com clínica de equoterapia para tratamento de pessoas com deficiência.</t>
   </si>
   <si>
     <t>3334</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3334/indicacao_no_125.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3334/indicacao_no_125.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalar um ponto de ônibus com cobertura na Rua Santo Antônio, próximo a Igreja Congregação (Imagem anexa).</t>
   </si>
   <si>
     <t>3336</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3336/indicacao_no_126.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3336/indicacao_no_126.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE PIAS, BANCOS E MESAS DE CENTRO NOS QUIOSQUES EXISTENTES NO LAGO MUNICIPAL (IMAGENS ANEXAS).</t>
   </si>
   <si>
     <t>3337</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3337/indicacao_no_127.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3337/indicacao_no_127.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A REFORMA DA CALÇADA LOCALIZADA EM TORNO DO "LAGO MUNICIPAL" (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3338</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3338/indicacao_no_128.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3338/indicacao_no_128.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A REVITALIZAÇÃO DO CANTEIRO CENTRAL LOCALIZADO NA AVENIDA JOSÉ DOS SANTOS MARTINS, NO BAIRRO NOVA PRADÓPOLIS, BEM COMO A INSTALAÇÃO DE NOVOS BANCOS NO LOCAL (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3339/indicacao_no_129.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3339/indicacao_no_129.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA PRAÇA "VEREADOR JOSÉ JOÃO DAVID", LOCALIZADA NO BAIRRO JARDIM DOS IPÊS.</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3340/indicacao_no_130.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3340/indicacao_no_130.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NO BAIRRO NOVA PRADÓPOLIS.</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Marcia, Gonçala, Joãozinho da Papelaria, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3341/indicacao_no_131.2023_-_marcia_goncala_joao_e_nal.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3341/indicacao_no_131.2023_-_marcia_goncala_joao_e_nal.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar que seja realizado exames de Raio – X após às 22 horas, em esquema de plantão no Pronto Atendimento (Waldemar Balatore).</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Fabão, Gonçala, Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3342/indicacao_no_132.2023_-_fabio_goncala_e_marcia.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3342/indicacao_no_132.2023_-_fabio_goncala_e_marcia.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de uma cadeira de rodas para o Velório Municipal.</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3344/indicacao_no_133.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3344/indicacao_no_133.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a instalação de refletores na quadra de areia da Rua Giuseppe Mazier localizada ao lado da caixa' água do Jardim Miriam.</t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3345/indicacao_no_134.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3345/indicacao_no_134.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a continuação do alambrado já existentes nas duas quadras externas atrás do ginásio, bem como colocar um portão de acesso.</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3346/indicacao__no_135.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3346/indicacao__no_135.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que realize a manutenção preventiva dos calçamentos localizados nos bairros Boa Vista, Jardim Jacarandas e Flamboyant, consistindo de roçagens, varrições, pinturas e principalmente a implantação de guias rebaixadas, possibilitando melhor via de acesso aos deficientes fisicos.</t>
   </si>
   <si>
     <t>3347</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3347/indicacao_no_136.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3347/indicacao_no_136.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido da construção de um ponto de ônibus com assentos e cobertura na Rua 13 de Maio, na entrada do bairro Jardim Flamboyant. (foto em anexo)</t>
   </si>
   <si>
     <t>3348</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3348/indicacao_no_137.2023_-_luciano_nal_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3348/indicacao_no_137.2023_-_luciano_nal_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de colocar alambrado novo em volta de todo o Estádio Sergio Rossetti e no Estádio Cantareira. (fotos anexas)</t>
   </si>
   <si>
     <t>3349</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Thiago Aquino, Joãozinho da Papelaria</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3349/indicacao_no_138.2023_-_thiago_alves_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3349/indicacao_no_138.2023_-_thiago_alves_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção de passeio público (calçada), na área verde da Rua Campos Salles.</t>
   </si>
   <si>
     <t>3350</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3350/indicacao_no_139.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3350/indicacao_no_139.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto com o departamento competente, proceda com a colocação das placas de sinalização "rua sem saída" no bairro Jardim Bela Vista.</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3351/indicacao_no_140.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3351/indicacao_no_140.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura, no sentido de construir banheiros e instalação de um bebedouro industrial na "pista de skate" da Avenida Monte Sereno.</t>
   </si>
   <si>
     <t>3357</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3357/indicacao_no_141.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3357/indicacao_no_141.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de fazer a manutenção das placas de denominativas do bairro Jardim Paulista.</t>
   </si>
   <si>
     <t>3358</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3358/indicacao_no_142.2023_-_marcia_goncala_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3358/indicacao_no_142.2023_-_marcia_goncala_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a instalação de placas denominativas nas ruas do Horto Guarani.</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3359/indicacao_no_143.2023_-_goncala_marcia_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3359/indicacao_no_143.2023_-_goncala_marcia_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de um estacionamento, tipo bolsão, na Rua Antônio Garcia, em frente a E.M.E.F "Octávio Giovannetti".</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3360/indicacao_no_144.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3360/indicacao_no_144.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a troca do alambrados, por grades de proteção ao redor da Escola Municipal de Ensino Fundamental Sérgio Rossetti. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Matheus Campos, Nal Marques, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3361/indicacao_no_145.2023_-_matheus_nal_e_thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3361/indicacao_no_145.2023_-_matheus_nal_e_thiago.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE IMPLEMENTAÇÃO DE PORTA COM DETECTOR DE METAIS NAS ENTRADAS DAS ESCOLAS MUNICIPAIS, BEM COMO A CONTRATAÇÃO DE UM CONTROLADOR DE ACESSO PARA REALIZAR O CONTROLE DE IDENTIFICAÇÃO AO LOCAL.</t>
   </si>
   <si>
     <t>3362</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3362/indicacao_no_146.2023_-_marcia_goncala_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3362/indicacao_no_146.2023_-_marcia_goncala_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a construção de um estacionamento, tipo bolsão, localizado na Rua Treze de Maio, de frente a escola “Constante Ometto”.</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3364/indicacao_no_147.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3364/indicacao_no_147.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a INSTALAÇÃO de um fraldário no banheiro do prédio DA UNIDADE BÁSICA DE SAÚDE (LINEU ZACARÍAS), LOCALIZADA NO BAIRRO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Zé Banana, Joãozinho da Papelaria, Luciano Tanaka</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3365/indicacao_no_148.2023_-_ze_banana_luciano_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3365/indicacao_no_148.2023_-_ze_banana_luciano_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a colocação de uma estrutura guarda-corpo em uma das laterais do Córrego Triste, que cruza a Rua Sete de Setembro, próximo ao bairro Jacarandá. (fotos anexas).</t>
   </si>
   <si>
     <t>3366</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3366/indicacao_no_149.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3366/indicacao_no_149.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a manutenção da linha telefônica do CRAS.</t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3367/indicacao_no_150.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3367/indicacao_no_150.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de contratação de Agente de Segurança Escolar (ASE), designados a exercerem suas atividades exclusivamente no Departamento Municipal da Educação em Unidade Escolares.</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3368/indicacao_no_151.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3368/indicacao_no_151.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar o recapeamento asfáltico de toda a extensão da Rua Barão do Rio Branco. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>3369</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3369/indicacao_no_152.2023_-_goncala_marcia_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3369/indicacao_no_152.2023_-_goncala_marcia_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de um semáforo no cruzamento da Ruas Presidente Vargas e Treze de Maio.</t>
   </si>
   <si>
     <t>3370</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3370/indicacao_no_153.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3370/indicacao_no_153.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a contratação de um dentista especializado para atender pessoas com deficiência no Centro Odontológico Municipal, bem como o oferecimento de cursos nessa área, para os dentistas que já atuam em nossa cidade.</t>
   </si>
   <si>
     <t>3371</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3371/indicacao_no_154.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3371/indicacao_no_154.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A REFORMA DE TODO O CALÇAMENTO NA PARTE INTERNA DO CENTRO ESPORTIVO MUNICIPAL "ANTÔNIO BARRICO SOBRINHO". (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3373/indicacao_no_155.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3373/indicacao_no_155.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que junto ao departamento competente, estude a possibilidade de uma Academia ao Ar Livre na praça do Estádio Cantareira na Rua Antônio Pontes Câmara, Jardim Primavera (fotos anexas).</t>
   </si>
   <si>
     <t>3374</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3374/indicacao_no_156.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3374/indicacao_no_156.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realocar os equipamentos da academia municipal para o antigo prédio da marcenaria, possibilitando a transferência da sala de Artes Marciais para este espaço liberado, o que proporcionará amplitude tanto para a academia quanto para a referida sala de artes marciais.</t>
   </si>
   <si>
     <t>3375</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3375/indicacao_no_157.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3375/indicacao_no_157.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que providências sejam tomadas objetivando as reformas das placas denominativas, em algumas ruas do bairro Jardim Primavera (foto anexa).</t>
   </si>
   <si>
     <t>3376</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3376/indicacao_no_158.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3376/indicacao_no_158.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que um logradouro em Pradópolis receba o nome de Manoel Calazans dos Santos, em homenagem à sua contribuição para a cidade.</t>
   </si>
   <si>
     <t>3378</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3378/indicacao_no_159.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3378/indicacao_no_159.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO DE GRADES NAS BOCAS DOS BUEIROS.</t>
   </si>
   <si>
     <t>3379</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3379/indicacao_no_160.2023_-_joao_oliveira_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3379/indicacao_no_160.2023_-_joao_oliveira_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR ESTUDOS PARA A CONCESSÃO DE GRATIFICAÇÃO MENSAL AOS SERVIDORES QUE EXERCEM A FUNÇÃO DE COLETORES DE LIXO.</t>
   </si>
   <si>
     <t>3380</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3380/indicacao_no_161.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3380/indicacao_no_161.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA, QUE VIABILIZA A "REFORMA E PINTURA" NO LOCAL DE ABASTECIMENTO DOS CAMINHÕES PIPAS QUE FICA LOCALIZADO ENTRE OS CRUZAMENTOS DA RUA PRESIDENTE VARGAS E A RUA TREZE DE MAIO.</t>
   </si>
   <si>
     <t>3381</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3381/indicacao_no_162.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3381/indicacao_no_162.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE CONSTRUIR UMA QUADRA POLIESPORTIVA COBERTA NO “BAIRRO JARDIM MARIA LUIZA”.</t>
   </si>
   <si>
     <t>3382</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Fabão, Matheus Campos, Nal Marques, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3382/indicacao_no_163.2023_-_joao_nal_matheus_thiago_e_fabio.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3382/indicacao_no_163.2023_-_joao_nal_matheus_thiago_e_fabio.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE IMPLANTAR EM NOSSO MUNICÍPIO "O PROGRAMA CRIANÇA FELIZ".</t>
   </si>
   <si>
     <t>3383</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3383/indicacao_no_164.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3383/indicacao_no_164.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de um bebedouro de água, no botia.</t>
   </si>
   <si>
     <t>3384</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3384/indicacao_no_165.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3384/indicacao_no_165.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, que estude a possibilidade de criação de um "disque denúncia" contra violência nas escolas de nosso município.</t>
   </si>
   <si>
     <t>3385</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3385/indicacao_no_166.2023_-_nal_matheus_e_thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3385/indicacao_no_166.2023_-_nal_matheus_e_thiago.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja implantado junto a Policia Militar a atividade delegada nas escolas de nosso município.</t>
   </si>
   <si>
     <t>3386</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3386/indicacao_no_167.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3386/indicacao_no_167.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE UMA PLACA COM MAPA DE SINALIZAÇÃO DAS RUAS NA ENTRADA DO DISTRITO INDUSTRIAL E COMERCIAL DE PRADÓPOLIS - DINPRA (MODELO ANEXO).</t>
   </si>
   <si>
     <t>3387</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Matheus Campos, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3387/indicacao_no_168.2023_-_matheus_de_campos_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3387/indicacao_no_168.2023_-_matheus_de_campos_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE INSTALAR UMA ACADEMIA AO AR LIVRE NA “PRAÇA DO CDHU”.</t>
   </si>
   <si>
     <t>3388</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3388/indicacao_no_169.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3388/indicacao_no_169.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de se incluir a Rua Emília da Conceição, entre os números 88/412, localizada no bairro Jardim Paulista, como zona comercial do Município de Pradópolis.</t>
   </si>
   <si>
     <t>3390</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3390/indicacao_no_170.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3390/indicacao_no_170.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de promover palestras e/ou treinamentos para a capacitação de alunos e servidores da educação municipal na prevenção e mediação de emergências.</t>
   </si>
   <si>
     <t>3391</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3391/indicacao_no_171.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3391/indicacao_no_171.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de aderir e implantar do projeto do Governo de Estado de São Paulo ``Areninha´´ para o município de Pradópolis. IMAGENS EM ANEXO.</t>
   </si>
   <si>
     <t>3392</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Gonçala, Luciano Tanaka, Marcia, Matheus Campos, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3392/indicacao_no_172.2023_-_joao_nal_goncala_matheus_marcia_e_luciano.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3392/indicacao_no_172.2023_-_joao_nal_goncala_matheus_marcia_e_luciano.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE “01” UMA UNIDADE ESCOLAR DE ENSINO FUNDAMENTAL CONTENDO "13" TREZE SALAS DE AULAS, LOCALIZADA NA RUA DOMINGOS BUCHIONE EM FRENTE À IGREJA SANTO EXPEDITO, NO BAIRRO JARDIM MARIA LUIZA.</t>
   </si>
   <si>
     <t>3393</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3393/indicacao_no_173.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3393/indicacao_no_173.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR PARCERIA COM UM LABORATÓRIO QUE FUNCIONE "24" HORAS POR DIA, INCLUINDO SÁBADO, DOMINGOS E FERIADOS PARA QUE POSSA PRESTAR SERVIÇO AO CENTRO MÉDICO MUNICIPAL.</t>
   </si>
   <si>
     <t>3394</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3394/indicacao_no_174.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3394/indicacao_no_174.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A REFORMA DO PRÉDIO DO POÇO TUBULAR QUE FICA LOCALIZADO NA RUA MAGDALENA ROSA RODRIGUES LEONI TRECHO QUE LIGA COM A RUA MARIA LUCAS DE SOUZA NO BAIRRO JARDIM MIRIAN.</t>
   </si>
   <si>
     <t>3395</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3395/indicacao_no_175.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3395/indicacao_no_175.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE, NO SENTIDO DE ESTABELECER MÃO ÚNICA DE TRÂNSITO NA RUA CAMPOS SALES, QUE VAI DA INTERSECÇÃO COM A RUA PRESIDENTE VARGAS ATÉ A RUA NOVE DE JULHO.</t>
   </si>
   <si>
     <t>3396</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3396/indicacao_no_176.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3396/indicacao_no_176.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO DE UMA ACADEMIA AO AR LIVRE, NA PRAÇA DO BAIRRO JARDIM MIRIAM, LOCALIZADO NA RUA MAGDALENA ROSA RODRIGUES LEONI NA ALTURA DO NÚMERO 860.</t>
   </si>
   <si>
     <t>3397</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3397/indicacao_no_177.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3397/indicacao_no_177.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de pontos de ônibus cobertos em toda a extensão da Rua Manoel Gaspar, bairro Parque dos Pássaros.</t>
   </si>
   <si>
     <t>3398</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>Gonçala, Fabão, Joãozinho da Papelaria, Luciano Tanaka, Marcia, Matheus Campos, Nal Marques, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3398/indicacao_no_178.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3398/indicacao_no_178.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar que o palco de apresentações localizado na "Praça da Bíblia" na Avenida Monte Sereno, receba o nome de DOUGLAS THEODORO DE SOUZA. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>3399</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3399/indicacao_no_179.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3399/indicacao_no_179.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Avenida José dos Santos Martins, na altura do número 915, no bairro Nova Pradópolis II.</t>
   </si>
   <si>
     <t>3400</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>Luciano Tanaka, Fabão, Gonçala, Joãozinho da Papelaria, Marcia, Matheus Campos, Nal Marques, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3400/indicacao_no_180.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3400/indicacao_no_180.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de, realizar uma campanha de conscientização da população acerca da destinação adequada dos resíduos sólidos, bem como promover a realização de uma ECOFAXINA em todos os bairros do município, no sistema de mutirão, auxiliando no combate ás pragas e insetos causadores de doenças.</t>
   </si>
   <si>
     <t>3401</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>Luciano Tanaka, Joãozinho da Papelaria, Matheus Campos, Nal Marques, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3401/indicacao_no_181.2023_-_luciano_nal_matheus_joao_e_thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3401/indicacao_no_181.2023_-_luciano_nal_matheus_joao_e_thiago.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de, fazer um estudo para a construção de uma via pavimentada, com calçamento e iluminação, na continuação da Rua Barão do Rio Branco do bairro Jardim Primavera passando por trás da pista de skate, ligando na Rua Salvador Purcini no Jardim Bela Vista.</t>
   </si>
   <si>
     <t>3402</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3402/indicacao_no_182.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3402/indicacao_no_182.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que estude a possibilidade de instalar "Brinquedos Adaptados" para crianças portadoras de necessidades especiais em praças públicas e áreas de lazer do Município.</t>
   </si>
   <si>
     <t>3403</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3403/indicacao_no_183.2023_-_todos_os_vereeadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3403/indicacao_no_183.2023_-_todos_os_vereeadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de se instalar uma academia ao ar livre ou área de recreação na área verde localizada nas proximidades do velório e do centro médico (foto anexa).</t>
   </si>
   <si>
     <t>3404</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3404/indicacao_no_184.2023_-_marcia_goncala_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3404/indicacao_no_184.2023_-_marcia_goncala_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a aquisição de equipamentos agrícolas como 01 Plantadeira de 5 linhas e 01 Pulverizador de água de 600 litros, para os pequenos agricultores do Município.</t>
   </si>
   <si>
     <t>3405</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>Marcia, Gonçala, Joãozinho da Papelaria, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3405/indicacao_no_185.2023_-_marcia_goncala_thiago_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3405/indicacao_no_185.2023_-_marcia_goncala_thiago_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura Municipal, no sentido de viabilizar a colocação de um painel em todas as Repartições Públicas, que possa medir a satisfação dos munícipes.</t>
   </si>
   <si>
     <t>3406</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3406/indicacao_no_186.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3406/indicacao_no_186.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura Municipal, no sentido de viabilizar a divulgação de campanha de vacinação em todos os bairros e demais serviços. Que seja informado a população através de carros de som nos bairros.</t>
   </si>
   <si>
     <t>3407</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3407/indicacao_no_187.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3407/indicacao_no_187.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a implantação de fila preferencial para idosos, gestantes, autistas, pessoas com deficiência entre outros, no setor da assistência social.</t>
   </si>
   <si>
     <t>3408</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3408/indicacao_no_188.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3408/indicacao_no_188.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de mais caixas d’ Água no Cemitério Municipal, e a limpeza das já existentes, para evitar foco do mosquito da Dengue.</t>
   </si>
   <si>
     <t>3409</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3409/indicacao_no_189.2023_-_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3409/indicacao_no_189.2023_-_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de instalar brinquedos ou playground na área verde do Jardim Mirian, localizada no encontro das Ruas Joaquim Simões Barrico com a Magdalena R.R. Leoni, com o objetivo de promover o desenvolvimento infantil e incentivar a prática de atividades físicas e a interação social. (Imagem em anexo)</t>
   </si>
   <si>
     <t>3410</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3410/indicacao_no_190.2023_-_goncala_marcia_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3410/indicacao_no_190.2023_-_goncala_marcia_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de lixeiras na praça defronte a Igreja Matriz Santo Antônio.</t>
   </si>
   <si>
     <t>3411</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3411/indicacao_no_191.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3411/indicacao_no_191.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de uma Unidade Escolar, no bairros Nova Pradópolis I e II.</t>
   </si>
   <si>
     <t>3412</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3412/indicacao_no_192.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3412/indicacao_no_192.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE ESTUDOS NO SENTIDO DE FIRMAR PARCERIA PARA IMPLANTAÇÃO DE UM CURSINHO PRÉ-VESTIBULAR EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3413</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Matheus Campos, Joãozinho da Papelaria, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3413/indicacao_no_193.2023_-_matheus_nal_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3413/indicacao_no_193.2023_-_matheus_nal_e_joao.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A AQUISIÇÃO DE 02 (DOIS) ÔNIBUS PARA O TRANSPORTE ESCOLAR MUNICIPAL.</t>
   </si>
   <si>
     <t>3414</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3414/indicacao_no_194.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3414/indicacao_no_194.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE PALESTRAS DE COMBATE AO BULLYING NAS ESCOLAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3415</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3415/indicacao_no_195.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3415/indicacao_no_195.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A REALIZAÇÃO DA "CORRIDA DE RUA" EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3416</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>Nal Marques, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3416/indicacao_no_196.2023_-_nal_marques_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3416/indicacao_no_196.2023_-_nal_marques_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal para que junto ao Departamento Competente, realize a implementação de Programa de Saúde Mental nas escolas municipais.</t>
   </si>
   <si>
     <t>3417</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>Nal Marques, Joãozinho da Papelaria, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3417/indicacao_no_197.2023_-_nal_matheus_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3417/indicacao_no_197.2023_-_nal_matheus_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que sejam realizadas obras de ampliação das salas de aula nas Creches Simone Anacleto, Lucelma de Souza Pessoa e Zaíra Ometto.</t>
   </si>
   <si>
     <t>3418</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3418/indicacao_no_198.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3418/indicacao_no_198.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de uma Guarita no Distrito Industrial e Comercial de Pradópolis - DINPRA, com a colocação de um guarda 24 horas.</t>
   </si>
   <si>
     <t>3419</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>Nal Marques, Luciano Tanaka, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3419/indicacao_no_199.2023_-_nal_matheus_e_luciano.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3419/indicacao_no_199.2023_-_nal_matheus_e_luciano.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a instalação de poste de iluminação com lâmpadas de LED na quadra de areia do Lago Municipal de Pradópolis.</t>
   </si>
   <si>
     <t>3420</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3420/indicacao_no_200.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3420/indicacao_no_200.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA. NO SENTIDO DE IMPLANTAR PROJETO DE INCENTIVO À DOAÇÃO DE SANGUE.</t>
   </si>
   <si>
     <t>3424</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3424/indicacao_no_201.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3424/indicacao_no_201.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar no sentido de viabilizar a aquisição e a instalação de lixeiras em toda a extensão da ciclovia localizada na entrada da cidade, Rua Santo Antônio.</t>
   </si>
   <si>
     <t>3425</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3425/indicacao_no_202.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3425/indicacao_no_202.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de lixeiras na praça em frente ao Cemitério Municipal. (IMAGEM EM ANEXO)</t>
   </si>
   <si>
     <t>3426</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3426/indicacao_no_203.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3426/indicacao_no_203.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no intuito de que seja realizada a manutenção e/ou troca dos bancos do dispostos em frente ao Centro Odontológico Municipal "Genoveva Rota Pacheco", conforme fotos em anexo.</t>
   </si>
   <si>
     <t>3427</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3427/indicacao_no_204.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3427/indicacao_no_204.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalar refletores com lâmpadas de led na Rodoviária Municipal.</t>
   </si>
   <si>
     <t>3428</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3428/indicacao_no_205.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3428/indicacao_no_205.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de construir uma base em volta do Cristo Redentor, com escada, corrimão dos dois lados, bem como, rampa de acessibilidade e o devido calçamento ao redor do monumento. (Foto anexa).</t>
   </si>
   <si>
     <t>3431</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3431/indicacao_no_206.2023_-_goncala_marcia_joao_matheus_e_nal.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3431/indicacao_no_206.2023_-_goncala_marcia_joao_matheus_e_nal.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar convênio com clínica que ofereça tratamento de Ozonioterapia.</t>
   </si>
   <si>
     <t>3432</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>Nal Marques, Luciano Tanaka, Matheus Campos, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3432/indicacao_no_207.2023_-_nal_luciano_matheus_e_thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3432/indicacao_no_207.2023_-_nal_luciano_matheus_e_thiago.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de uma Pista de Atletismo localizada no Campo Municipal conforme foto em anexo.</t>
   </si>
   <si>
     <t>3433</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3433/indicacao_no_208.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3433/indicacao_no_208.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que sejam estudas junto ao Departamento de Saúde Municipal, um levantamento sobre a quantidade de pacientes que aguardam para fazer cirurgia de vasectomia e que seja criado um programa de mutirão para realização da cirurgia em nosso Município.</t>
   </si>
   <si>
     <t>3434</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3434/indicacao_no_209.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3434/indicacao_no_209.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de uma piscina aquecida com cobertura no centro esportivo.</t>
   </si>
   <si>
     <t>3435</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3435/indicacao_no_210.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3435/indicacao_no_210.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>3436</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3436/indicacao_no_211.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3436/indicacao_no_211.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a manutenção do calçamento no em torno da escola CEMA Dorival Rossi até a Horta, na Rua Tiradentes. (fotos em anexo).</t>
   </si>
   <si>
     <t>3438</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3438/indicacao_no_212.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3438/indicacao_no_212.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE CONSTRUIR UMA PRAÇA CONTENDO LÂMPADAS DE LED E PLAYGROUND LOCALIZADA NA RUA CEZARE DE CEZARE NO BAIRRO JARDIM MARIA LUIZA II.</t>
   </si>
   <si>
     <t>3439</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3439/indicacao_no_213.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3439/indicacao_no_213.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR AQUISIÇÃO DE UNIFORMES PARA OS PROFISSIONAIS DA ÁREA DA SAÚDE MUNICIPAL.</t>
   </si>
   <si>
     <t>3440</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3440/indicacao_no_214.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3440/indicacao_no_214.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR AÇÃO VISANDO IMPLANTAÇÃO DE AGÊNCIA BANCÁRIA NA AVENIDA MONTE SERENO.</t>
   </si>
   <si>
     <t>3441</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3441/indicacao_no_215.2023_-_joao_oliveira_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3441/indicacao_no_215.2023_-_joao_oliveira_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR O AUMENTO DA PROTEÇÃO LATERAIS QUE FORAM REALIZADO NA QUADRA, LOCALIZADA NO CENTRO ESPORTIVO MUNICIPAL ANTÔNIO BARRICO SOBRINHO (imagem anexa).</t>
   </si>
   <si>
     <t>3442</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3442/indicacao_no_216.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3442/indicacao_no_216.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDENCIAR MAIS POSTES DE ILUMINAÇÃO COM AS LÂMPADAS DE LED, PLANTIO DE ÁRVORES DA ESPECIE IPÊS DE VÁRIAS CORES, PLAYGROUND E BANCOS NA ÁREA VERDE LOCALIZADA NA RUA MARIA LUCAS DE SOUZA NA ALTURA DO NÚMERO 937 NO BAIRRO JARDIM MIRIAN.</t>
   </si>
   <si>
     <t>3443</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3443/indicacao_no_217.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3443/indicacao_no_217.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a manutenção e a limpeza da praça “Atílio Luiz Rossi”, no bairro Jardim Primavera, localizada entre as Ruas Rui Barbosa, Barão do Rio Branco e João Mesquita Ramos, pois se encontra em estado precário de conservação. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>3444</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3444/indicacao_no_218.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3444/indicacao_no_218.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a instalação de placas de orientação nas entradas da cidade, para que os comerciantes ambulantes que vêm de fora tenham mais orientações sobre seus direitos e deveres, sobre as leis do município, e taxas.</t>
   </si>
   <si>
     <t>3445</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>Nal Marques, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3445/indicacao_no_219.2023_-_nal_marques_e_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3445/indicacao_no_219.2023_-_nal_marques_e_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de calçamento na extensão da Rua Gabino Arroyo, localizada na ponte entre os bairros Jardim Maria Luiza I com Jardim das oliveiras. (foto anexa)</t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3446/indicacao_no_220.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3446/indicacao_no_220.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de poltronas ao lado de todos os leitos para os acompanhantes no Pronto Atendimento "Valdemar Balatore", bem como a troca/conserto das poltronas da sala de medicação que se encontram quebradas.</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3447/indicacao_no_221.2023_-_matheus_thiago_e_nal.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3447/indicacao_no_221.2023_-_matheus_thiago_e_nal.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO, NO CAMINHÃO COLETOR DE LIXOS, CABINE OU SUPORTE ADEQUADO E SEGURO PARA O TRANSPORTE DOS TRABALHADORES DURANTE O HORÁRIO DE SERVIÇO, CONFORME IMAGEM ANEXA.</t>
   </si>
   <si>
     <t>3448</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3448/indicacao_no_222.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3448/indicacao_no_222.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE MANUTENÇÃO DAS GRADES QUE ESTÃO DETERIORADAS NA EXTENSÃO DA PONTE QUE DÁ ACESSO AO BAIRRO PARQUE DOS PÁSSAROS, BEM COMO A LIMPEZA DO LOCAL (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3449/indicacao_no_223.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3449/indicacao_no_223.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A INSTALAÇÃO DE UM PONTO DE ÔNIBUS COM COBERTURA E ASSENTOS NA RUA PAULO DA SILVA PRÓXIMO AO CRUZAMENTO COM A RUA ANTONIO CALIXTO FERREIRA DOS SANTOS, NO BAIRRO NOVA PRADÓPOLIS.</t>
   </si>
   <si>
     <t>3450</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3450/indicacao_no_224.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3450/indicacao_no_224.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A INSTALAÇÃO DE TRAVES DE FUTEBOL NA ÁREA VERDE LOCALIZADA NO FINAL DA RUA MARIA HELENA GUINDALINI FECHETIA, MAIS PRECISAMENTE PRÓXIMO A ALTURA DO N° 649 (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3461</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3461/indicacao_no_225.2023_-_goncala_marcia_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3461/indicacao_no_225.2023_-_goncala_marcia_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a manutenção e a instalação de iluminação no Lago Municipal em certos pontos que necessitam.</t>
   </si>
   <si>
     <t>3462</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3462/indicacao_no_226.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3462/indicacao_no_226.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar pontos de coleta de medicamentos vencidos, nas unidades de saúde, a fim de promover o descarte consciente.</t>
   </si>
   <si>
     <t>3463</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3463/indicacao_no_227.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3463/indicacao_no_227.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a concessão de uma máquina Distribuidor de Calcário e Fertilizante para pequenos produtores do Assentamento Horto Guarani, através de suas Cooperativas, Associações, etc.</t>
   </si>
   <si>
     <t>3464</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>Zé Banana, Fabão, Joãozinho da Papelaria, Matheus Campos, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3464/indicacao_no_228.2023_-_ze_banana_thiago_joao_matheus_e_fabio.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3464/indicacao_no_228.2023_-_ze_banana_thiago_joao_matheus_e_fabio.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de quiosques na área verde da praça CATALDO LEONI, em frente à entrada da Igreja Matriz.</t>
   </si>
   <si>
     <t>3465</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3465/indicacao_no_229.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3465/indicacao_no_229.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a manutenção, aquisição e a instalação de lixeiras em toda a extensão do Terminal Rodoviário Municipal “NEUSA FECHETIA BARRICO”. IMAGENS EM ANEXO</t>
   </si>
   <si>
     <t>3466</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3466/indicacao_no_230.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3466/indicacao_no_230.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de uma lixeira próximo ao poste localizado na esquina da Rua Presidente Vargas em frente a pizzaria do Mika. (IMAGEM EM ANEXO)</t>
   </si>
   <si>
     <t>3467</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3467/indicacao_no_231.2023_-_nal_luciano_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3467/indicacao_no_231.2023_-_nal_luciano_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de promover a construção de arquibancada no Estádio de Futebol Cantareira, afim de proporcionar aos usuários um ambiente mais tranquilo ao acompanhar a prática de esporte.</t>
   </si>
   <si>
     <t>3468</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3468/indicacao_no_232.2023_-_nal_marcia_e_goncala.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3468/indicacao_no_232.2023_-_nal_marcia_e_goncala.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de uma academia ao ar livre na “PRAÇA DA COHAB”.</t>
   </si>
   <si>
     <t>3469</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>Gonçala, Fabão, Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3469/indicacao_no_233.2023_-_goncala_marcia_e_fabio.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3469/indicacao_no_233.2023_-_goncala_marcia_e_fabio.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizarem a correção do nome do Pronto Atendimento Valdemar Balatore, pois em algumas placas e documentos o nome está escrito incorretamente como "WALDEMAR BALATORE".</t>
   </si>
   <si>
     <t>3470</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3470/indicacao_no_234.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3470/indicacao_no_234.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de reforma e revitalização da praça Cataldo Leoni, defronte a Igreja Matriz.</t>
   </si>
   <si>
     <t>3471</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>Luciano Tanaka, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3471/indicacao_no_235.2023_-_luciano_tanaka_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3471/indicacao_no_235.2023_-_luciano_tanaka_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de verificar a possibilidade de adquirir um drone para fazer a vigilância, auxiliar em eventos, medições e a segurança do nosso município.</t>
   </si>
   <si>
     <t>3472</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3472/indicacao_no_236.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3472/indicacao_no_236.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de revitalização da Praça PADRE DOMINGOS BARROSO FILHO, na qual está edificada a Igreja Matriz.</t>
   </si>
   <si>
     <t>3473</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3473/indicacao_no_237.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3473/indicacao_no_237.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a pintura da sinalização de solo e placas de PARE que estão apagadas, na extensão da Rua Mathias Lozei.</t>
   </si>
   <si>
     <t>3474</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3474/indicacao_no_238.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3474/indicacao_no_238.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a limpeza no calçamento em torno das escolas “Luiz Ometto” e “Sérgio Rossetti”. (foto anexa)</t>
   </si>
   <si>
     <t>3475</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3475/indicacao_no_239.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3475/indicacao_no_239.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua Tiradentes, na altura do número 1155. (foto anexo)</t>
   </si>
   <si>
     <t>3476</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3476/indicacao_no_240.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3476/indicacao_no_240.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE MELHORIAS NA ILUMINAÇÃO DA PRAÇA "VEREADOR JOSÉ JOÃO DAVID", LOCALIZADA NO BAIRRO JARDIM DOS IPÊS.</t>
   </si>
   <si>
     <t>3477</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3477/indicacao_no_241.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3477/indicacao_no_241.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A AQUISIÇÃO E A INSTALAÇÃO DE LIXEIRAS NA "PRAÇA DA BÍBLIA", LOCALIZADA NA AVENIDA MONTE SERENO, PRÓXIMO A UNIDADE BÁSICA DE SAÚDE "LINEU ZACHARIAS".</t>
   </si>
   <si>
     <t>3478</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3478/indicacao_no_242.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3478/indicacao_no_242.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE SE INSTALAR PROTEÇÃO TRASEIRA E LATERAL, PAINEL COM INFORMAÇÕES DOS ÔNIBUS E ILUMINAÇÃO EM TODOS OS PONTOS DE ÔNIBUS DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>3479</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3479/indicacao_no_243.2023_-_matheus_de_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3479/indicacao_no_243.2023_-_matheus_de_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE UM PROJETO DE REVITALIZAÇÃO DAS PRINCIPAIS RUAS COMERCIAIS DO CENTRO DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>3480</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3480/indicacao_no_244.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3480/indicacao_no_244.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE MANUTENÇÃO NO TELHADO DO PRÉDIO DO "CAC - CENTRO DE ATENDIMENTO AO CIDADÃO", LOCALIZADO NA RUA PRIMEIRO DE JANEIRO N° 321.</t>
   </si>
   <si>
     <t>3481</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3481/indicacao_no_245.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3481/indicacao_no_245.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar junto a Secretaria da Saúde do Estado de São Paulo, a Carreta de Mamografia para atendimento as Mulheres do Município.</t>
   </si>
   <si>
     <t>3482</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3482/indicacao_no_246.2023_-_joao_oliveira_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3482/indicacao_no_246.2023_-_joao_oliveira_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDENCIAR A INSTALAÇÃO DE POSTES DE ILUMINAÇÃO PÚBLICA NA ENTRADA DA CIDADE, TREVO DE SAÍDA PARA A SP 291 SENTIDO GUARIBA E JABOTICABAL/SP.</t>
   </si>
   <si>
     <t>3483</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3483/indicacao_no_247.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3483/indicacao_no_247.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICÍPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR AQUISIÇÃO E IMPLANTAÇÃO DE “01” UM FORNO ELETRICO INDÚSTRIAL PARA O SETOR DA MERENDA ESCOLAR.</t>
   </si>
   <si>
     <t>3484</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3484/indicacao_no_248.2023_-_joao_goncala_e_marcia.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3484/indicacao_no_248.2023_-_joao_goncala_e_marcia.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEPARTAMENTO COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR A IMPLANTAÇÃO DE “PLACAS DE SINALIZAÇÃO PARA OS PORTADORES DE TRANSTORNO DO ESPECTRO AUTISTA EM ESPAÇOS PÚBLICOS”.</t>
   </si>
   <si>
     <t>3485</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3485/indicacao_no_249.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3485/indicacao_no_249.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE COLOCAR AREIA NO PARQUINHO DAS CRIANÇAS, LOCALIZADO NA "ESCOLA OCTAVIO GIOVANETTI”.</t>
   </si>
   <si>
     <t>3490</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3490/indicacao_no_250.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3490/indicacao_no_250.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a proibição de veículos estacionarem próximo à esquina da Rua Coronel Junqueira com a Rua Castro Alves. (foto em anexo)</t>
   </si>
   <si>
     <t>3491</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3491/indicacao_no_251.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3491/indicacao_no_251.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a construção de muros entorno dos poços artesianos da cidade.</t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3492/indicacao_no_252.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3492/indicacao_no_252.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de cestos de lixo na área verde ao lado da casa da terceira idade e na calçada do Lago Municipal onde ficam os feirantes.</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3493/indicacao_no_253.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3493/indicacao_no_253.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a compra de um gerador de energia, para socorrer os poços artesianos da cidade quando houver algum interrompimento de energia por furtos de cabos.</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>Zé Banana, Joãozinho da Papelaria</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3494/indicacao_no_254.2023_-_ze_banana_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3494/indicacao_no_254.2023_-_ze_banana_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de suporte de braço para hidratação e soroterapia no Centro Médico Municipal ``Januário Theodoro de Souza´´ Imagem em anexo.</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3495/indicacao_no_255.2023_-_ze_banana_joao_fabio_matheus_e_thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3495/indicacao_no_255.2023_-_ze_banana_joao_fabio_matheus_e_thiago.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalar uma placa (MONUMENTO) com o intuito de identificar a ``PRAÇA DA BÍBLIA´´, localizada no bairro CDHU, conforme os exemplos em anexo.</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3496/indicacao_no_256.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3496/indicacao_no_256.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDÊNCIAS SEJAM TOMADAS NO SENTIDO DE VIABILIZAR EM NOSSA CIDADE CAMPANHA DE CONSCIENTIZAÇÃO E AUMENTO NA FISCALIZAÇÃO CONTRA A PRÁTICA DE QUEIMADAS DE QUALQUER NATUREZA, NO PERÍMETRO URBANO DO MUNICÍPIO DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3497/indicacao_no_257.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3497/indicacao_no_257.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO OU A CONSTRUÇÃO DE UM PALCO NO PRÉDIO DO BOCHA MUNICIPAL "ANTÔNIO ALVES".</t>
   </si>
   <si>
     <t>3498</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3498/indicacao_no_258.2023_-_nal_marcia_e_goncala.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3498/indicacao_no_258.2023_-_nal_marcia_e_goncala.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de um bebedouro de água no Centro Esportivo.</t>
   </si>
   <si>
     <t>3499</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3499/indicacao_no_259.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3499/indicacao_no_259.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de calçamento coberto na área interna da EMEB Luiz Ometto interligando a escola com a Secretaria da Educação. (foto anexa)</t>
   </si>
   <si>
     <t>3500</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3500/indicacao_no_260.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3500/indicacao_no_260.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que estudos sejam realizados para a construção de calçamento na Rua Presidente Vargas, do lado esquerdo da Escola Estadual Constante Ometto no Jardim Miriam.</t>
   </si>
   <si>
     <t>3501</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3501/indicacao_no_261.2023_-_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3501/indicacao_no_261.2023_-_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar o calçamento da Rua Olindo Thomaz, localizada no bairro Jardim Flamboyant.</t>
   </si>
   <si>
     <t>3502</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3502/indicacao_no_262.2023_-_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3502/indicacao_no_262.2023_-_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de construção de uma Praça Pública, no bairro Jardim Jacarandas.</t>
   </si>
   <si>
     <t>3503</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3503/indicacao_no_263.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3503/indicacao_no_263.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de implantar um Parque Ecológico nas proximidades da EMEF Octavio Giovanetti.</t>
   </si>
   <si>
     <t>3504</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3504/indicacao_no_264.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3504/indicacao_no_264.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar melhorias na iluminação e podas de árvores na área externa ao salão da bocha, reforma do quiosque ali localizado, bem como manutenção no calçamento de acesso entre o clube e o referido salão.</t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3505/indicacao_no_265.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3505/indicacao_no_265.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar convênio com clínicas de reabilitação feminina.</t>
   </si>
   <si>
     <t>3506</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3506/indicacao_no_266.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3506/indicacao_no_266.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a criação de um projeto de lei que institui o "Fundo Municipal da Pessoa com Deficiência", a ser gerido pelo Conselho Municipal dos Direitos da Pessoa com Deficiência.</t>
   </si>
   <si>
     <t>3507</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3507/indicacao_no_267.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3507/indicacao_no_267.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a cobertura nos portões de acesso de entrada da Creche Zaíra Ometto.</t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3508/indicacao_no_268.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3508/indicacao_no_268.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR MELHORIAS NO BAIRRO JARDIM DAS OLIVEIRAS, COLOCANDO PLACAS DE “PARE” NO SENTIDO VERTICAL NAS RUAS ONDE SE FAZ NECESSÁRIO.</t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3509/indicacao_no_269.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3509/indicacao_no_269.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE PROMOVER (01) UM DIA DE CORTES DE CABELOS GRATUITO NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3510/indicacao_no_270.2023_-_matheus_nal_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3510/indicacao_no_270.2023_-_matheus_nal_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE, NO SENTIDO DE PROVIDENCIAR A REFORMA DOS BANHEIROS E VESTIÁRIOS DO GINÁSIO DE ESPORTES MUNICIPAL "CONSTANTE PAVAN".</t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>Fabão</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3511/indicacao_no_271.2023_-_fabio_da_costa.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3511/indicacao_no_271.2023_-_fabio_da_costa.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a troca dos vidros quebrados das janelas da Escola  EMEF "SÉRGIO ROSSETTI".</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3512/indicacao_no_272.2023_-_fabio_da_costa.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3512/indicacao_no_272.2023_-_fabio_da_costa.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a reforma no chão do Pátio do CEMA Dorival Rossi.</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3514/indicacao_no_273.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3514/indicacao_no_273.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a manutenção dos quiosques na Praça Pio XII.</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3515/indicacao_no_274.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3515/indicacao_no_274.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição e a instalação de lixeiras na ``Praça da Bíblia´´ localizada no bairro CDHU.</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3516/indicacao_no_275.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3516/indicacao_no_275.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de quiosques na Área Verde no "Riacho Doce", da Rua Santo Antônio na altura do número 120 na entrada da cidade.</t>
   </si>
   <si>
     <t>3517</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3517/indicacao_no_276.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3517/indicacao_no_276.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Francisco Rodrigues Lima, na altura do número 391, no bairro Jardim das Oliveiras.</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3518/indicacao_no_277.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3518/indicacao_no_277.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO DE VIAS ALTERNATIVAS INTERLIGANDO A RUA JOSÉ RAMOS MESQUITA, ENTRONCAMENTO COM A RUA ANTONIO GARCIA, À AVENIDA MONTE SERENO, CONFORME FIGURA EM ANEXO.</t>
   </si>
   <si>
     <t>3519</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3519/indicacao_no_278.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3519/indicacao_no_278.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR MELHORIAS NO BAIRRO PARQUE DOS PÁSSAROS COLOCANDO PLACAS DE “PARE” NO SENTIDO VERTICAL NAS RUAS ONDE SE FAZ NECESSÁRIO.</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3520/indicacao_no_279.2023_-_joao_oliveira_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3520/indicacao_no_279.2023_-_joao_oliveira_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR PINTURAS EM TODAS AS ESCOLAS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3521/indicacao_no_280.2023_-_joao_oliveira_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3521/indicacao_no_280.2023_-_joao_oliveira_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A TROCA DOS PISOS DA SALA E COZINHA DA ESCOLA “CECI LUIZ OMETTO”.</t>
   </si>
   <si>
     <t>3522</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3522/indicacao_no_281.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3522/indicacao_no_281.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a possibilidade de um convênio com a irmandade da Santa Casa de Misericórdia de Guariba para atender a população.</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3523/indicacao_no_282.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3523/indicacao_no_282.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar dentro da disponibilidade financeira a criação de projetos "BOLSA ATLETA" a fim de valorizar e beneficiar os jovens e adolescentes do município de Pradópolis que praticam atividades esportivas.</t>
   </si>
   <si>
     <t>3524</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>Nal Marques, Luciano Tanaka</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3524/indicacao_no_283.2023_-_nal_marques_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3524/indicacao_no_283.2023_-_nal_marques_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a quem compete a implantação de uma sala de cinema, no anfiteatro da EMEB Luiz Ometto em nosso Município.</t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3525/indicacao_no_284.2023_-_nal_marques_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3525/indicacao_no_284.2023_-_nal_marques_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, que medidas sejam tomadas junto ao setor da educação para providenciar CARTEIRINHA DE ESTUDANTE aos alunos da rede Municipal.</t>
   </si>
   <si>
     <t>3534</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3534/indicacao_no_285.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3534/indicacao_no_285.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar o recapeamento asfáltico na Rua João de Angelis, altura dos números 441 a 501. (FOTO EM ANEXO)</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3527/indicacao_no_286.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3527/indicacao_no_286.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar colocação de refletores no campão municipal.</t>
   </si>
   <si>
     <t>3528</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3528/indicacao_no_287.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3528/indicacao_no_287.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a instalação de um ponto de Ônibus no jardim Parque dos Pássaros ll.</t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3529/indicacao_no_288.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3529/indicacao_no_288.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a implantação de um Centro Municipal voltado a Saúde Mental, que conte com profissionais como Psiquiatra, Psicólogo(a) e Terapeuta Ocupacional.</t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>Gonçala, Luciano Tanaka, Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3530/indicacao_no_289.2023_-_goncala_marcia_e_luciano.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3530/indicacao_no_289.2023_-_goncala_marcia_e_luciano.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar a limpeza/recolhimento de galhos e entulhos e a poda de árvores na Creche "Simone Anacleto de Oliveira Ijans". (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>3531</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3531/indicacao_no_290.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3531/indicacao_no_290.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar que mesmo em período de férias escolares, a ronda realizada pelos policiais da Atividade Delegada continue ocorrendo durante os períodos da manhã e tarde.</t>
   </si>
   <si>
     <t>3532</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>Zé Banana, Luciano Tanaka</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3532/indicacao_no_291.2023_-_ze_banana_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3532/indicacao_no_291.2023_-_ze_banana_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de um ou mais quiosques com uma pequena arquibancada, os quais serão utilizados como espaços de apresentações, desenvolvimento e disseminação de diversas expressões culturais, tais como capoeira, dança de rua, hip hop e outras, conforme imagens em anexo.</t>
   </si>
   <si>
     <t>3533</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3533/indicacao_no_292.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3533/indicacao_no_292.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a implementação de uma unidade Móvel do PROGRAMA BOM PRATO, em parceria com o Governo do Estadual de São Paulo, com objetivo de oferecer a população em vulnerabilidade social, refeições saudáveis de alta qualidade e a custo acessível.</t>
   </si>
   <si>
     <t>3535</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>Luciano Tanaka, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3535/indicacao_no_293.2023_-_luciano_tanaka_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3535/indicacao_no_293.2023_-_luciano_tanaka_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de projeto para a área de Audiovisual, criação do programa "Filme nos Bairros", para crianças, jovens carentes.</t>
   </si>
   <si>
     <t>3536</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3536/indicacao_no_294.2023_-_luciano_tanaka_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3536/indicacao_no_294.2023_-_luciano_tanaka_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realização de um aditivo de R$60.000,00 (sessenta mil reais) para o setor cultural, especificamente direcionado á implementação da Lei Paulo Gustavo.</t>
   </si>
   <si>
     <t>3537</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3537/indicacao_no_295.2023_-_luciano_tanaka_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3537/indicacao_no_295.2023_-_luciano_tanaka_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para manutenção e ampliação da troca de lâmpadas convencionais por LED na Praça Pio XII da cidade Pradópolis.</t>
   </si>
   <si>
     <t>3538</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3538/indicacao_no_296.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3538/indicacao_no_296.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE O PROLONGAMENTO DA REDE DE ENERGIA ELÉTRICA E A INSTALAÇÃO DE ILUMINAÇÃO NA ESTRADA MUNICIPAL QUE TEM INÍCIO NO ACESSO DO DISPOSITIVO "DAVID DE OLIVEIRA CAMPOS" PRÓXIMO AO BAIRRO PARQUE DOS PÁSSAROS, CONFORME IMAGEM ANEXA.</t>
   </si>
   <si>
     <t>3539</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3539/indicacao_no_297.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3539/indicacao_no_297.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE, NO SENTIDO DE REALIZAR UM PROJETO DE PAISAGISMO E REVITALIZAÇÃO DO LAGO MUNICIPAL DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>3547</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3547/indicacao_no_298.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3547/indicacao_no_298.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a limpeza e a troca da tampa do bueiro localizado na esquina da Rua Sete de Setembro com a Rua Cezar Giovannetti, em frente da nova torre de telefonia. (Foto em Anexo).</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3548/indicacao_no_299.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3548/indicacao_no_299.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de uma máquina de XEROX para a Farmácia Municipal Rosa Maria de Cayres Souza.</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3549/indicacao_no_300.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3549/indicacao_no_300.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar sinalização de solo e placas indicativas de "contramão" no trevo de entrada do bairro Parque dos Pássaros.</t>
   </si>
   <si>
     <t>3550</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3550/indicacao_no_301.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3550/indicacao_no_301.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a adesão do Município ao Programa do Governo Federal "Melhor em Casa", visando o atendimento domiciliar de pacientes, em todos os bairros de nossa cidade.</t>
   </si>
   <si>
     <t>3551</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3551/indicacao_no_302.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3551/indicacao_no_302.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar reparos em alguns pontos nos alambrados do Lago Municipal. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>3552</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3552/indicacao_no_303.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3552/indicacao_no_303.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua Mathias Lozei, 285 Jardim Bela Vista.</t>
   </si>
   <si>
     <t>3553</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3553/indicacao_no_304.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3553/indicacao_no_304.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a possibilidade de que seja transferido de local a unidade do Banco do Povo, para o prédio do Poupa Tempo.</t>
   </si>
   <si>
     <t>3554</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3554/indicacao_no_305.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3554/indicacao_no_305.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua João Mesquita Ramos, próximo ao número 625, Jardim Primavera.</t>
   </si>
   <si>
     <t>3555</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3555/indicacao_no_306.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3555/indicacao_no_306.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a manutenção da sinalização de solo (horizontal) nas vagas de estacionamento e faixa de pedestre no quarteirão da Rua Presidente Vargas, 500 (de frente ao Departamento Municipal da Educação).</t>
   </si>
   <si>
     <t>3556</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3556/indicacao_no_307.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3556/indicacao_no_307.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de conceder aumento/revisão da bolsa-auxílio (salário) dos estagiários municipais no mesmo índice e data concedida aos servidores públicos, inclusive com o pagamento retroativo.</t>
   </si>
   <si>
     <t>3557</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3557/indicacao_no_308.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3557/indicacao_no_308.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam elaborados pelo setor competente da Prefeitura, no sentido de contratar em regime de urgência, profissionais da especialidade médica de reumatologista.</t>
   </si>
   <si>
     <t>3558</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3558/indicacao_no_309.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3558/indicacao_no_309.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a adequação de um guichê para atendimento á pessoas com necessidades especiais, principalmente a cadeirantes, na Farmácia Municipal de Pradópolis.</t>
   </si>
   <si>
     <t>3559</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3559/indicacao_no_310.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3559/indicacao_no_310.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a continuação do Programa de Castração aos animais em nosso município.</t>
   </si>
   <si>
     <t>3560</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>Matheus Campos, Luciano Tanaka, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3560/indicacao_no_311.2023_-_matheus_nal_e_luciano.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3560/indicacao_no_311.2023_-_matheus_nal_e_luciano.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE POSTES DE ILUMINAÇÃO NA ÁREA VERDE AO LADO DA CRECHE "LUCELMA DE SOUZA PESSOA", MAIS ESPECIFICAMENTE NA RUA JOSÉ FERREIRA GONÇALVES, ENTRE A RUA EMILIA DA CONCEIÇÃO E A RUA MATHIAS LOZEI (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3561</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3561/indicacao_no_312.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3561/indicacao_no_312.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE O RECAPEAMENTO ASFÁLTICO DA RUA ALFREDO BARRADO, NO BAIRRO JARDIM MIRIAM (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3562</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3562/indicacao_no_313.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3562/indicacao_no_313.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE, OBJETIVANDO-SE A IMPLEMENTAÇÃO DO TÊNIS DE MESA E FUTMESA NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>3563</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3563/indicacao_no_314.2023_-_matheus_de_campos_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3563/indicacao_no_314.2023_-_matheus_de_campos_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A TROCA OU A MANUTENÇÃO DOS BANCOS DA PRAÇA "VEREADOR JOSÉ JOÃO DAVID", LOCALIZADA NO BAIRRO JARDIM DOS IPÊS.</t>
   </si>
   <si>
     <t>3564</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3564/indicacao_no_315.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3564/indicacao_no_315.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO SETOR COMPETENTE REALIZE A INSTALAÇÃO DE BARRA FIXA E PRANCHA DE ABDOMINAL PARA PRÁTICA DE EXERCÍCIOS FÍSICOS NO "LAGO MUNICIPAL".</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3565/indicacao_no_316.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3565/indicacao_no_316.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a instalação de brinquedos (Playground) no Clube Municipal de Pradópolis, bem como brinquedos adaptados para pessoas com deficiência e pessoas com mobilidade reduzida.</t>
   </si>
   <si>
     <t>3566</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3566/indicacao_no_317.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3566/indicacao_no_317.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solucionar a falta de bueiro na Rua José Gaju de Cayres.</t>
   </si>
   <si>
     <t>3567</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3567/indicacao_n_o_318.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3567/indicacao_n_o_318.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar o Recapeamento Asfáltico, na Rua 13 de Maio próximo ao nº 1097.</t>
   </si>
   <si>
     <t>3568</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3568/indicacao_no_319.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3568/indicacao_no_319.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitação de Asfalto Frio ou Quente na Rua José Francisco Filho, altura dos números 1095-1049, no Jardim Miriam.</t>
   </si>
   <si>
     <t>3569</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3569/indicacao_no_320.2023_-_luciano_tanaka_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3569/indicacao_no_320.2023_-_luciano_tanaka_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar o Recapeamento Asfáltico na Rua Domingos Marcari, no Jardim Miriam.</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3570/indicacao_no_321.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3570/indicacao_no_321.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, QUE PROVIDENCIE AQUISIÇÃO E INSTALAÇÕES DE CADEIRAS CONFORTÁVEIS NA SALA DE ESPERA, ONDE OS PACIENTES FICAM AGUARDANDO PARA REALIZAREM O RAIO X/ULTRASSOM E DEMAIS PROCEDIMENTOS, SETOR ESTE, ANTIGA GARAGEM DO CENTRO MÉDICO MUNICIPAL “JANUÁRIO THEODORO_x000D_
 DE SOUZA”.</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3571/indicacao_no_322.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3571/indicacao_no_322.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, QUE PROVIDENCIE O CALÇAMENTO DA ÁREA VERDE, LOCALIZADA NA RUA JULIO VINHA PRÓXIMO AO RESTAURANTE BARRADO, CONFORME FOTO ANEXO.</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>Gonçala, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3577/indicacao_no_323.2023_-_goncala_marcelo_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3577/indicacao_no_323.2023_-_goncala_marcelo_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que dê a denominação de "ROSA AMÉRICO LEONACHOS" à uma via ou logradouro público do nosso Município.</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3578/indicacao_no_324.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3578/indicacao_no_324.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de uma geladeira no Velório Municipal.</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3579/indicacao_no_325.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3579/indicacao_no_325.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja realizado um quadro de registro de atletas que possam representar nosso Município em parceria com o departamento de saúde, seja ofertado a eles exames periódicos com laudo para prática de atividade física.</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3580/indicacao_no_326.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3580/indicacao_no_326.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição e a instalação de brinquedos (PLAYGROUND) na praça “Atílio Luiz Rossi”, no bairro Jardim Primavera, localizada entre as Ruas Rui Barbosa, Barão do Rio Branco e João Mesquita Ramos.</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3581/indicacao_no_327.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3581/indicacao_no_327.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de um fraldário no banheiro do prédio do Centro Odontológico Municipal.</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3582/indicacao_no_328.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3582/indicacao_no_328.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Magdalena Rosa R. Leoni, na altura do número 890, Jardim Miriam II.</t>
   </si>
   <si>
     <t>3583</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3583/indicacao_no_329.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3583/indicacao_no_329.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, PARA QUE DE Á DENOMINAÇÃO DE JOSÉ CARLOS DE ALMEIDA A UM LOGRADOURO PÚBLICO OU NOME DE RUA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3584</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3584/indicacao_no_330.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3584/indicacao_no_330.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, PARA QUE DE Á DENOMINAÇÃO DE DEVANIR SIMÕES BARRICO DOS SANTOS A UM LOGRADOURO PÚBLICO OU NOME DE RUA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3585/indicacao_no_331.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3585/indicacao_no_331.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que dê a denominação de "CARLOS MAGNUSSON" à uma via ou logradouro público do nosso Município.</t>
   </si>
   <si>
     <t>3586</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3586/indicacao_no_332.2023_-_goncala_marcia_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3586/indicacao_no_332.2023_-_goncala_marcia_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de coberturas nos brinquedos adaptados e não adaptados que foram instalados no Lago Municipal.</t>
   </si>
   <si>
     <t>3587</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3587/indicacao_no_333.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3587/indicacao_no_333.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE REALIZE A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (LOMBADA) NA RUA TIRADENTES ESQUINA COM A RUA CÉSAR GIOVANETTI, NO CENTRO (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3588</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3588/indicacao_no_334.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3588/indicacao_no_334.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE ESTUDOS NO SENTIDO DE REALIZAR MANUTENÇÃO DOS CAMPOS DE FUTEBOL DO COMPLEXO ESPORTIVO INTEGRADO A “EMEF AUGUSTO DE CAMPOS”.</t>
   </si>
   <si>
     <t>3589</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3589/indicacao_no_335.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3589/indicacao_no_335.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE PLACAS DENOMINATIVAS NAS RUAS NO DISTRITO INDUSTRIAL E COMERCIAL DE PRADÓPOLIS - DINPRA.</t>
   </si>
   <si>
     <t>3590</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>Matheus Campos, Joãozinho da Papelaria</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3590/indicacao_no_336.2023_-_matheus_de_campos_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3590/indicacao_no_336.2023_-_matheus_de_campos_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A CONSTRUÇÃO DE UM TREVO DE ACESSO QUE INTERLIGUE OS BAIRROS NOVA PRADÓPOLIS E PARQUE DOS PÁSSAROS.</t>
   </si>
   <si>
     <t>3591</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3591/indicacao_no_337.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3591/indicacao_no_337.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A CONSTRUÇÃO DE PASSEIO PÚBLICO (CALÇADA) NO PROLONGAMENTO DA PONTE QUE DÁ ACESSO AO BAIRRO PARQUE DOS PÁSSAROS.</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3592/indicacao_no_338.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3592/indicacao_no_338.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a pintura de solo com a palavra "PARE" na Rua 13 de Maio com a 7 de Setembro.</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3593/indicacao_no_339.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3593/indicacao_no_339.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar urgência de limpeza das quadras de fora do Ginásio de Esportes.</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3594/indicacao_no_340.2023_-_luciano_tanaka_e_joao_olieira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3594/indicacao_no_340.2023_-_luciano_tanaka_e_joao_olieira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a colocação de bancos inclusivos no Lago Municipal e praças públicas. (foto anexa)</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3595/indicacao_no_341.2023_-_luciano_tanaka_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3595/indicacao_no_341.2023_-_luciano_tanaka_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no intuito de providenciar em pontos do Lago Municipal "Luiz Fonzare", a instalação de equipamentos destinados a pratica de exercícios e aquecimento dos praticantes, bem como a cobertura destes espaços.</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3596/indicacao_no_342.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3596/indicacao_no_342.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar o pedido de instalação de iluminação com globo de luz na Rua Antonio Bitella, principalmente em pontos de ônibus ali localizados.</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3597/indicacao_no_343.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3597/indicacao_no_343.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a instalação de poste de iluminação, nos dois sentidos da ponte de acesso ao bairro Parque dos Pássaros.</t>
   </si>
   <si>
     <t>3598</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3598/indicacao_no_344.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3598/indicacao_no_344.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, que seja construído um Hospital de Emergência em nosso município.</t>
   </si>
   <si>
     <t>3599</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3599/indicacao_no_345.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3599/indicacao_no_345.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar estudos para implantação de um CEO – Centro de Especialidades Odontológicas junto ao Centro Odontológico Municipal “Genoveva Rota Pacheco”.</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3600/indicacao_no_346.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3600/indicacao_no_346.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de flexibilizar o horário da troca de acompanhante no Centro Médico Municipal.</t>
   </si>
   <si>
     <t>3601</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3601/indicacao_no_347.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3601/indicacao_no_347.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja realizado uma alteração no plano de carreira do magistério referente a quantidade de atestados, acompanhante de filho em consulta, igualando com os dos servidores públicos Municipais</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3602/indicacao_no_348.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3602/indicacao_no_348.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, PARA QUE REALIZA AQUISIÇÃO DE ARMÁRIOS PARA OS SETORES, PRONTO ATENDIMENTO "WALDEMAR BALATORE" E PARA O CENTRO DE ESPECIALIDADE "JÁNUARIO THEODORO DE SOUZA" PARA OS COLABORADORES DESSAS UNIDADES GUARDAREM OS SEUS PERTENCES.</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3603/indicacao_no_349.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3603/indicacao_no_349.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE UM ESTACIONAMENTO TIPO BOLSÃO, EM FRENTE A PREFEITURA MUNICIPAL, LOCALIZADO NA RUA TIRADENTES.</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3604/indicacao_no_350.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3604/indicacao_no_350.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE TRAZER EM NOSSO MUNICÍPIO O TRAILER DO EMPREGO.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3608/indicacao_no_351.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3608/indicacao_no_351.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de incluir estudantes que necessitam realizar o estágio supervisionado obrigatório, na cidade de Ribeirão Preto e/ou Região, no período em que durar o estágio, na Lei Municipal 1.653/2021 que "Dispõe sobre a concessão de 50% do número de passes utilizados no transporte de pessoas de baixa renda com contrato de trabalho na cidade de Ribeirão Preto e Região e dá outras providências".</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3609/indicacao_no_352.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3609/indicacao_no_352.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, DE À DENOMINAÇÃO DE RAFAEL CONSULI A UM LOGRADOURO PÚBLICO OU NOME DE RUA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3610/indicacao_no_353.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3610/indicacao_no_353.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE CONSTRUIR UM VIVEIRO MUNICIPAL DE MUDAS DE ÁRVORES EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3611/indicacao_no_354.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3611/indicacao_no_354.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR O REFLORESTAMENTO NAS ÁREAS DESMATADAS, MARGENS DE RIOS, ENCOSTAS DE MORROS, ENTRE OUTROS NO ÂMBITO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3612/indicacao_no_355.2023_-_joao_oliveira_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3612/indicacao_no_355.2023_-_joao_oliveira_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR PALESTRAS E CONSCIÊNTIZAÇÃO SOBRE MEIO AMBIENTE NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3613/indicacao_no_356.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3613/indicacao_no_356.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que forneça fraldas descartáveis e lenços umedecidos para todas as Creches do nosso município.</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3614/indicacao_no_357.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3614/indicacao_no_357.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua João Mesquita Ramos, próximo ao número 339, Jardim Primavera.</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3615/indicacao_no_358.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3615/indicacao_no_358.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a contratação de um (a) Assistente Social para o Centro Médico "Januário Theodoro de Souza".</t>
   </si>
   <si>
     <t>3616</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3616/indicacao_no_359.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3616/indicacao_no_359.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de ponto de ônibus coberto na área verde da Rua Atílio Odair Rossi Filho, no bairro Parque dos Pássaros. (IMAGEM EM ANEXO).</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3617/indicacao_no_360.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3617/indicacao_no_360.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a poda sustentável das árvores de nossa cidade, utilizando dessa forma os resíduos de matéria orgânica para a compostagem.</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3618/indicacao_no_361.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3618/indicacao_no_361.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade "lombada" na Avenida Monte Sereno na altura do nº 1305. (foto anexa)</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3619/indicacao_no_362.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3619/indicacao_no_362.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade "lombada" na Rua Altino de Castro, entre os números 435 e 436 e também entre os nº 555 e 556.</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3620/indicacao_no_363.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3620/indicacao_no_363.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que providencie uma sala específica para realização de exames de Raio X no "Pronto atendimento Waldemar Balatore", com aquisição de um novo aparelho.</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3621/indicacao_no_364.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3621/indicacao_no_364.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE IMPLANTAR O “7º” SÉTIMO ANO NO PERIODO DA MANHÃ NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>3622</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3622/indicacao_no_365.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3622/indicacao_no_365.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar um sistema de atendimento online (via WhatsApp) para agendamentos no Departamento de Assistência e Promoção Social.</t>
   </si>
   <si>
     <t>3623</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3623/indicacao_no_366.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3623/indicacao_no_366.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A COLOCAÇÃO DE REDES NAS TRAVES, A PINTURA E A INSTALAÇÃO DE COBERTURA NA QUADRA DO COMPLEXO ESPORTIVO INTEGRADO A “EMEF AUGUSTO DE CAMPOS”.</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3624/indicacao_no_367.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3624/indicacao_no_367.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE ILUMINAÇÃO NO ESTACIONAMENTO DA ESCOLA MUNICIPAL "EMEF SÉRGIO ROSSETTI".</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3625/indicacao_no_368.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3625/indicacao_no_368.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE MANUTENÇÃO NO TELHADO DO BOCHA MUNICIPAL "ANTÔNIO ALVES".</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>Marcia, Gonçala, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3626/indicacao_no_369.2023_-_marica_goncala_e_thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3626/indicacao_no_369.2023_-_marica_goncala_e_thiago.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar por meio de seu órgão de trânsito, promova campanha de orientação aos motoristas de Pradópolis sobre a importância de se respeitar a sinalização de trânsito (FAIXAS DE PEDESTRE).</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3627/indicacao_no_370.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3627/indicacao_no_370.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para denominar uma das ruas de nossa cidade com o nome de "GENI MANNA RODRIGUES".</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3628/indicacao_no_371.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3628/indicacao_no_371.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja denominada uma das ruas ou praças de nossa cidade com o nome da Senhora ROSÂNGELA DE FÁTIMA IJANS GARCIA.</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3629/indicacao_no_372.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3629/indicacao_no_372.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a poda e limpeza dos matos na Rua Octavio Giovanetti nº 678, esquina com a Rua Domingos Marcari, Jardim Miriam II.</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3630/indicacao_no_373.2023_-_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3630/indicacao_no_373.2023_-_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalar um bicicletário na UBS ( UNIDADE BÁSICA DE SAÚDE ) Lineu Zacarias.</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3631/indicacao_no_374.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3631/indicacao_no_374.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, DÊ DENOMINAÇÃO DE "PASTOR DURVALINO ALVES DE SOUZA" À UMA VIA OU LOGRADOURO PÚBLICO DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3632/indicacao_no_375.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3632/indicacao_no_375.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE REALIZAR A CONSTRUÇÃO DE UMA PASSARELA SOBRE A RODOVIA DEPUTADO CUNHA BUENO (SP 253), QUE LIGA O BAIRRO JARDIM BELA VISTA AO DISTRITO INDUSTRIAL DO MUNICÍPIO, BEM COMO AO HORTO FLORESTAL GUARANI.</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>Zé Banana, Gonçala, Matheus Campos, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3633/indicacao_no_376.2023_-_ze_banana_matheus_goncala_e_thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3633/indicacao_no_376.2023_-_ze_banana_matheus_goncala_e_thiago.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de uma rampa de acessibilidade para a parte interna do prédio, para acesso de pessoas com deficiência ou mobilidade reduzida no Ginásio municipal Constante Pavan.</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3634/indicacao_no_377.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3634/indicacao_no_377.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição e instalação de lixeiras de reciclagem na Praça Pio XII.</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3635/indicacao_no_378.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3635/indicacao_no_378.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção de assentos na área verde na Rua Prudente de Morais entre os números Nº 309 ao Nº 511.</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3644/indicacao_no_379.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3644/indicacao_no_379.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar o recapeamento asfáltico da Rua Santo Antônio no trecho entre as Ruas Primeiro de Maio e Tiradentes.</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3645/indicacao_no_380.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3645/indicacao_no_380.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade "lombada" na Avenida Monte Sereno na altura do nº 365.</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3646/indicacao_no_381.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3646/indicacao_no_381.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja disponibilizado máquinas e tratores 1 vez na semana no distrito industrial para o concerto e manutenção de buracos em todas as ruas.</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3647/indicacao_no_382.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3647/indicacao_no_382.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar dentro da disponibilidade financeira, a aquisição de 01 (uma) Retroescavadeira 4x4 para o município.</t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3648/indicacao_no_383.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3648/indicacao_no_383.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE IMPLANTAR O DESCARTE RESPONSÁVEL DE CADÁVERES ANIMAIS DE ESTIMAÇÃO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3650/indicacao_no_384.2023_-_joao_oliveira_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3650/indicacao_no_384.2023_-_joao_oliveira_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE, NO SENTIDO DE REALIZAR A PINTURA NO MURO DA “ESCOLA AUGUSTO DE CAMPOS LOCALIZADO NO BAIRRO JARDIM BELA VISTA NA RUA SALVADOR PURCINI.</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3651/indicacao_no_385.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3651/indicacao_no_385.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade "lombada" na Rua Primeiro de Maio, na altura do nº 675.</t>
   </si>
   <si>
     <t>3652</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3652/indicacao_no_386.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3652/indicacao_no_386.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a instalação de redutor de velocidade (lombada) na Rua José Ferreira Gonçalves nº 1401 no Jardim Maria Luiza II.</t>
   </si>
   <si>
     <t>3653</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3653/indicacao_no_387.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3653/indicacao_no_387.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a instalação de um redutor de velocidade (lombada), na Rua José Pereira Filho, nº 405 no Jardim Maria Luiza I.</t>
   </si>
   <si>
     <t>3654</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3654/indicacao_no_388.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3654/indicacao_no_388.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA MUNICIPAL, NO SENTIDO DE ESTUDAR A POSSIBILIDADE, JUNTO COM A VIGILÂNCIA SANITÁRIA E EPIDEMIOLÓGICA, DE REALIZAR UMA CAMPANHA DE CONSCIENTIZAÇÃO AO ABANDONO DE ANIMAIS.</t>
   </si>
   <si>
     <t>3655</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3655/indicacao_no_389.2023_-_ze_banana_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3655/indicacao_no_389.2023_-_ze_banana_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de uma academia ao ar livre na praça “Atílio Luiz Rossi”, no bairro Jardim Primavera, localizada entre as Ruas Rui Barbosa, Barão do Rio Branco e João Mesquita Ramos.</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3656/indicacao_no_390.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3656/indicacao_no_390.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a informatização do sistema de agendamento de consultas e exames, permitindo que o munícipe obtenha um protocolo de atendimento imediatamente após a realização do pedido de exame e/ou consulta.</t>
   </si>
   <si>
     <t>3657</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3657/indicacao_no_391.2023_-_marcia_goncala_e_thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3657/indicacao_no_391.2023_-_marcia_goncala_e_thiago.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a troca das lâmpadas convencionais por LED em toda a extensão da Rua Barão do Rio Branco, do bairro Jardim Primavera.</t>
   </si>
   <si>
     <t>3658</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3658/indicacao_no_392.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3658/indicacao_no_392.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de fazer a manutenção das placas denominativas da Rua São Martinho.</t>
   </si>
   <si>
     <t>3659</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3659/indicacao_no_393.2023_-_goncala_marcia_e_luciano.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3659/indicacao_no_393.2023_-_goncala_marcia_e_luciano.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar o recapeamento asfáltico e a colocação de redutores de velocidade (LOMBADAS) em toda a extensão da Rua Belmiro Ornellas de Almeida. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3660/indicacao_no_394.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3660/indicacao_no_394.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de instalar iluminação na área verde localizada entre as ruas Oswaldo de Oliveira Campos e Manoel Fernandes Sardão.</t>
   </si>
   <si>
     <t>3661</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3661/indicacao_no_395.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3661/indicacao_no_395.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a readequação e manutenção das tampas dos bueiros, na via Avenida Monte Sereno recapeada recentemente.</t>
   </si>
   <si>
     <t>3662</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3662/indicacao_no_396.2023_-_matheus_nal_e_thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3662/indicacao_no_396.2023_-_matheus_nal_e_thiago.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE COLOCAÇÃO DE BANCOS NA ÁREA VERDE DA PRAÇA DO CDHU.</t>
   </si>
   <si>
     <t>3663</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3663/indicacao_no_397.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3663/indicacao_no_397.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A MANUTENÇÃO E MELHORIAS NA ILUMINAÇÃO DO PARQUE URBANO MUNICIPAL "ORLANDO CÂNDIDO DE SOUZA".</t>
   </si>
   <si>
     <t>3664</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3664/indicacao_no_398.2023_-_matheus_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3664/indicacao_no_398.2023_-_matheus_e_joao.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ANALISE A POSSIBILIDADE DE REALIZAR A CONSTRUÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE – UBS, NO BAIRRO NOVA PRADÓPOLIS.</t>
   </si>
   <si>
     <t>3665</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3665/indicacao_no_399.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3665/indicacao_no_399.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A CONSTRUÇÃO DE PASSEIO PÚBLICO (CALÇADA) NA ÁREA VERDE ATRÁS DA CRECHE "LUCELMA DE SOUZA PESSOA", LOCALIZADA ENTRE AS RUAS JOSÉ FERREIRA GONÇALVES, EMILIA DA CONCEIÇÃO E MATHIAS LOZEI, NO BAIRRO JARDIM PAULISTA (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3670</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>Gonçala, Joãozinho da Papelaria, Luciano Tanaka, Marcia, Matheus Campos, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3670/indicacao_no_400.2023_-_goncala_marica_matheus_joao_nal_e_luciano.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3670/indicacao_no_400.2023_-_goncala_marica_matheus_joao_nal_e_luciano.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de uma proteção para o piso da quadra do Ginásio de Esportes "Constante Pavan".</t>
   </si>
   <si>
     <t>3671</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3671/indicacao_no_401.2023_-_goncala_marcia_e_luciano.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3671/indicacao_no_401.2023_-_goncala_marcia_e_luciano.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a manutenção nos bancos da Rodoviária Municipal, ou a aquisição e a instalação de novos bancos. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>3672</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3672/indicacao_no_402.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3672/indicacao_no_402.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a troca do telhado e a realização da manutenção das calhas acima da sala da Academia Municipal.</t>
   </si>
   <si>
     <t>3673</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>Nal Marques, Fabão</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3673/indicacao_no_403.2023_-_nal_marques_e_fabio_da_costa.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3673/indicacao_no_403.2023_-_nal_marques_e_fabio_da_costa.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de se criar cargos de borracheiro e mecânico para fim de atendimento e disposição da frota de nosso Município, evitando a contratação terceirizada.</t>
   </si>
   <si>
     <t>3674</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3674/indicacao_no_404.2023_-_nal_matheus_e_thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3674/indicacao_no_404.2023_-_nal_matheus_e_thiago.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que estude a viabilidade de forma progressiva, a utilização do sistema de geração de Energia Solar Fotovoltaico, em todas as edificações e praças pertencentes à administração pública.</t>
   </si>
   <si>
     <t>3675</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3675/indicacao_no_405.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3675/indicacao_no_405.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalar 05 ar condicionado na dependência do prédio do Poupa Tempo.</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3676/indicacao_no_406.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3676/indicacao_no_406.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a cobertura no portão de entrada da escola EMEB Luiz Ometto, localizada na Rua Rui Barbosa, em frente ao número 933.</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>Zé Banana, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3677/indicacao_no_407.2023_-_ze_banana_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3677/indicacao_no_407.2023_-_ze_banana_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a instalação de um redutor de velocidade (lombada), na Rua Afonso Martinez Gutierrez, na altura do nº 360.</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3678/indicacao_no_408.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3678/indicacao_no_408.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar serviços de reparos elétricos no Centro Médico Municipal Januário Theodoro de Souza, bem como a substituição de todas as lâmpadas de emergência.</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3679/indicacao_no_409.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3679/indicacao_no_409.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de piso tátil nas praças de nossa cidade.</t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3680/indicacao_no_410.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3680/indicacao_no_410.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de rampas de acessibilidade, próximo as escadarias na Praça Pio XII. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3681/indicacao_no_411.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3681/indicacao_no_411.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICÍPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, A VIABILIZAÇÃO DA CONSTRUÇÃO DE 01(UM) CAMPO DE MALHA NA CASA DOS IDOSOS EM NOSSO MUNICÍPIO .</t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3682/indicacao_no_412.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3682/indicacao_no_412.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE TOME AS MEDIDAS NECESSÁRIAS A FIM DE PROMOVER E ASSEGURAR A REGULAR APLICAÇÃO DA LEI MUNICIPAL Nº 1.451/2014, QUE INSTITUI O PROGRAMA DE INCENTIVO E DESCONTO DENOMINADO "IPTU VERDE" NO ÂMBITO DO MUNICÍPIO DE PRADÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>Marcia, Gonçala, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3683/indicacao_no_413.2023_-_marcia_goncala_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3683/indicacao_no_413.2023_-_marcia_goncala_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura, no sentido de incluir como Zona Comercial a Rua Antônio Bitela, no bairro Nova Pradópolis l.</t>
   </si>
   <si>
     <t>3684</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3684/indicacao_no_414.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3684/indicacao_no_414.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura, no sentido de que realize reparos na Calçada da Praça Pio Xll.</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3685/indicacao_no_415.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3685/indicacao_no_415.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura, no sentido de que realize manutenção dos bancos de madeira da Praça Pio Xll.</t>
   </si>
   <si>
     <t>3686</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3686/indicacao_no_416.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3686/indicacao_no_416.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que realize a roçagem do mato e da grama na passagem de pedestre da Área Verde localizado na mata do córrego no bairro Parque dos Pássaros II. (foto anexa)</t>
   </si>
   <si>
     <t>3687</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3687/indicacao_no_417.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3687/indicacao_no_417.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar o recapeamento asfáltico da Rua Albino Garcia trecho entre a Rua Benjamin Silva, bairro Boa Vista.</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3688/indicacao_no_418.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3688/indicacao_no_418.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar recapeamento na Rua Walter Rossi, próximo ao número 977, no Jardim Bela Vista.</t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3695/indicacao_no_419.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3695/indicacao_no_419.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar o recapeamento e a regularização asfáltica das ruas 13 de Maio, Pereira Barreto, São Martinho e Sete de Setembro, nas proximidades dos bairros Flamboyant, Boa Vista e Jacarandás.</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3689/indicacao_no_420.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3689/indicacao_no_420.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE LIXEIRAS EM TODA A EXTENSÃO DA CICLOVIA LOCALIZADA NA RUA MANOEL FELÍCIO.</t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3690/indicacao_no_421.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3690/indicacao_no_421.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE REALIZE A INSTALAÇÃO DE REDUTORES DE VELOCIDADE (LOMBADAS) NA RUA AUGUSTINHO JORGE DE MORAES PRÓXIMO AOS CRUZAMENTOS COM A RUA JOSÉ FERREIRA GONÇALVES E COM A RUA ELIOTÉRIO PIZARRO.</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3691/indicacao_no_422.2023_-_matheus_de_campos_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3691/indicacao_no_422.2023_-_matheus_de_campos_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A PODA DAS ÁRVORES DA PRAÇA "VEREADOR JOSÉ JOÃO DAVID", LOCALIZADA NO BAIRRO JARDIM DOS IPÊS (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3692/indicacao_no_423.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3692/indicacao_no_423.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE PARCERIA COM O GOVERNO DO ESTADO DE SÃO PAULO COM A FINALIDADE DE IMPLANTAR O PROGRAMA "SÃO PAULO OLÍMPICO" EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3693/indicacao_no_424.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3693/indicacao_no_424.2023.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A REPOSIÇÃO DE AREIA NO "CIRCUITO DE AREIA" LOCALIZADO NO LAGO MUNICIPAL.</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3694/indicacao_no_425.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3694/indicacao_no_425.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de ter um acompanhamento mais rigoroso na qualidade da água "Creche Simone Anacleto", pois é a única escola da rede municipal que não contém água da rua diretamente nas torneiras, ou seja toda água consumida é armazenada na caixa d'água.</t>
   </si>
   <si>
     <t>3697</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3697/indicacao_no_426.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3697/indicacao_no_426.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de se considerar o Centro Odontológico Municipal como serviço essencial em feriados, pontos facultativos ou outros momentos em que as repartições públicas municipais não tenham expediente.</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3698/indicacao_no_427.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3698/indicacao_no_427.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a substituição das fechaduras das portas do Centro de Pronto Atendimento Médico (foto em anexo).</t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3699/indicacao_no_428.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3699/indicacao_no_428.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua 7 de Setembro, na altura do número 1202.</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3700/indicacao_no_429.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3700/indicacao_no_429.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de 01 máquina para a pintura viária e sinalizações de trânsito de solo. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>Gonçala, Marcia, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3701/indicacao_no_430.2023_-_goncala_marcia_e_nal.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3701/indicacao_no_430.2023_-_goncala_marcia_e_nal.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção de uma cobertura para as entradas do Centro Médico Municipal, da Rua Pereira Barreto e da Rua Duque de Caxias. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3702/indicacao_no_431.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3702/indicacao_no_431.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR O “RECAPEAMENTO ASFÁLTICO” EM TODA A EXTENSÃO DA RUA JOÃO MESQUITA RAMOS, LOCALIZADO NO BAIRRO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3703/indicacao_no_432.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3703/indicacao_no_432.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE CRIAR “UMA ALA” PARA ATENDER CONSULTAS PSIQUIÁTRICAS, NO CENTRO MÉDICO MUNICIPAL.</t>
   </si>
   <si>
     <t>3704</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>Gonçala, Luciano Tanaka, Marcia, Matheus Campos, Nal Marques, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3704/indicacao_no_433.2023_-_goncala_marcia_nal_matheus_luciano_e_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3704/indicacao_no_433.2023_-_goncala_marcia_nal_matheus_luciano_e_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de implantar melhoras em todo o sistema de saúde, na forma de comunicação entre o paciente e o médico, no momento em que este chama o próximo munícipe para adentrar o consultório. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>Nal Marques, Fabão, Luciano Tanaka, Matheus Campos, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3705/indicacao_no_434.2023_-_nal_thiago_matheus_fabio_e_luciano.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3705/indicacao_no_434.2023_-_nal_thiago_matheus_fabio_e_luciano.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a realização de pavimentação asfáltica no Distrito Industrial e Comercial de Pradópolis - DINPRA.</t>
   </si>
   <si>
     <t>3706</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3706/indicacao_no_435.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3706/indicacao_no_435.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de construção de calçamento na área verde localizada na parte interna do Cemitério Municipal de Pradópolis.</t>
   </si>
   <si>
     <t>3707</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3707/indicacao_no_436.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3707/indicacao_no_436.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a contratação de um agente de segurança para o Centro Médico Municipal, Lago Municipal de Pradópolis e Cemitério Municipal.</t>
   </si>
   <si>
     <t>3708</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3708/indicacao_no_437.2023_-_nal_thiago_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3708/indicacao_no_437.2023_-_nal_thiago_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido que realize a roçagem do mato e a limpeza do Cemitério Municipal.</t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3709/indicacao_no_438.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3709/indicacao_no_438.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE ESTUDOS NO SENTIDO DE PROVIDENCIAR A AQUISIÇÃO E INSTALAÇÃO DE UMA NOVA PISCINA NA TERCEIRA IDADE – LOCALIZADA NA RUA NOVE DE JULHO N° 244.</t>
   </si>
   <si>
     <t>3710</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3710/indicacao_no_439.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3710/indicacao_no_439.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NO PARQUE URBANO MUNICIPAL “ORLANDO CANDIDO DE SOUZA”.</t>
   </si>
   <si>
     <t>3711</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3711/indicacao_no_440.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3711/indicacao_no_440.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE ESTUDOS OBJETIVANDO A INSTALAÇÃO DE FAIXAS ELEVADAS DE TRAVESSIA PARA PEDESTRES, AS CHAMADAS LOMBOFAIXAS, NA RUA NOVE DE JULHO N° 244, MAIS PRECISAMENTE EM FRENTE A ENTRADA DO PRÉDIO DA "TERCEIRA IDADE".</t>
   </si>
   <si>
     <t>3712</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>Thiago Aquino, Fabão, Joãozinho da Papelaria, Luciano Tanaka, Matheus Campos, Nal Marques, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3712/indicacao_no_441.2023_-_thiago_matheus_luciano_nal_fabio_joao_e_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3712/indicacao_no_441.2023_-_thiago_matheus_luciano_nal_fabio_joao_e_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja implementado em todas as escolas da Rede Municipal um programa de manutenção regular, incluindo limpezas agendadas e inspeções periódicas para assegurar que as caixas d'água estejam sempre em condições ideais. Além disso, que sejam tomadas medidas para garantir a vedação adequada das caixas_x000D_
 d'água, a fim de evitar a contaminação externa.</t>
   </si>
   <si>
     <t>3713</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3713/indicacao_no_442.2023_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3713/indicacao_no_442.2023_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a roçagem da grama e do mato na EMEF Augusto de Campos (Foto anexa).</t>
   </si>
   <si>
     <t>3714</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3714/indicacao_no_443.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3714/indicacao_no_443.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar dedetização nos bairros Jardim Flamboyant, Jardim Boa Vista e Jardim Jacarandás.</t>
   </si>
   <si>
     <t>3715</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3715/indicacao_no_444.2023_-_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3715/indicacao_no_444.2023_-_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar o calçamento em torno da área verde do Jardim Flamboyant.</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3716/indicacao_no_445.2023_-_todos_os_veredores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3716/indicacao_no_445.2023_-_todos_os_veredores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal que, em conjunto com o setor competente, realize estudos com o intuito de viabilizar o aumento na fiscalização, controle de acesso e manutenção das piscinas do clube municipal, a fim de assegurar a segurança e o bem-estar dos munícipes que frequentam esse importante espaço de esporte e lazer.</t>
   </si>
   <si>
     <t>3717</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3717/indicacao_no_446.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3717/indicacao_no_446.2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a limpeza do bueiro na Rua Joaquim Moleiro nº 740, Jardim Bela Vista.</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>Luciano Tanaka, Gonçala, Joãozinho da Papelaria</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3718/indicacao_no_447.2023_-_luciano_goncala_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3718/indicacao_no_447.2023_-_luciano_goncala_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a manutenção preventiva e corretiva da área verde municipal localizada no entorno do Jardim Jacarandás e do Jardim Boa Vista. (fotos anexas)</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3722/indicacao_no_448.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3722/indicacao_no_448.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a manutenção no calçamento da UBS "Lineu Zacharias", na Av. Monte Sereno e Rua Ivan Fernandes Sardão. (IMAGENS EM ANEXO).</t>
   </si>
   <si>
     <t>3723</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3723/indicacao_no_449.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3723/indicacao_no_449.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a reforma dos banheiros do Cemitério Municipal.</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3724/indicacao_no_450.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3724/indicacao_no_450.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a instalação de um redutor de velocidade (lombada) na Rua Domingos Buchione, próximo a Capela Santo Expedito.</t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3725/indicacao_no_451.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3725/indicacao_no_451.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a extensão do guarda-corpo na lateral do Córrego Triste, que cruza a Rua São Martinho, próximo ao bairro Boa Vista. (fotos em anexo)</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3726/indicacao_no_452.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3726/indicacao_no_452.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a manutenção em um vazamento de água na Rua Sete de Setembro, cruzamento com a Rua Conselheiro Antônio Prado. (IMAGEM EM ANEXO).</t>
   </si>
   <si>
     <t>3727</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3727/indicacao_no_453.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3727/indicacao_no_453.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de estabelecer mão única de trânsito na Rua 15 de Novembro, que vai dar interseção com a Rua São Martinho até a Rua Coronal Junqueira.</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3728/indicacao_no_454.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3728/indicacao_no_454.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de fazer a manutenção das placas denominativas da Rua 1° de Maio.</t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3729/indicacao_no_455.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3729/indicacao_no_455.2023_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de placas de sinalização nas entradas da cidade, informando a localização do Velório Municipal.</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3730/indicacao_no_456.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3730/indicacao_no_456.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de luzes de rua ou sistemas de iluminação adequados nos locais dos poços artesianos e caixas d'água.</t>
   </si>
   <si>
     <t>3731</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3731/indicacao_no_457.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3731/indicacao_no_457.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a instalação de uma galeria pluvial na Rua Manoel Felício, na altura do número 569, no bairro Jardim dos Ipês. (foto em anexo).</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3732/indicacao_no_458.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3732/indicacao_no_458.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar medidas de proteção adicionais, como câmeras de segurança e alarmes nos locais dos poços artesianos e caixas d'água.</t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3733/indicacao_no_459.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3733/indicacao_no_459.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido que seja fiscalizado junto a empresa prestadora de serviço a sinalização de todas as caçambas instaladas em nosso Município.</t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3734/indicacao_no_460.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3734/indicacao_no_460.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a poda das árvores localizadas na Rua Presidente Vargas, calçada do Almoxarifado Municipal. (IMAGENS EM ANEXO).</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3735/indicacao_no_461.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3735/indicacao_no_461.2023_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a contratação de mais médicos (as) Ginecologistas.</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3736/indicacao_no_462.2023_-_fabio_da_costa.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3736/indicacao_no_462.2023_-_fabio_da_costa.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo Setor Competente da Prefeitura, no sentido de que assim que houver disponibilidade em novos loteamentos, seja denominada via ou espaço público com o nome de Oswaldo Bronzati.</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3737/indicacao_no_463.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3737/indicacao_no_463.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a sinalização das rampas de acesso e das bases dos pilares de sustentação da cobertura da quadra, instalação de corrimãos e pintura do calçamento com tinta do tipo grafite, no Centro de Convivência do Idoso.</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3738/indicacao_no_464.2023_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3738/indicacao_no_464.2023_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitação limpeza dos matos e entulhos na Rua José Antônio de Medeiros nº 2505, Parque dos Pássaros 2.</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3739/indicacao_no_465.2023_-_matheus_de_campos_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3739/indicacao_no_465.2023_-_matheus_de_campos_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE LIMPEZA, MANUTENÇÃO E A TROCA DOS BANCOS QUEBRADOS DA PRAÇA "ATILIO LUIZ ROSSI", LOCALIZADA NO BAIRRO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3740/indicacao_no_466.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3740/indicacao_no_466.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE UM FRALDÁRIO NO VELÓRIO MUNICIPAL DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3741/indicacao_no_467.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3741/indicacao_no_467.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A PODA DAS ÁRVORES, ROÇAGEM DO MATO E A LIMPEZA DA ÁREA VERDE LOCALIZADA ENTRE AS RUAS TREZE DE MAIO, OCTÁVIO GIOVANETTI E MARIA LUCAS DE SOUZA, NO BAIRRO JARDIM MIRIAM (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3742/indicacao_no_468.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3742/indicacao_no_468.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR MANUTENÇÃO NA PRAÇA DO BAIRRO JARDIM DAS OLIVEIRAS.</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3743/indicacao_no_469.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3743/indicacao_no_469.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDENCIAR JUNTO AO DER (DEPARTAMENTO DE ESTRADA E RODAGEM) SOLUÇÕES PARA INIBIR ENTRADA BRUSCA NA ROTATÓRIA DAVID CAMPOS, PRINCIPALMENTE PARA OS VEÍCULOS QUE TRAFEGAM NA RODOVIA CUNHA BUENO E UTILIZAM A ALÇA DE ACESSO PARA ENTRAR NA CIDADE DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3744/indicacao_no_470.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3744/indicacao_no_470.2023_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, PARA CONCESSÃO DE ABONO NATALINO AOS SERVIDORES PÚBLICOS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3749/indicacao_no_471.2023_-_goncala_e_marcia.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3749/indicacao_no_471.2023_-_goncala_e_marcia.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de uma chapa de aço ou cimentar a parte superior das rampas de entrada da UBS “Lineu Zacharias”. (IMAGEM EM ANEXO).</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3750/indicacao_no_472.2023_-_goncala_e_marcia.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3750/indicacao_no_472.2023_-_goncala_e_marcia.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar um Projeto de Lei que reduza a jornada de trabalho de servidor público que possua dependente com deficiência, que contemple servidores com jornada de 8 e 6 horas diárias.</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3751/indicacao_no_473.2023_-_goncala_e_marcia.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3751/indicacao_no_473.2023_-_goncala_e_marcia.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua José Pereira Filho, na altura do número 1401, Maria Luiza I.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3752/indicacao_no_474.2023_-_marcia_e_goncala.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3752/indicacao_no_474.2023_-_marcia_e_goncala.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de avaliar a viabilidade de celebrar um termo de cooperação ou adesão ao convênio firmado entre o Programa Bom Prato e o município de Ribeirão Preto.</t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3753/indicacao_no_475.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3753/indicacao_no_475.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE IMPLANTAR EM NOSSO MUNICÍPIO O CARTÃO ALIMENTAÇÃO PARA ATENDIMENTO DOS USUÁRIOS DA ASSISTÊNCIA SOCIAL. ATRAVÉS DO CENTRO DE REFERÊNCIA DA ASSISTÊNCIA SOCIAL (CRÁS).</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3754/indicacao_no_476.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3754/indicacao_no_476.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR UMA FAIXA DE PEDESTRE, EM FRENTE A IGREJA NOSSA SENHORA APARECIDA, LOCALIZADA NA AVENIDA MONTE SERENO.</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3755/indicacao_no_477.2023_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3755/indicacao_no_477.2023_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE COLOCAR PLACAS INDICATIVAS PARA DEFICIENTES PORTADORES DE NECESSIDADES ESPECIAIS, EM TODAS AS IGREJAS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3756/indicacao_no_478.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3756/indicacao_no_478.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de promover o reflorestamento de áreas degradadas, substituindo a vegetação rasteiras em lotes localizado na entrada da cidade.</t>
   </si>
   <si>
     <t>3757</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3757/indicacao_no_479.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3757/indicacao_no_479.2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido que seja criado uma campanha de conscientização nas escolas quanto ao meio ambiente tais como plantio de árvores e o uso racional de água.</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3758/indicacao_no_480.2023_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3758/indicacao_no_480.2023_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a rotina de roçagem e o tratamento com controle químico nas plantas invasoras do Cemitério Municipal com objetivo de acabar com o crescimento das mesma. (foto em anexo)</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3759/indicacao_no_481.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3759/indicacao_no_481.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE O NIVELAMENTO DO TAMPÃO DE PONTO DE VISITA (PV) NOS LOCAIS QUE JÁ RECEBERAM O RECAPEAMENTO ASFÁLTICO, BEM COMO, QUE ESSE PROCEDIMENTO SEJA LEMBRADO DE SER REALIZADO NOS LOCAIS QUE AINDA SERÃO RECAPEADOS.</t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3760/indicacao_no_482.2023_-_matheus_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3760/indicacao_no_482.2023_-_matheus_e_joao.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE, NO SENTIDO INSTALAR PORTAS DE ENTRADA E SAÍDA NO CORREDOR LOCALIZADO NA "ALA DA EDUCAÇÃO INFANTIL I E II ETAPA" NA CRECHE MUNICIPAL "CEMEI AGENOR PAVAN".</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3761/indicacao_no_483.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3761/indicacao_no_483.2023.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE, NO SENTIDO DE PROVIDENCIAR A REFORMA DOS BANHEIROS DA CRECHE MUNICIPAL "CEMEI AGENOR PAVAN".</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3762/indicacao_no_484.2023_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3762/indicacao_no_484.2023_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INCLUSÃO DA RUA JOÃO MESQUITA RAMOS, NO BAIRRO JARDIM PRIMAVERA, COMO ZONA COMERCIAL.</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3763/indicacao_no_485.2023_-_luciano_de_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3763/indicacao_no_485.2023_-_luciano_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de criar-se um programa de recolhimento de notas fiscais nos estabelecimentos de Pradópolis em prol ao Fundo Social de Solidariedade, distribuindo urnas identificadas pelo comércios, com adesivo do referido fundo social.</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3764/indicacao_no_486.2023_-_luciano_de_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3764/indicacao_no_486.2023_-_luciano_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de denominar um logradouro público da nossa cidade com o nome de "Osvaldo Maziero".</t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3765/indicacao_no_487.2023_-_luciano_de_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3765/indicacao_no_487.2023_-_luciano_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a construção de um redutor de velocidade "lombada", na Rua Antônio Pontes Câmara na altura do número 263.</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3766/indicacao_no_488.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3766/indicacao_no_488.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a manutenção da sinalização de solo da Rua Pereira Barreto com a São Martinho.</t>
   </si>
   <si>
     <t>3768</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3768/indicacao_no_489.2023_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3768/indicacao_no_489.2023_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a roçagem da grama e do mato no Centro de Convivência dos Idosos.</t>
   </si>
   <si>
     <t>3769</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3769/indicacao_no_490.2023_-_goncala_e_marcia.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3769/indicacao_no_490.2023_-_goncala_e_marcia.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que dê a denominação de "LOURIVAL LUCAS" à uma via ou logradouro público do nosso Município.</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3363/mocao_no_001.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3363/mocao_no_001.2023.pdf</t>
   </si>
   <si>
     <t>MOÇÃO de APOIO aos pequenos Produtores Assentados do Estado de São Paulo.</t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
     <t>Thiago Aquino, Fabão, Gonçala, Joãozinho da Papelaria, Luciano Tanaka, Marcia, Matheus Campos, Nal Marques, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3540/mocao_no_002.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3540/mocao_no_002.2023.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE AGRADECIMENTO E RECONHECIMENTO AO POLICIAL MILITAR JOSÉ VANDERLEI LUCAS MENDES.</t>
   </si>
   <si>
     <t>3666</t>
   </si>
   <si>
     <t>Fabão, Gonçala, Joãozinho da Papelaria, Luciano Tanaka, Marcia, Matheus Campos, Nal Marques, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3666/mocao_no_003.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3666/mocao_no_003.2023.pdf</t>
   </si>
   <si>
     <t>Moção de apoio ao Congresso Nacional, em face da tentativa de legalização do aborto por meio da ADPF 442, a fim de garantir as prerrogativas constitucionais e republicanas das competências do Poder Legislativo e de se evitar um possível ativismo judicial por parte do Supremo Tribunal Federal.</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3607/projeto_de_decreto_legislativo_001.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3607/projeto_de_decreto_legislativo_001.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da Prestação de Contas da Prefeitura Municipal de Pradópolis, relativas ao exercício de 2020.</t>
   </si>
   <si>
     <t>3770</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3770/projeto_de_decreto_legislativo_no_002.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3770/projeto_de_decreto_legislativo_no_002.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da Prestação de Contas da Prefeitura Municipal de Pradópolis, relativas ao exercício de 2021.</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3184/projeto_de_lei_no_001.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3184/projeto_de_lei_no_001.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 4.550.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3185/projeto_de_lei_no_002.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3185/projeto_de_lei_no_002.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pradópolis a contratar com a Desenvolve SP - Agência de Fomento do Estado de São Paulo, operações de crédito com outorga de garantia e dá outras providências.</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3186/projeto_de_lei_no_003.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3186/projeto_de_lei_no_003.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do artigo 3º da Lei Municipal nº 1.445, de 26 de setembro de 2014, que institui bolsa moradia e bolsa alimentação para médico participante do Programa Mais Médicos do Governo Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>3227</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3227/projeto_de_lei_no_004.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3227/projeto_de_lei_no_004.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Municipal nº 1.451, de setembro de 2014 que "Institui o Programa de Incentiva e Desconto , denominado "IPTU Verde" no âmbito do Município de Pradópolis e dá outras providências.</t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3228/projeto_de_lei_no_005.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3228/projeto_de_lei_no_005.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 2.395.600,00 e dá outras providências.</t>
   </si>
   <si>
     <t>3234</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3234/projeto_de_lei_no_006.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3234/projeto_de_lei_no_006.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 1.400.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3237/projeto_de_lei_no_007.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3237/projeto_de_lei_no_007.2023.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 1º da Lei Municipal Nº 1.710, de 22 de dezembro de 2022, que Dispõe sobre autorização para o Poder Executivo Firmar Parceria com organizações da Sociedade Civil Por intermédio de termo de colaboração, para a consecução de Finalidade de Interesse Público, mediante projetos previamente estabelecidos em planos de Trabalho, para o exercício de 2023.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3313/projeto_de_lei_no_008.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3313/projeto_de_lei_no_008.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura no orçamento vigente de crédito adicional especial no valor de R$ 400.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3355/projeto_de_lei_no_009.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3355/projeto_de_lei_no_009.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de curso de capacitação de primeiros socorros aos funcionários das escolas e creches da rede de ensino municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>3377</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3377/projeto_de_lei_no_010.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3377/projeto_de_lei_no_010.2023.pdf</t>
   </si>
   <si>
     <t>Institui o uso do colar de girassol como instrumento de pessoas com deficiências ocultas, no âmbito do município de Pradópolis.</t>
   </si>
   <si>
     <t>3389</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3389/projeto_de_lei_no_011.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3389/projeto_de_lei_no_011.2023.pdf</t>
   </si>
   <si>
     <t>Institui o programa de promoção de hábitos saudáveis nas escolas do município de Pradópolis e dá outras providências.</t>
   </si>
   <si>
     <t>3421</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3421/projeto_de_lei_no_012.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3421/projeto_de_lei_no_012.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre obrigatoriedade de disponibilização de cadeiras de rodas em agências bancárias do município de Pradópolis.</t>
   </si>
   <si>
     <t>3422</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3422/projeto_de_lei_no_013.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3422/projeto_de_lei_no_013.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentarias para o exercício financeiro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>3423</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3423/projeto_de_lei_no_014.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3423/projeto_de_lei_no_014.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Municipal nº1.493, de 13 de julho de 2016 que "Dispõe sobre o sistema de controle interno do Poder Executivo, nos termos do Art. 31 da constituição Federal de 1988, e artigo 59 da lei complementar nº101/2000".</t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3429/projeto_de_lei_no_015.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3429/projeto_de_lei_no_015.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o procedimento para a instalação de infraestrutura de suporte para Estação Transmissora de Radiocomunicação - ETR autorizada pela Agência Nacional de Telecomunicações - ANATEL, nos termos da Legislação Federal vigente.</t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3451/projeto_de_lei_no_016.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3451/projeto_de_lei_no_016.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação e afetação de áreas públicas municipais do Distrito Industrial e Comercial de Pradópolis - DINPRA e dá outras providências</t>
   </si>
   <si>
     <t>3453</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3453/projeto_de_lei_no_017.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3453/projeto_de_lei_no_017.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 830.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3454/projeto_de_lei_no_018.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3454/projeto_de_lei_no_018.2023.pdf</t>
   </si>
   <si>
     <t>Acresce o artigo 38-A na Lei Municipal nº 960, de 04 de março de 1997, que "dispõe sobre a política municipal de atendimento dos direitos da criança e do adolescente", e dá outras providências.</t>
   </si>
   <si>
     <t>3455</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3455/projeto_de_lei_no_019.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3455/projeto_de_lei_no_019.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 1.300.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>3456</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3456/projeto_de_lei_no_020.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3456/projeto_de_lei_no_020.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 400.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3457/projeto_de_lei_no_021.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3457/projeto_de_lei_no_021.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional especial no valor de R$ 213.859,84 e dá outras providências.</t>
   </si>
   <si>
     <t>3458</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3458/projeto_de_lei_no_022.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3458/projeto_de_lei_no_022.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>3459</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3459/projeto_de_lei_no_023.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3459/projeto_de_lei_no_023.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 310.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>3486</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3486/projeto_de_lei_no_024.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3486/projeto_de_lei_no_024.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional especial no valor de R$ 140.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3542/projeto_de_lei_no_025.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3542/projeto_de_lei_no_025.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional especial no valor de R$ 400.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3546/projeto_de_lei_no_026.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3546/projeto_de_lei_no_026.2023.pdf</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3573/projeto_de_lei_no_027.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3573/projeto_de_lei_no_027.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização ao Executivo para a alienação, por venda, de 13.272 títulos da dívida agrária - TDA e dá outras providências.</t>
   </si>
   <si>
     <t>3574</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3574/projeto_de_lei_no_028.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3574/projeto_de_lei_no_028.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 1.200.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3575/projeto_de_lei_no_029.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3575/projeto_de_lei_no_029.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 3.510.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>3640</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3640/projeto_de_lei_no_030.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3640/projeto_de_lei_no_030.2023.pdf</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3641/projeto_de_lei_no_031.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3641/projeto_de_lei_no_031.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional especial no valor de R$ 70.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>3667</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3667/projeto_de_lei_no_032.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3667/projeto_de_lei_no_032.2023.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Pradópolis para o exercício de 2024 em R$ 120.000.000,00 (cento e vinte milhões de reais) e dá outras providências.</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
     <t>Fabão, Joãozinho da Papelaria, Luciano Tanaka, Matheus Campos, Nal Marques, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3747/projeto_de_lei_no_033.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3747/projeto_de_lei_no_033.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de implantação de sistema de segurança nos poços de água em loteamentos no âmbito do Município de Pradópolis e dá outras providências.</t>
   </si>
   <si>
     <t>3771</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3771/projeto_de_lei_no_034.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3771/projeto_de_lei_no_034.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional especial no valor de R$ 95.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>3779</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3779/projeto_de_lei_no_035.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3779/projeto_de_lei_no_035.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal de Apoio à Cultura do município de Pradópolis e dá outras providências.</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3781/projeto_de_lei_no_036.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3781/projeto_de_lei_no_036.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo firmar parceria com organizações da sociedade civil por intermédio de termo de colaboração, para a consecução de finalidades de interesse público, mediante projetos previamente estabelecidos em planos de trabalho, para o exercício de 2024.</t>
   </si>
   <si>
     <t>3230</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3230/projeto_de_lei_complementar_no_001.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3230/projeto_de_lei_complementar_no_001.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre alteração na Lei Complementar Municipal nº 203, de 26 de agosto de 2011, que específica e dá outras providências.</t>
   </si>
   <si>
     <t>3233</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3233/projeto_de_lei_complementar_no_002.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3233/projeto_de_lei_complementar_no_002.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual da remuneração dos servidores públicos municipais, aumenta o valor nominal do auxilio alimentação e dá outras providências.</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3235/projeto_de_lei_complementar_no_003.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3235/projeto_de_lei_complementar_no_003.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão salarial anual do quadro de referências dos servidores públicos da Câmara Municipal de Pradópolis e dá outras providências.</t>
   </si>
   <si>
     <t>3236</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3236/projeto_de_lei_complementar_no_004.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3236/projeto_de_lei_complementar_no_004.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Complementar Municipal Nº 285, de 16 de dezembro de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3352/projeto_de_lei_complementar_no_005.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3352/projeto_de_lei_complementar_no_005.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação da remuneração do cargo de recepcionista presente no quadro de pessoal da Câmara Municipal de Pradópolis/SP e dá outras providências.</t>
   </si>
   <si>
     <t>3430</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3430/projeto_de_lei_complementar_no_006.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3430/projeto_de_lei_complementar_no_006.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do emprego público de provimento efetivo de "Controlador Interno" e dá outras providências.</t>
   </si>
   <si>
     <t>3487</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3487/projeto_de_lei_complementar_no_007.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3487/projeto_de_lei_complementar_no_007.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da dedução de materiais da base de cálculo do ISS, incidente sobre serviços de construção civil previstos no código tributário municipal.</t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3488/projeto_de_lei_complementar_no_008.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3488/projeto_de_lei_complementar_no_008.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a exigência de nível superior para provimento dos cargos em comissão de "Assessor de Gabinete" e "Ouvidor" de que trata a Lei Complementar nº 236, de 29 de setembro de 2014, com as alterações dadas pela Lei Complementar nº 245, de 27 de março de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>3489</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3489/projeto_de_lei_complementar_no_009.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3489/projeto_de_lei_complementar_no_009.2023.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao "caput" do artigo 33 de Lei Complementar nº 83, de 07 de maio de 2001, que instituiu o Plano de Carreira e Remuneração do Magistério Público Municipal de Pradópolis, e dá outras providências.</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3513/projeto_de_lei_complementar_no_010.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3513/projeto_de_lei_complementar_no_010.2023.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal no Município de Pradópolis - REFIS 2023 e dá outas providências.</t>
   </si>
   <si>
     <t>3543</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3543/projeto_de_lei_complementar_no_011.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3543/projeto_de_lei_complementar_no_011.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o desmembramento do "Departamento Municipal de Trânsito, transporte e serviços públicos" e dá outras providências.</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3544/projeto_de_lei_complementar_no_012.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3544/projeto_de_lei_complementar_no_012.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reclassificação da referência salarial dos cargos de diretor de escola, coordenador pedagógico e supervisor educacional e dá outras providências.</t>
   </si>
   <si>
     <t>3545</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3545/projeto_de_lei_complementar_no_013.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3545/projeto_de_lei_complementar_no_013.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza, em caráter excepcional, pelo prazo de 120 (cento e vinte) dias, desdobros de lotes urbanos com medidas inferiores às previstas no artigo 63 da Lei Municipal nº 494, de 29 de novembro e 1979, e dá outras providências.</t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3576/projeto_de_lei_complementar_no_014.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3576/projeto_de_lei_complementar_no_014.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a alienar por doação e com encargos, dois lotes de terreno, sendo Lote 02 e 03 da Quadra 06, objetos das Matrículas nº 23.867 e nº 23.868. em favor da Empresa WR Caldeiraria e Montagens Ind. EIRELI, CNPJ 24.961.386/0001-66, situado no Distrito Industrial e Comercial de Pradópolis na Rua Eurestes Barbeta, e dá outras providências.</t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3636/projeto_de_lei_complementar_no_015.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3636/projeto_de_lei_complementar_no_015.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei Complementar Municipal nº 328, de 14 de julho de 2023, que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3637/projeto_de_lei_complementar_no_016.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3637/projeto_de_lei_complementar_no_016.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a alienar, por doação e com encargos, o lote 03 da quadra 06, objeto da matrícula nº 23.868, em favor da empresa WR Caldeiraria e Montagens Ind. EIRELI, CNPJ. 24.961.386/0001-66, situado no Distrito Industrial e Comercial de Pradópolis na Rua Eurestes Barbeta, e dá outras providências.</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3642/projeto_de_lei_complementar_no_017.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3642/projeto_de_lei_complementar_no_017.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Complementar nº 166, de 27 de junho de 2008, em razão da inconstitucionalidade da norma decretada pelo Tribunal de Justiça de São Paulo nos autos do Processo - ADIN nº 2054365-04.2022.8.26.0000.</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3643/projeto_de_lei_complementar_no_018.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3643/projeto_de_lei_complementar_no_018.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação do inciso VII, do art. 8º da Lei Complementar Municipal nº 284, de 16 de dezembro de 2019, em razão da inconstitucionalidade da norma decretada pelo Tribunal de Justiça de São Paulo nos autos do Processo - ADIN nº 2276347-90.2022.8.26.0000.</t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3696/projeto_de_lei_complementar_no_019.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3696/projeto_de_lei_complementar_no_019.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a complementação da remuneração dos profissionais da enfermagem e dá outras providências.</t>
   </si>
   <si>
     <t>3720</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3720/projeto_de_lei_complementar_no_020.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3720/projeto_de_lei_complementar_no_020.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização ao Poder Executivo para repassar recursos transferidos pela união a título de "assistência financeira complementar - Lei 14.434/2022" com a finalidade de conceder parcela de complementação de vencimento aos profissionais da enfermagem integrantes do quadro de servidores do munícipio de entidades filantrópicas e dá outras providências.</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3721/projeto_de_lei_complementar_no_021.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3721/projeto_de_lei_complementar_no_021.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder o direito real de uso por 50 (cinquenta) anos para a diocese de Jaboticabal da capela Santo Antônio situada na praça Pio XII e dá outras providências.</t>
   </si>
   <si>
     <t>3767</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3767/projeto_de_lei_complementar_no_022.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3767/projeto_de_lei_complementar_no_022.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nova redação dos parágrafos 1º e 3º do art. 15 e do § 3º art. 17, ambos da Lei Complementar Municipal nº 83, de 07 de maio de 2001 que "Institui o plano de carreira e remuneração do magistério publico municipal de Pradópolis", com suas alterações posteriores e dá outras providências.</t>
   </si>
   <si>
     <t>3772</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3772/projeto_de_lei_complementar_no_023.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3772/projeto_de_lei_complementar_no_023.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Complementar Municipal nº 284, de 16 de dezembro de 2019 que trata do Plano de Carreira e Remuneração dos servidores públicos do Poder Executivo Municipal de Pradópolis, e dá outras providências.</t>
   </si>
   <si>
     <t>3773</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3773/projeto_de_lei_complementar_no_024.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3773/projeto_de_lei_complementar_no_024.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Lei Complementar Municipal nº 328, de 14 de julho de 2023 que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3774</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3774/projeto_de_lei_complementar_no_025.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3774/projeto_de_lei_complementar_no_025.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo a alienar, por doação e com encargos, três lotes de terrenos situados no distrito industrial e comercial de Pradópolis, cada um com área individual de 2.400,00 M² por lote, totalizando 7.200,00, em favor da empresa SIL TERMICA SERVIÇOS E COMERCIOS LTDA, e dá outras providências.</t>
   </si>
   <si>
     <t>3775</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3775/projeto_de_lei_complementar_no_026.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3775/projeto_de_lei_complementar_no_026.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo a alienar, por doação e com encargos, dois lotes de terrenos situados no distrito industrial e comercial de Pradópolis, em favor da empresa MONTAIA COMÉRCIO DE AÇO E SERVIÇOS LTDA, e dá outras providências.</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3183/projeto_resolucao_no_001.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3183/projeto_resolucao_no_001.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Pradópolis a celebrar convênio de filiação com a UVESP - União de Vereadores e Câmaras Municipais do Estado de São Paulo e dá outras providências.</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
     <t>Mesa Diretora, Fabão, Gonçala, Joãozinho da Papelaria, Marcia, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3232/projeto_resolucao_no_002.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3232/projeto_resolucao_no_002.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do padrão de referência salarial 3 do quadro de pessoal da Câmara Municipal de Pradópolis/SP e dá outras providências.</t>
   </si>
   <si>
     <t>3278</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3278/projeto_resolucao_no_003.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3278/projeto_resolucao_no_003.2023.pdf</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3572/projeto_resolucao_no_004.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3572/projeto_resolucao_no_004.2023.pdf</t>
   </si>
   <si>
     <t>Regulamenta o procedimento de justificativa de faltas pelos vereadores e vereadoras nas sessões legislativas e disciplina o desconto de subsídios para o caso de faltas injustificadas, e dá outras providências.</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3231/requerimento_no_001.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3231/requerimento_no_001.2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que o setor competente informe a esta Casa, sobre a destinação dada aos equipamentos e bens de consumo que foram doados ou desfeitos pela Câmara Municipal.</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3238/requerimento_no_002.2023v1.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3238/requerimento_no_002.2023v1.pdf</t>
   </si>
   <si>
     <t>REQUER, a dispensa de parecer da Comissão de Justiça e Redação, Comissão de Finanças e Orçamento e Comissão de Educação Saúde e Assistência Social, referente ao Projeto de Lei nº 6 de 2023, Projeto de Lei Complementar nº 2 de 2023 e Projeto de Lei Complementar nº 3 de 2023.</t>
   </si>
   <si>
     <t>3251</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3251/requerimento_no_003.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3251/requerimento_no_003.2023.pdf</t>
   </si>
   <si>
     <t>Requerem ao Chefe do Executivo Municipal que o setor competente informe a esta Casa sobre o transporte escolar, especialmente na área rural.</t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3311/requerimento_no_004.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3311/requerimento_no_004.2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal, informações sobre a liquidação de pagamentos de precatórios do ano corrente e do ano anterior.</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3312/requerimento_no_005.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3312/requerimento_no_005.2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que o setor competente informe a esta Casa de Leis, quais foram os valores gastos de cargas suplementares com os professores no exercício de 2022 até a presente data.</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3314/requerimento_no_006.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3314/requerimento_no_006.2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que o setor competente informe a esta Casa, acerca de exames médicos realizados pela responsabilidade do Município.</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3315/requerimento_no_007.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3315/requerimento_no_007.2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que o setor competente informe a esta Casa, acerca de qual posição Pradópolis ocupa no IDEB desde 2007 até 2022.</t>
   </si>
   <si>
     <t>3335</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3335/requerimento_no_008.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3335/requerimento_no_008.2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que o setor competente informe a esta Casa, acerca de quanto a Prefeitura vai pagar de precatório, e a relação de valores e dos devidos beneficiários das ações que serão contempladas(pagas) no atual exercício de 2023, e se tem algum problema em adiantar de forma cronológica o pagamento a fim de diminuir os custos com atualização de correção monetária.</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3353/requerimento_no_009.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3353/requerimento_no_009.2023.pdf</t>
   </si>
   <si>
     <t>REQUER, a tramitação em Regime de Urgência Especial e a dispensa de Parecer da Comissão de Justiça e Redação e Comissão de Finanças e Orçamento, referente ao Projeto de Lei Complementar nº 005 de 2023.</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
     <t>Thiago Aquino, Luciano Tanaka</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3354/requerimento_no_010.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3354/requerimento_no_010.2023.pdf</t>
   </si>
   <si>
     <t>Requerem ao Chefe do Poder Executivo Municipal que o setor competente informe a esta Casa de Leis, acerca dos procedimentos que vem sendo adotados pela vigilância sanitária no sentido de prevenir e controlar a proliferação de animais peçonhentos.</t>
   </si>
   <si>
     <t>3372</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3372/requerimento_no_011.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3372/requerimento_no_011.2023.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Executivo Municipal informações acerca da Lei Complementar n° 317, de 25 de novembro de 2022, que "Dispõe sobre alteração no art. 269 da Lei Complementar Municipal n° 168, de 02 de junho de 2008 que "atualiza o Código Tributário do município de Pradópolis, instituído pela Lei n° 649, de 23 de novembro de 1984, e dá outras providências".</t>
   </si>
   <si>
     <t>3437</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3437/requerimento_no_012.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3437/requerimento_no_012.2023.pdf</t>
   </si>
   <si>
     <t>REQUER, a dispensa de Parecer da Comissão de Justiça e Redação e Comissão de Finanças e Orçamento, referente ao Projeto de Lei complementar nº 006 de 2023.</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3452/requerimento_no_013.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3452/requerimento_no_013.2023.pdf</t>
   </si>
   <si>
     <t>REQUER, a dispensa de Pareceres das Comissões permanentes, referente ao Projeto de Lei nº 16 de 2023.</t>
   </si>
   <si>
     <t>3460</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3460/requerimento_no_014.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3460/requerimento_no_014.2023.pdf</t>
   </si>
   <si>
     <t>REQUER, a dispensa de Pareceres das Comissões permanentes, referente ao Projeto de Lei nº 22 de 2023.</t>
   </si>
   <si>
     <t>3541</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3541/requerimento_no_015.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3541/requerimento_no_015.2023.pdf</t>
   </si>
   <si>
     <t>Requerem a convocação do Diretor do Departamento Municipal de Indústria e Comércio do Município de Pradópolis, para participar de sessão a ser designada e realizada no Plenário da Câmara Municipal de Pradópolis, com o objetivo de prestar as informações solicitadas através Ofício nº 091/2023 – CMP, bem como esclarecer eventuais questões oriundas de ditas informações.</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3605/requerimento_no_016.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3605/requerimento_no_016.2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que o setor competente informe a esta Casa, esclarecimentos detalhados sobre os valores arrecadados e devolvidos ao município em relação à recente festa do peão realizada no período de 15 a 18/06/2023, também chamada de Festa de Aniversário de Pradópolis 2023.</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3606/requerimento_no_017.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3606/requerimento_no_017.2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que o setor competente INFORME esta Casa acerca da saúde financeira municipal, disponibilizando seus documentos contábeis.</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3638/requerimento_no_018.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3638/requerimento_no_018.2023.pdf</t>
   </si>
   <si>
     <t>REQUER, a dispensa de Pareceres das Comissões permanentes, referente ao Projeto de Lei Complementar nº 016 de 2023.</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3668/requerimento_no_019.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3668/requerimento_no_019.2023.pdf</t>
   </si>
   <si>
     <t>REQUER, a dispensa de Pareceres das Comissões permanentes, referente ao Projeto de Lei nº 030 de 2023.</t>
   </si>
   <si>
     <t>3669</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3669/requerimento_no_020.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3669/requerimento_no_020.2023.pdf</t>
   </si>
   <si>
     <t>REQUER, a dispensa de Pareceres das Comissões permanentes, referente ao Projeto de Lei nº 031 de 2023.</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3719/requerimento_no_021.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3719/requerimento_no_021.2023.pdf</t>
   </si>
   <si>
     <t>Requerem ao Chefe do Executivo Municipal que o setor competente informe a esta Casa, sobre Localização e Disponibilidade de Áreas Institucionais para Projetos Habitacionais.</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3745/requerimento_no_022.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3745/requerimento_no_022.2023.pdf</t>
   </si>
   <si>
     <t>REQUEREM ao Chefe do Executivo Municipal para que junto ao Departamento competente, forneça a esta Casa, as devidas informações sobre o Decreto Municipal n° 674, de 26 de julho de 2023, bem como a cópia do processo licitatório responsável pela contratação de empresa terceirizada para fornecimento de carneiras e jazigos.</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3746/requerimento_no_023.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3746/requerimento_no_023.2023.pdf</t>
   </si>
   <si>
     <t>REQUER, a tramitação em regime de urgência e a dispensa de pareceres das Comissões Permanentes, referente ao Projeto de Lei Complementar nº 020/2023.</t>
   </si>
   <si>
     <t>3777</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3777/requerimento_no_024.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3777/requerimento_no_024.2023.pdf</t>
   </si>
   <si>
     <t>REQUER a retirada do Projeto de Lei Complementar 009/2023, de autoria do Poder Executivo Municipal, que "Dá nova redação ao "caput" do artigo 33 de Lei Complementar nº 83, de 07 de maio de 2001, que instituiu o Plano de Carreira e Remuneração do Magistério Público Municipal de Pradópolis, e dá outras providências", já colocado em deliberação.</t>
   </si>
   <si>
     <t>3778</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3778/requerimento_no_025.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3778/requerimento_no_025.2023.pdf</t>
   </si>
   <si>
     <t>REQUER, a tramitação em regime de urgência especial solicitado pelo Poder Executivo Municipal dos Projetos de Lei n° 034 e de Lei Complementar números 023, 024, 025 e 026/2023.</t>
   </si>
   <si>
     <t>3780</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3780/requerimento_no_026.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3780/requerimento_no_026.2023.pdf</t>
   </si>
   <si>
     <t>REQUER, a dispensa de Pareceres das Comissões permanentes, referente ao Projeto de Lei nº 035 de 2023, que "Dispõe sobre a criação do Fundo Municipal de Apoio à Cultura do município de Pradópolis e dá outras providências".</t>
   </si>
   <si>
     <t>3782</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3782/requerimento_no_027.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3782/requerimento_no_027.2023.pdf</t>
   </si>
   <si>
     <t>REQUER, a dispensa de Pareceres das Comissões permanentes, referente ao Projeto de Lei nº 036 de 2023, que "Dispõe sobre a autorização para o Poder Executivo firmar parceria com organizações da sociedade civil por intermédio de termo de colaboração, para a consecução de finalidades de interesse público, mediante projetos previamente estabelecidos em planos de trabalho, para o exercício de 2024".</t>
   </si>
   <si>
     <t>3356</t>
   </si>
   <si>
     <t>PJUL</t>
   </si>
   <si>
     <t>Processo de Julgamento de Contas</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3356/processo_de_julgamento_no_001.2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3356/processo_de_julgamento_no_001.2023.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO PREFEITO MUNICIPAL, REFERENTE AO EXERCÍCIO DE 2020 - TC-003250.989.20</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
     <t>Presidente da Câmara Municipal</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3639/processo_julgamento_contas_exec_2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3639/processo_julgamento_contas_exec_2021.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO PREFEITO MUNICIPAL, REFERENTE AO EXERCÍCIO DE 2021 - TC-007233.989.20.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -7469,67 +7469,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3187/indicacao_no_001.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3188/indicacao_no_002.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3189/indicacao_no_003.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3190/indicacao_no_004.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3229/indicacao_no_005.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3195/indicacao_no_006.2023_-_nal_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3196/indicacao_no_007.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3197/indicacao_no_008.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3198/indicacao_no_009.2023_-_nal_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3199/indicacao_no_010.2023_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3200/indicacao_no_011.2023_-_goncala_marcia_e_joao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3201/indicacao_no_012.2023_-_goncala_marcia_luciano_joao_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3202/indicacao_no_013.2023_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3203/indicacao_no_014.2023_-_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3204/indicacao_no_015.2023_-_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3205/indicacao_no_016.2023_-_nal_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3206/indicacao_no_017.2023_-_marcia_goncala_e_joao.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3207/indicacao_no_018.2023_-_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3208/indicacao_no_019.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3209/indicacao_no_020.2023_-_luciano_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3210/indicacao_no_021.2023_-_luciano_e_joao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3211/indicacao_no_022.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3212/indicacao_no_023.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3213/indicacao_no_024.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3214/indicacao_no_025.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3216/indicacao_no_026.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3217/indicacao_no_027.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3218/indicacao_no_028.2023_-_joao_thiago_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3219/indicacao_no_029.2023_-_goncala_marcia_e_joao.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3220/indicacao_no_030.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3221/indicacao_no_031.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3222/indicacao_no_032.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3223/indicacao_no_033.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3224/indicacao_no_034.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3225/indicacao_no_035.2023_-_matheus_thiago_luciano_e_nal.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3226/indicacao_no_036.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3239/indicacao_no_037.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3240/indicacao_no_038.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3241/indicacao_no_039.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3242/indicacao_no_040.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3243/indicacao_no_041.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3244/indicacao_no_042.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3245/indicacao_no_043.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3246/indicacao_no_044.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3247/indicacao_no_045.2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3249/indicacao_no_046.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3250/indicacao_no_047.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3252/indicacao_no_048.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3253/indicacao_no_049.2023_-_thiago_alves_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3254/indicacao_no_050.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3255/indicacao_no_051.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3256/indicacao_no_052.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3257/indicacao_no_053.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3258/indicacao_no_054.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3259/indicacao_no_055.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3260/indicacao_no_056.2023_-_joao_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3261/indicacao_no_057.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3262/indicacao_no_058.2023_-_marcia_goncala_e_joao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3263/indicacao_no_059.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3264/indicacao_no_060.2023_-_fabio_da_costa_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3265/indicacao_no_061.2023_-_fabio_da_costa_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3266/indicacao_no_062.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3267/indicacao_no_063.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3268/indicacao_no_064.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3269/indicacao_no_065.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3270/indicacao_no_066.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3271/indicacao_no_067.2023_-_goncala_marcia_e_joao.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3272/indicacao_no_068.2023_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3273/indicacao_no_069.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3274/indicacao_no_070.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3275/indicacao_no_071.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3276/indicacao_no_072.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3277/indicacao_no_073.2023_-_marcia_goncala_e_joao.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3279/indicacao_no_074.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3280/indicacao_no_075.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3281/indicacao_no_076.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3282/indicacao_no_077.2023_-_goncala_marcia_joao_matheus_e_nal.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3283/indicacao_no_078.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3284/indicacao_no_079.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3285/indicacao_no_080.2023_-_thiago_alves_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3286/indicacao_no_081.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3287/indicacao_no_082.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3288/indicacao_no_083.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3289/indicacao_no_084.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3290/indicacao_no_085.2023_-_goncala_marcia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3291/indicacao_no_086.2023_-_goncala_marcia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3292/indicacao_no_087.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3293/indicacao_no_088.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3294/indicacao_no_089.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3295/indicacao_no_090.2023_-_luciano_nal_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3296/indicacao_no_091.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3297/indicacao_no_092.2023_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3298/indicacao_no_093.2023_-_joao_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3299/indicacao_no_094.2023_-_joao_oliveira_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3300/indicacao_no_095.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3301/indicacao_no_096.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3302/indicacao_no_097.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3303/indicacao_no_098.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3304/indicacao_no_099.2023_-_goncala_marcia_nal_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3305/indicacao_no_100.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3306/indicacao_no_101.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3307/indicacao_no_102.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3308/indicacao_no_103.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3309/indicacao_no_104.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3310/indicacao_no_105.2023_-_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3316/indicacao_no_106.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3317/indicacao_no_107.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3318/indicacao_no_108.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3319/indicacao_no_109.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3320/indicacao_no_110.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3321/indicacao_no_111.2023_-_goncala_marcia_matheus_e_nal.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3322/indicacao_no_112.2023_-_goncala_marcia_matheus_e_nal.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3323/indicacao_no_113.2023_-_nal_marques_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3324/indicacao_no_114.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3343/indicacao_no_115.2023_-_thiago_nal_e_fabio.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3325/indicacao_no_116.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3326/indicacao_no_117.2023_-_joao_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3327/indicacao_no_118.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3328/indicacao_no_119.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3329/indicacao_no_120.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3330/indicacao_no_121.2023_-_marcia_goncala_joao_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3331/indicacao_no_122.2023_-_marcia_goncala_matheus_joao_e_nal.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3332/indicacao_no_123.2023_-_marcia_goncala_joao_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3333/indicacao_no_124.2023_-_goncala_marcia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3334/indicacao_no_125.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3336/indicacao_no_126.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3337/indicacao_no_127.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3338/indicacao_no_128.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3339/indicacao_no_129.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3340/indicacao_no_130.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3341/indicacao_no_131.2023_-_marcia_goncala_joao_e_nal.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3342/indicacao_no_132.2023_-_fabio_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3344/indicacao_no_133.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3345/indicacao_no_134.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3346/indicacao__no_135.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3347/indicacao_no_136.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3348/indicacao_no_137.2023_-_luciano_nal_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3349/indicacao_no_138.2023_-_thiago_alves_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3350/indicacao_no_139.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3351/indicacao_no_140.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3357/indicacao_no_141.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3358/indicacao_no_142.2023_-_marcia_goncala_e_joao.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3359/indicacao_no_143.2023_-_goncala_marcia_e_joao.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3360/indicacao_no_144.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3361/indicacao_no_145.2023_-_matheus_nal_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3362/indicacao_no_146.2023_-_marcia_goncala_e_joao.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3364/indicacao_no_147.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3365/indicacao_no_148.2023_-_ze_banana_luciano_e_joao.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3366/indicacao_no_149.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3367/indicacao_no_150.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3368/indicacao_no_151.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3369/indicacao_no_152.2023_-_goncala_marcia_e_joao.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3370/indicacao_no_153.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3371/indicacao_no_154.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3373/indicacao_no_155.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3374/indicacao_no_156.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3375/indicacao_no_157.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3376/indicacao_no_158.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3378/indicacao_no_159.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3379/indicacao_no_160.2023_-_joao_oliveira_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3380/indicacao_no_161.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3381/indicacao_no_162.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3382/indicacao_no_163.2023_-_joao_nal_matheus_thiago_e_fabio.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3383/indicacao_no_164.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3384/indicacao_no_165.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3385/indicacao_no_166.2023_-_nal_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3386/indicacao_no_167.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3387/indicacao_no_168.2023_-_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3388/indicacao_no_169.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3390/indicacao_no_170.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3391/indicacao_no_171.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3392/indicacao_no_172.2023_-_joao_nal_goncala_matheus_marcia_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3393/indicacao_no_173.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3394/indicacao_no_174.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3395/indicacao_no_175.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3396/indicacao_no_176.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3397/indicacao_no_177.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3398/indicacao_no_178.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3399/indicacao_no_179.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3400/indicacao_no_180.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3401/indicacao_no_181.2023_-_luciano_nal_matheus_joao_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3402/indicacao_no_182.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3403/indicacao_no_183.2023_-_todos_os_vereeadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3404/indicacao_no_184.2023_-_marcia_goncala_e_joao.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3405/indicacao_no_185.2023_-_marcia_goncala_thiago_e_joao.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3406/indicacao_no_186.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3407/indicacao_no_187.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3408/indicacao_no_188.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3409/indicacao_no_189.2023_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3410/indicacao_no_190.2023_-_goncala_marcia_e_joao.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3411/indicacao_no_191.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3412/indicacao_no_192.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3413/indicacao_no_193.2023_-_matheus_nal_e_joao.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3414/indicacao_no_194.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3415/indicacao_no_195.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3416/indicacao_no_196.2023_-_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3417/indicacao_no_197.2023_-_nal_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3418/indicacao_no_198.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3419/indicacao_no_199.2023_-_nal_matheus_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3420/indicacao_no_200.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3424/indicacao_no_201.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3425/indicacao_no_202.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3426/indicacao_no_203.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3427/indicacao_no_204.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3428/indicacao_no_205.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3431/indicacao_no_206.2023_-_goncala_marcia_joao_matheus_e_nal.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3432/indicacao_no_207.2023_-_nal_luciano_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3433/indicacao_no_208.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3434/indicacao_no_209.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3435/indicacao_no_210.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3436/indicacao_no_211.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3438/indicacao_no_212.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3439/indicacao_no_213.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3440/indicacao_no_214.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3441/indicacao_no_215.2023_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3442/indicacao_no_216.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3443/indicacao_no_217.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3444/indicacao_no_218.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3445/indicacao_no_219.2023_-_nal_marques_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3446/indicacao_no_220.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3447/indicacao_no_221.2023_-_matheus_thiago_e_nal.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3448/indicacao_no_222.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3449/indicacao_no_223.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3450/indicacao_no_224.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3461/indicacao_no_225.2023_-_goncala_marcia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3462/indicacao_no_226.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3463/indicacao_no_227.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3464/indicacao_no_228.2023_-_ze_banana_thiago_joao_matheus_e_fabio.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3465/indicacao_no_229.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3466/indicacao_no_230.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3467/indicacao_no_231.2023_-_nal_luciano_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3468/indicacao_no_232.2023_-_nal_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3469/indicacao_no_233.2023_-_goncala_marcia_e_fabio.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3470/indicacao_no_234.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3471/indicacao_no_235.2023_-_luciano_tanaka_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3472/indicacao_no_236.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3473/indicacao_no_237.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3474/indicacao_no_238.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3475/indicacao_no_239.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3476/indicacao_no_240.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3477/indicacao_no_241.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3478/indicacao_no_242.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3479/indicacao_no_243.2023_-_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3480/indicacao_no_244.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3481/indicacao_no_245.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3482/indicacao_no_246.2023_-_joao_oliveira_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3483/indicacao_no_247.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3484/indicacao_no_248.2023_-_joao_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3485/indicacao_no_249.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3490/indicacao_no_250.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3491/indicacao_no_251.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3492/indicacao_no_252.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3493/indicacao_no_253.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3494/indicacao_no_254.2023_-_ze_banana_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3495/indicacao_no_255.2023_-_ze_banana_joao_fabio_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3496/indicacao_no_256.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3497/indicacao_no_257.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3498/indicacao_no_258.2023_-_nal_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3499/indicacao_no_259.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3500/indicacao_no_260.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3501/indicacao_no_261.2023_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3502/indicacao_no_262.2023_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3503/indicacao_no_263.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3504/indicacao_no_264.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3505/indicacao_no_265.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3506/indicacao_no_266.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3507/indicacao_no_267.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3508/indicacao_no_268.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3509/indicacao_no_269.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3510/indicacao_no_270.2023_-_matheus_nal_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3511/indicacao_no_271.2023_-_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3512/indicacao_no_272.2023_-_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3514/indicacao_no_273.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3515/indicacao_no_274.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3516/indicacao_no_275.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3517/indicacao_no_276.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3518/indicacao_no_277.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3519/indicacao_no_278.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3520/indicacao_no_279.2023_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3521/indicacao_no_280.2023_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3522/indicacao_no_281.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3523/indicacao_no_282.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3524/indicacao_no_283.2023_-_nal_marques_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3525/indicacao_no_284.2023_-_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3534/indicacao_no_285.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3527/indicacao_no_286.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3528/indicacao_no_287.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3529/indicacao_no_288.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3530/indicacao_no_289.2023_-_goncala_marcia_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3531/indicacao_no_290.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3532/indicacao_no_291.2023_-_ze_banana_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3533/indicacao_no_292.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3535/indicacao_no_293.2023_-_luciano_tanaka_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3536/indicacao_no_294.2023_-_luciano_tanaka_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3537/indicacao_no_295.2023_-_luciano_tanaka_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3538/indicacao_no_296.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3539/indicacao_no_297.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3547/indicacao_no_298.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3548/indicacao_no_299.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3549/indicacao_no_300.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3550/indicacao_no_301.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3551/indicacao_no_302.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3552/indicacao_no_303.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3553/indicacao_no_304.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3554/indicacao_no_305.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3555/indicacao_no_306.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3556/indicacao_no_307.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3557/indicacao_no_308.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3558/indicacao_no_309.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3559/indicacao_no_310.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3560/indicacao_no_311.2023_-_matheus_nal_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3561/indicacao_no_312.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3562/indicacao_no_313.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3563/indicacao_no_314.2023_-_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3564/indicacao_no_315.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3565/indicacao_no_316.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3566/indicacao_no_317.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3567/indicacao_n_o_318.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3568/indicacao_no_319.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3569/indicacao_no_320.2023_-_luciano_tanaka_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3570/indicacao_no_321.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3571/indicacao_no_322.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3577/indicacao_no_323.2023_-_goncala_marcelo_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3578/indicacao_no_324.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3579/indicacao_no_325.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3580/indicacao_no_326.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3581/indicacao_no_327.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3582/indicacao_no_328.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3583/indicacao_no_329.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3584/indicacao_no_330.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3585/indicacao_no_331.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3586/indicacao_no_332.2023_-_goncala_marcia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3587/indicacao_no_333.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3588/indicacao_no_334.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3589/indicacao_no_335.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3590/indicacao_no_336.2023_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3591/indicacao_no_337.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3592/indicacao_no_338.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3593/indicacao_no_339.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3594/indicacao_no_340.2023_-_luciano_tanaka_e_joao_olieira.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3595/indicacao_no_341.2023_-_luciano_tanaka_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3596/indicacao_no_342.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3597/indicacao_no_343.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3598/indicacao_no_344.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3599/indicacao_no_345.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3600/indicacao_no_346.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3601/indicacao_no_347.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3602/indicacao_no_348.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3603/indicacao_no_349.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3604/indicacao_no_350.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3608/indicacao_no_351.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3609/indicacao_no_352.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3610/indicacao_no_353.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3611/indicacao_no_354.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3612/indicacao_no_355.2023_-_joao_oliveira_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3613/indicacao_no_356.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3614/indicacao_no_357.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3615/indicacao_no_358.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3616/indicacao_no_359.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3617/indicacao_no_360.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3618/indicacao_no_361.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3619/indicacao_no_362.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3620/indicacao_no_363.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3621/indicacao_no_364.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3622/indicacao_no_365.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3623/indicacao_no_366.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3624/indicacao_no_367.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3625/indicacao_no_368.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3626/indicacao_no_369.2023_-_marica_goncala_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3627/indicacao_no_370.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3628/indicacao_no_371.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3629/indicacao_no_372.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3630/indicacao_no_373.2023_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3631/indicacao_no_374.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3632/indicacao_no_375.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3633/indicacao_no_376.2023_-_ze_banana_matheus_goncala_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3634/indicacao_no_377.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3635/indicacao_no_378.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3644/indicacao_no_379.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3645/indicacao_no_380.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3646/indicacao_no_381.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3647/indicacao_no_382.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3648/indicacao_no_383.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3650/indicacao_no_384.2023_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3651/indicacao_no_385.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3652/indicacao_no_386.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3653/indicacao_no_387.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3654/indicacao_no_388.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3655/indicacao_no_389.2023_-_ze_banana_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3656/indicacao_no_390.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3657/indicacao_no_391.2023_-_marcia_goncala_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3658/indicacao_no_392.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3659/indicacao_no_393.2023_-_goncala_marcia_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3660/indicacao_no_394.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3661/indicacao_no_395.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3662/indicacao_no_396.2023_-_matheus_nal_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3663/indicacao_no_397.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3664/indicacao_no_398.2023_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3665/indicacao_no_399.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3670/indicacao_no_400.2023_-_goncala_marica_matheus_joao_nal_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3671/indicacao_no_401.2023_-_goncala_marcia_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3672/indicacao_no_402.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3673/indicacao_no_403.2023_-_nal_marques_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3674/indicacao_no_404.2023_-_nal_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3675/indicacao_no_405.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3676/indicacao_no_406.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3677/indicacao_no_407.2023_-_ze_banana_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3678/indicacao_no_408.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3679/indicacao_no_409.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3680/indicacao_no_410.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3681/indicacao_no_411.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3682/indicacao_no_412.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3683/indicacao_no_413.2023_-_marcia_goncala_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3684/indicacao_no_414.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3685/indicacao_no_415.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3686/indicacao_no_416.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3687/indicacao_no_417.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3688/indicacao_no_418.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3695/indicacao_no_419.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3689/indicacao_no_420.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3690/indicacao_no_421.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3691/indicacao_no_422.2023_-_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3692/indicacao_no_423.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3693/indicacao_no_424.2023.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3694/indicacao_no_425.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3697/indicacao_no_426.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3698/indicacao_no_427.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3699/indicacao_no_428.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3700/indicacao_no_429.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3701/indicacao_no_430.2023_-_goncala_marcia_e_nal.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3702/indicacao_no_431.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3703/indicacao_no_432.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3704/indicacao_no_433.2023_-_goncala_marcia_nal_matheus_luciano_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3705/indicacao_no_434.2023_-_nal_thiago_matheus_fabio_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3706/indicacao_no_435.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3707/indicacao_no_436.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3708/indicacao_no_437.2023_-_nal_thiago_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3709/indicacao_no_438.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3710/indicacao_no_439.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3711/indicacao_no_440.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3712/indicacao_no_441.2023_-_thiago_matheus_luciano_nal_fabio_joao_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3713/indicacao_no_442.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3714/indicacao_no_443.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3715/indicacao_no_444.2023_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3716/indicacao_no_445.2023_-_todos_os_veredores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3717/indicacao_no_446.2023.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3718/indicacao_no_447.2023_-_luciano_goncala_e_joao.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3722/indicacao_no_448.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3723/indicacao_no_449.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3724/indicacao_no_450.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3725/indicacao_no_451.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3726/indicacao_no_452.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3727/indicacao_no_453.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3728/indicacao_no_454.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3729/indicacao_no_455.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3730/indicacao_no_456.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3731/indicacao_no_457.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3732/indicacao_no_458.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3733/indicacao_no_459.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3734/indicacao_no_460.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3735/indicacao_no_461.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3736/indicacao_no_462.2023_-_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3737/indicacao_no_463.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3738/indicacao_no_464.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3739/indicacao_no_465.2023_-_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3740/indicacao_no_466.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3741/indicacao_no_467.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3742/indicacao_no_468.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3743/indicacao_no_469.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3744/indicacao_no_470.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3749/indicacao_no_471.2023_-_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3750/indicacao_no_472.2023_-_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3751/indicacao_no_473.2023_-_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3752/indicacao_no_474.2023_-_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3753/indicacao_no_475.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3754/indicacao_no_476.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3755/indicacao_no_477.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3756/indicacao_no_478.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3757/indicacao_no_479.2023.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3758/indicacao_no_480.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3759/indicacao_no_481.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3760/indicacao_no_482.2023_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3761/indicacao_no_483.2023.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3762/indicacao_no_484.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3763/indicacao_no_485.2023_-_luciano_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3764/indicacao_no_486.2023_-_luciano_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3765/indicacao_no_487.2023_-_luciano_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3766/indicacao_no_488.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3768/indicacao_no_489.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3769/indicacao_no_490.2023_-_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3363/mocao_no_001.2023.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3540/mocao_no_002.2023.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3666/mocao_no_003.2023.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3607/projeto_de_decreto_legislativo_001.2023.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3770/projeto_de_decreto_legislativo_no_002.2023.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3184/projeto_de_lei_no_001.2023.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3185/projeto_de_lei_no_002.2023.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3186/projeto_de_lei_no_003.2023.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3227/projeto_de_lei_no_004.2023.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3228/projeto_de_lei_no_005.2023.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3234/projeto_de_lei_no_006.2023.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3237/projeto_de_lei_no_007.2023.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3313/projeto_de_lei_no_008.2023.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3355/projeto_de_lei_no_009.2023.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3377/projeto_de_lei_no_010.2023.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3389/projeto_de_lei_no_011.2023.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3421/projeto_de_lei_no_012.2023.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3422/projeto_de_lei_no_013.2023.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3423/projeto_de_lei_no_014.2023.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3429/projeto_de_lei_no_015.2023.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3451/projeto_de_lei_no_016.2023.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3453/projeto_de_lei_no_017.2023.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3454/projeto_de_lei_no_018.2023.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3455/projeto_de_lei_no_019.2023.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3456/projeto_de_lei_no_020.2023.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3457/projeto_de_lei_no_021.2023.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3458/projeto_de_lei_no_022.2023.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3459/projeto_de_lei_no_023.2023.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3486/projeto_de_lei_no_024.2023.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3542/projeto_de_lei_no_025.2023.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3546/projeto_de_lei_no_026.2023.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3573/projeto_de_lei_no_027.2023.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3574/projeto_de_lei_no_028.2023.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3575/projeto_de_lei_no_029.2023.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3640/projeto_de_lei_no_030.2023.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3641/projeto_de_lei_no_031.2023.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3667/projeto_de_lei_no_032.2023.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3747/projeto_de_lei_no_033.2023.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3771/projeto_de_lei_no_034.2023.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3779/projeto_de_lei_no_035.2023.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3781/projeto_de_lei_no_036.2023.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3230/projeto_de_lei_complementar_no_001.2023.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3233/projeto_de_lei_complementar_no_002.2023.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3235/projeto_de_lei_complementar_no_003.2023.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3236/projeto_de_lei_complementar_no_004.2023.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3352/projeto_de_lei_complementar_no_005.2023.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3430/projeto_de_lei_complementar_no_006.2023.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3487/projeto_de_lei_complementar_no_007.2023.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3488/projeto_de_lei_complementar_no_008.2023.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3489/projeto_de_lei_complementar_no_009.2023.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3513/projeto_de_lei_complementar_no_010.2023.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3543/projeto_de_lei_complementar_no_011.2023.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3544/projeto_de_lei_complementar_no_012.2023.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3545/projeto_de_lei_complementar_no_013.2023.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3576/projeto_de_lei_complementar_no_014.2023.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3636/projeto_de_lei_complementar_no_015.2023.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3637/projeto_de_lei_complementar_no_016.2023.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3642/projeto_de_lei_complementar_no_017.2023.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3643/projeto_de_lei_complementar_no_018.2023.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3696/projeto_de_lei_complementar_no_019.2023.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3720/projeto_de_lei_complementar_no_020.2023.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3721/projeto_de_lei_complementar_no_021.2023.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3767/projeto_de_lei_complementar_no_022.2023.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3772/projeto_de_lei_complementar_no_023.2023.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3773/projeto_de_lei_complementar_no_024.2023.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3774/projeto_de_lei_complementar_no_025.2023.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3775/projeto_de_lei_complementar_no_026.2023.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3183/projeto_resolucao_no_001.2023.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3232/projeto_resolucao_no_002.2023.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3278/projeto_resolucao_no_003.2023.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3572/projeto_resolucao_no_004.2023.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3231/requerimento_no_001.2023.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3238/requerimento_no_002.2023v1.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3251/requerimento_no_003.2023.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3311/requerimento_no_004.2023.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3312/requerimento_no_005.2023.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3314/requerimento_no_006.2023.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3315/requerimento_no_007.2023.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3335/requerimento_no_008.2023.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3353/requerimento_no_009.2023.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3354/requerimento_no_010.2023.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3372/requerimento_no_011.2023.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3437/requerimento_no_012.2023.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3452/requerimento_no_013.2023.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3460/requerimento_no_014.2023.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3541/requerimento_no_015.2023.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3605/requerimento_no_016.2023.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3606/requerimento_no_017.2023.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3638/requerimento_no_018.2023.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3668/requerimento_no_019.2023.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3669/requerimento_no_020.2023.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3719/requerimento_no_021.2023.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3745/requerimento_no_022.2023.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3746/requerimento_no_023.2023.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3777/requerimento_no_024.2023.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3778/requerimento_no_025.2023.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3780/requerimento_no_026.2023.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3782/requerimento_no_027.2023.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3356/processo_de_julgamento_no_001.2023.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3639/processo_julgamento_contas_exec_2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3187/indicacao_no_001.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3188/indicacao_no_002.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3189/indicacao_no_003.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3190/indicacao_no_004.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3229/indicacao_no_005.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3195/indicacao_no_006.2023_-_nal_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3196/indicacao_no_007.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3197/indicacao_no_008.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3198/indicacao_no_009.2023_-_nal_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3199/indicacao_no_010.2023_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3200/indicacao_no_011.2023_-_goncala_marcia_e_joao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3201/indicacao_no_012.2023_-_goncala_marcia_luciano_joao_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3202/indicacao_no_013.2023_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3203/indicacao_no_014.2023_-_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3204/indicacao_no_015.2023_-_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3205/indicacao_no_016.2023_-_nal_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3206/indicacao_no_017.2023_-_marcia_goncala_e_joao.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3207/indicacao_no_018.2023_-_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3208/indicacao_no_019.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3209/indicacao_no_020.2023_-_luciano_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3210/indicacao_no_021.2023_-_luciano_e_joao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3211/indicacao_no_022.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3212/indicacao_no_023.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3213/indicacao_no_024.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3214/indicacao_no_025.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3216/indicacao_no_026.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3217/indicacao_no_027.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3218/indicacao_no_028.2023_-_joao_thiago_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3219/indicacao_no_029.2023_-_goncala_marcia_e_joao.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3220/indicacao_no_030.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3221/indicacao_no_031.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3222/indicacao_no_032.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3223/indicacao_no_033.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3224/indicacao_no_034.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3225/indicacao_no_035.2023_-_matheus_thiago_luciano_e_nal.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3226/indicacao_no_036.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3239/indicacao_no_037.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3240/indicacao_no_038.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3241/indicacao_no_039.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3242/indicacao_no_040.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3243/indicacao_no_041.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3244/indicacao_no_042.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3245/indicacao_no_043.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3246/indicacao_no_044.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3247/indicacao_no_045.2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3249/indicacao_no_046.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3250/indicacao_no_047.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3252/indicacao_no_048.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3253/indicacao_no_049.2023_-_thiago_alves_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3254/indicacao_no_050.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3255/indicacao_no_051.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3256/indicacao_no_052.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3257/indicacao_no_053.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3258/indicacao_no_054.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3259/indicacao_no_055.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3260/indicacao_no_056.2023_-_joao_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3261/indicacao_no_057.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3262/indicacao_no_058.2023_-_marcia_goncala_e_joao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3263/indicacao_no_059.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3264/indicacao_no_060.2023_-_fabio_da_costa_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3265/indicacao_no_061.2023_-_fabio_da_costa_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3266/indicacao_no_062.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3267/indicacao_no_063.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3268/indicacao_no_064.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3269/indicacao_no_065.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3270/indicacao_no_066.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3271/indicacao_no_067.2023_-_goncala_marcia_e_joao.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3272/indicacao_no_068.2023_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3273/indicacao_no_069.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3274/indicacao_no_070.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3275/indicacao_no_071.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3276/indicacao_no_072.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3277/indicacao_no_073.2023_-_marcia_goncala_e_joao.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3279/indicacao_no_074.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3280/indicacao_no_075.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3281/indicacao_no_076.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3282/indicacao_no_077.2023_-_goncala_marcia_joao_matheus_e_nal.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3283/indicacao_no_078.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3284/indicacao_no_079.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3285/indicacao_no_080.2023_-_thiago_alves_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3286/indicacao_no_081.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3287/indicacao_no_082.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3288/indicacao_no_083.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3289/indicacao_no_084.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3290/indicacao_no_085.2023_-_goncala_marcia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3291/indicacao_no_086.2023_-_goncala_marcia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3292/indicacao_no_087.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3293/indicacao_no_088.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3294/indicacao_no_089.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3295/indicacao_no_090.2023_-_luciano_nal_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3296/indicacao_no_091.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3297/indicacao_no_092.2023_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3298/indicacao_no_093.2023_-_joao_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3299/indicacao_no_094.2023_-_joao_oliveira_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3300/indicacao_no_095.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3301/indicacao_no_096.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3302/indicacao_no_097.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3303/indicacao_no_098.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3304/indicacao_no_099.2023_-_goncala_marcia_nal_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3305/indicacao_no_100.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3306/indicacao_no_101.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3307/indicacao_no_102.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3308/indicacao_no_103.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3309/indicacao_no_104.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3310/indicacao_no_105.2023_-_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3316/indicacao_no_106.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3317/indicacao_no_107.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3318/indicacao_no_108.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3319/indicacao_no_109.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3320/indicacao_no_110.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3321/indicacao_no_111.2023_-_goncala_marcia_matheus_e_nal.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3322/indicacao_no_112.2023_-_goncala_marcia_matheus_e_nal.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3323/indicacao_no_113.2023_-_nal_marques_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3324/indicacao_no_114.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3343/indicacao_no_115.2023_-_thiago_nal_e_fabio.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3325/indicacao_no_116.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3326/indicacao_no_117.2023_-_joao_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3327/indicacao_no_118.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3328/indicacao_no_119.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3329/indicacao_no_120.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3330/indicacao_no_121.2023_-_marcia_goncala_joao_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3331/indicacao_no_122.2023_-_marcia_goncala_matheus_joao_e_nal.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3332/indicacao_no_123.2023_-_marcia_goncala_joao_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3333/indicacao_no_124.2023_-_goncala_marcia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3334/indicacao_no_125.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3336/indicacao_no_126.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3337/indicacao_no_127.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3338/indicacao_no_128.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3339/indicacao_no_129.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3340/indicacao_no_130.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3341/indicacao_no_131.2023_-_marcia_goncala_joao_e_nal.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3342/indicacao_no_132.2023_-_fabio_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3344/indicacao_no_133.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3345/indicacao_no_134.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3346/indicacao__no_135.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3347/indicacao_no_136.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3348/indicacao_no_137.2023_-_luciano_nal_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3349/indicacao_no_138.2023_-_thiago_alves_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3350/indicacao_no_139.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3351/indicacao_no_140.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3357/indicacao_no_141.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3358/indicacao_no_142.2023_-_marcia_goncala_e_joao.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3359/indicacao_no_143.2023_-_goncala_marcia_e_joao.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3360/indicacao_no_144.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3361/indicacao_no_145.2023_-_matheus_nal_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3362/indicacao_no_146.2023_-_marcia_goncala_e_joao.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3364/indicacao_no_147.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3365/indicacao_no_148.2023_-_ze_banana_luciano_e_joao.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3366/indicacao_no_149.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3367/indicacao_no_150.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3368/indicacao_no_151.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3369/indicacao_no_152.2023_-_goncala_marcia_e_joao.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3370/indicacao_no_153.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3371/indicacao_no_154.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3373/indicacao_no_155.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3374/indicacao_no_156.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3375/indicacao_no_157.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3376/indicacao_no_158.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3378/indicacao_no_159.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3379/indicacao_no_160.2023_-_joao_oliveira_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3380/indicacao_no_161.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3381/indicacao_no_162.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3382/indicacao_no_163.2023_-_joao_nal_matheus_thiago_e_fabio.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3383/indicacao_no_164.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3384/indicacao_no_165.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3385/indicacao_no_166.2023_-_nal_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3386/indicacao_no_167.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3387/indicacao_no_168.2023_-_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3388/indicacao_no_169.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3390/indicacao_no_170.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3391/indicacao_no_171.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3392/indicacao_no_172.2023_-_joao_nal_goncala_matheus_marcia_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3393/indicacao_no_173.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3394/indicacao_no_174.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3395/indicacao_no_175.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3396/indicacao_no_176.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3397/indicacao_no_177.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3398/indicacao_no_178.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3399/indicacao_no_179.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3400/indicacao_no_180.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3401/indicacao_no_181.2023_-_luciano_nal_matheus_joao_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3402/indicacao_no_182.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3403/indicacao_no_183.2023_-_todos_os_vereeadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3404/indicacao_no_184.2023_-_marcia_goncala_e_joao.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3405/indicacao_no_185.2023_-_marcia_goncala_thiago_e_joao.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3406/indicacao_no_186.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3407/indicacao_no_187.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3408/indicacao_no_188.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3409/indicacao_no_189.2023_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3410/indicacao_no_190.2023_-_goncala_marcia_e_joao.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3411/indicacao_no_191.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3412/indicacao_no_192.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3413/indicacao_no_193.2023_-_matheus_nal_e_joao.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3414/indicacao_no_194.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3415/indicacao_no_195.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3416/indicacao_no_196.2023_-_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3417/indicacao_no_197.2023_-_nal_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3418/indicacao_no_198.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3419/indicacao_no_199.2023_-_nal_matheus_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3420/indicacao_no_200.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3424/indicacao_no_201.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3425/indicacao_no_202.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3426/indicacao_no_203.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3427/indicacao_no_204.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3428/indicacao_no_205.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3431/indicacao_no_206.2023_-_goncala_marcia_joao_matheus_e_nal.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3432/indicacao_no_207.2023_-_nal_luciano_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3433/indicacao_no_208.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3434/indicacao_no_209.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3435/indicacao_no_210.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3436/indicacao_no_211.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3438/indicacao_no_212.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3439/indicacao_no_213.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3440/indicacao_no_214.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3441/indicacao_no_215.2023_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3442/indicacao_no_216.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3443/indicacao_no_217.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3444/indicacao_no_218.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3445/indicacao_no_219.2023_-_nal_marques_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3446/indicacao_no_220.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3447/indicacao_no_221.2023_-_matheus_thiago_e_nal.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3448/indicacao_no_222.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3449/indicacao_no_223.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3450/indicacao_no_224.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3461/indicacao_no_225.2023_-_goncala_marcia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3462/indicacao_no_226.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3463/indicacao_no_227.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3464/indicacao_no_228.2023_-_ze_banana_thiago_joao_matheus_e_fabio.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3465/indicacao_no_229.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3466/indicacao_no_230.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3467/indicacao_no_231.2023_-_nal_luciano_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3468/indicacao_no_232.2023_-_nal_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3469/indicacao_no_233.2023_-_goncala_marcia_e_fabio.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3470/indicacao_no_234.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3471/indicacao_no_235.2023_-_luciano_tanaka_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3472/indicacao_no_236.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3473/indicacao_no_237.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3474/indicacao_no_238.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3475/indicacao_no_239.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3476/indicacao_no_240.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3477/indicacao_no_241.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3478/indicacao_no_242.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3479/indicacao_no_243.2023_-_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3480/indicacao_no_244.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3481/indicacao_no_245.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3482/indicacao_no_246.2023_-_joao_oliveira_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3483/indicacao_no_247.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3484/indicacao_no_248.2023_-_joao_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3485/indicacao_no_249.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3490/indicacao_no_250.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3491/indicacao_no_251.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3492/indicacao_no_252.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3493/indicacao_no_253.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3494/indicacao_no_254.2023_-_ze_banana_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3495/indicacao_no_255.2023_-_ze_banana_joao_fabio_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3496/indicacao_no_256.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3497/indicacao_no_257.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3498/indicacao_no_258.2023_-_nal_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3499/indicacao_no_259.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3500/indicacao_no_260.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3501/indicacao_no_261.2023_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3502/indicacao_no_262.2023_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3503/indicacao_no_263.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3504/indicacao_no_264.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3505/indicacao_no_265.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3506/indicacao_no_266.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3507/indicacao_no_267.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3508/indicacao_no_268.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3509/indicacao_no_269.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3510/indicacao_no_270.2023_-_matheus_nal_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3511/indicacao_no_271.2023_-_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3512/indicacao_no_272.2023_-_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3514/indicacao_no_273.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3515/indicacao_no_274.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3516/indicacao_no_275.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3517/indicacao_no_276.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3518/indicacao_no_277.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3519/indicacao_no_278.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3520/indicacao_no_279.2023_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3521/indicacao_no_280.2023_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3522/indicacao_no_281.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3523/indicacao_no_282.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3524/indicacao_no_283.2023_-_nal_marques_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3525/indicacao_no_284.2023_-_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3534/indicacao_no_285.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3527/indicacao_no_286.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3528/indicacao_no_287.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3529/indicacao_no_288.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3530/indicacao_no_289.2023_-_goncala_marcia_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3531/indicacao_no_290.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3532/indicacao_no_291.2023_-_ze_banana_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3533/indicacao_no_292.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3535/indicacao_no_293.2023_-_luciano_tanaka_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3536/indicacao_no_294.2023_-_luciano_tanaka_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3537/indicacao_no_295.2023_-_luciano_tanaka_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3538/indicacao_no_296.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3539/indicacao_no_297.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3547/indicacao_no_298.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3548/indicacao_no_299.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3549/indicacao_no_300.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3550/indicacao_no_301.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3551/indicacao_no_302.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3552/indicacao_no_303.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3553/indicacao_no_304.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3554/indicacao_no_305.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3555/indicacao_no_306.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3556/indicacao_no_307.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3557/indicacao_no_308.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3558/indicacao_no_309.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3559/indicacao_no_310.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3560/indicacao_no_311.2023_-_matheus_nal_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3561/indicacao_no_312.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3562/indicacao_no_313.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3563/indicacao_no_314.2023_-_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3564/indicacao_no_315.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3565/indicacao_no_316.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3566/indicacao_no_317.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3567/indicacao_n_o_318.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3568/indicacao_no_319.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3569/indicacao_no_320.2023_-_luciano_tanaka_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3570/indicacao_no_321.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3571/indicacao_no_322.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3577/indicacao_no_323.2023_-_goncala_marcelo_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3578/indicacao_no_324.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3579/indicacao_no_325.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3580/indicacao_no_326.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3581/indicacao_no_327.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3582/indicacao_no_328.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3583/indicacao_no_329.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3584/indicacao_no_330.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3585/indicacao_no_331.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3586/indicacao_no_332.2023_-_goncala_marcia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3587/indicacao_no_333.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3588/indicacao_no_334.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3589/indicacao_no_335.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3590/indicacao_no_336.2023_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3591/indicacao_no_337.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3592/indicacao_no_338.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3593/indicacao_no_339.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3594/indicacao_no_340.2023_-_luciano_tanaka_e_joao_olieira.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3595/indicacao_no_341.2023_-_luciano_tanaka_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3596/indicacao_no_342.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3597/indicacao_no_343.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3598/indicacao_no_344.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3599/indicacao_no_345.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3600/indicacao_no_346.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3601/indicacao_no_347.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3602/indicacao_no_348.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3603/indicacao_no_349.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3604/indicacao_no_350.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3608/indicacao_no_351.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3609/indicacao_no_352.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3610/indicacao_no_353.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3611/indicacao_no_354.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3612/indicacao_no_355.2023_-_joao_oliveira_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3613/indicacao_no_356.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3614/indicacao_no_357.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3615/indicacao_no_358.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3616/indicacao_no_359.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3617/indicacao_no_360.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3618/indicacao_no_361.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3619/indicacao_no_362.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3620/indicacao_no_363.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3621/indicacao_no_364.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3622/indicacao_no_365.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3623/indicacao_no_366.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3624/indicacao_no_367.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3625/indicacao_no_368.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3626/indicacao_no_369.2023_-_marica_goncala_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3627/indicacao_no_370.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3628/indicacao_no_371.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3629/indicacao_no_372.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3630/indicacao_no_373.2023_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3631/indicacao_no_374.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3632/indicacao_no_375.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3633/indicacao_no_376.2023_-_ze_banana_matheus_goncala_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3634/indicacao_no_377.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3635/indicacao_no_378.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3644/indicacao_no_379.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3645/indicacao_no_380.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3646/indicacao_no_381.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3647/indicacao_no_382.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3648/indicacao_no_383.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3650/indicacao_no_384.2023_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3651/indicacao_no_385.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3652/indicacao_no_386.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3653/indicacao_no_387.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3654/indicacao_no_388.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3655/indicacao_no_389.2023_-_ze_banana_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3656/indicacao_no_390.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3657/indicacao_no_391.2023_-_marcia_goncala_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3658/indicacao_no_392.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3659/indicacao_no_393.2023_-_goncala_marcia_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3660/indicacao_no_394.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3661/indicacao_no_395.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3662/indicacao_no_396.2023_-_matheus_nal_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3663/indicacao_no_397.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3664/indicacao_no_398.2023_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3665/indicacao_no_399.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3670/indicacao_no_400.2023_-_goncala_marica_matheus_joao_nal_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3671/indicacao_no_401.2023_-_goncala_marcia_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3672/indicacao_no_402.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3673/indicacao_no_403.2023_-_nal_marques_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3674/indicacao_no_404.2023_-_nal_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3675/indicacao_no_405.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3676/indicacao_no_406.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3677/indicacao_no_407.2023_-_ze_banana_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3678/indicacao_no_408.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3679/indicacao_no_409.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3680/indicacao_no_410.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3681/indicacao_no_411.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3682/indicacao_no_412.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3683/indicacao_no_413.2023_-_marcia_goncala_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3684/indicacao_no_414.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3685/indicacao_no_415.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3686/indicacao_no_416.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3687/indicacao_no_417.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3688/indicacao_no_418.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3695/indicacao_no_419.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3689/indicacao_no_420.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3690/indicacao_no_421.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3691/indicacao_no_422.2023_-_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3692/indicacao_no_423.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3693/indicacao_no_424.2023.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3694/indicacao_no_425.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3697/indicacao_no_426.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3698/indicacao_no_427.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3699/indicacao_no_428.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3700/indicacao_no_429.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3701/indicacao_no_430.2023_-_goncala_marcia_e_nal.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3702/indicacao_no_431.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3703/indicacao_no_432.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3704/indicacao_no_433.2023_-_goncala_marcia_nal_matheus_luciano_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3705/indicacao_no_434.2023_-_nal_thiago_matheus_fabio_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3706/indicacao_no_435.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3707/indicacao_no_436.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3708/indicacao_no_437.2023_-_nal_thiago_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3709/indicacao_no_438.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3710/indicacao_no_439.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3711/indicacao_no_440.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3712/indicacao_no_441.2023_-_thiago_matheus_luciano_nal_fabio_joao_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3713/indicacao_no_442.2023_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3714/indicacao_no_443.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3715/indicacao_no_444.2023_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3716/indicacao_no_445.2023_-_todos_os_veredores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3717/indicacao_no_446.2023.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3718/indicacao_no_447.2023_-_luciano_goncala_e_joao.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3722/indicacao_no_448.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3723/indicacao_no_449.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3724/indicacao_no_450.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3725/indicacao_no_451.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3726/indicacao_no_452.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3727/indicacao_no_453.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3728/indicacao_no_454.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3729/indicacao_no_455.2023_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3730/indicacao_no_456.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3731/indicacao_no_457.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3732/indicacao_no_458.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3733/indicacao_no_459.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3734/indicacao_no_460.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3735/indicacao_no_461.2023_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3736/indicacao_no_462.2023_-_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3737/indicacao_no_463.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3738/indicacao_no_464.2023_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3739/indicacao_no_465.2023_-_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3740/indicacao_no_466.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3741/indicacao_no_467.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3742/indicacao_no_468.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3743/indicacao_no_469.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3744/indicacao_no_470.2023_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3749/indicacao_no_471.2023_-_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3750/indicacao_no_472.2023_-_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3751/indicacao_no_473.2023_-_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3752/indicacao_no_474.2023_-_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3753/indicacao_no_475.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3754/indicacao_no_476.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3755/indicacao_no_477.2023_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3756/indicacao_no_478.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3757/indicacao_no_479.2023.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3758/indicacao_no_480.2023_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3759/indicacao_no_481.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3760/indicacao_no_482.2023_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3761/indicacao_no_483.2023.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3762/indicacao_no_484.2023_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3763/indicacao_no_485.2023_-_luciano_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3764/indicacao_no_486.2023_-_luciano_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3765/indicacao_no_487.2023_-_luciano_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3766/indicacao_no_488.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3768/indicacao_no_489.2023_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3769/indicacao_no_490.2023_-_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3363/mocao_no_001.2023.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3540/mocao_no_002.2023.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3666/mocao_no_003.2023.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3607/projeto_de_decreto_legislativo_001.2023.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3770/projeto_de_decreto_legislativo_no_002.2023.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3184/projeto_de_lei_no_001.2023.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3185/projeto_de_lei_no_002.2023.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3186/projeto_de_lei_no_003.2023.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3227/projeto_de_lei_no_004.2023.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3228/projeto_de_lei_no_005.2023.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3234/projeto_de_lei_no_006.2023.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3237/projeto_de_lei_no_007.2023.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3313/projeto_de_lei_no_008.2023.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3355/projeto_de_lei_no_009.2023.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3377/projeto_de_lei_no_010.2023.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3389/projeto_de_lei_no_011.2023.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3421/projeto_de_lei_no_012.2023.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3422/projeto_de_lei_no_013.2023.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3423/projeto_de_lei_no_014.2023.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3429/projeto_de_lei_no_015.2023.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3451/projeto_de_lei_no_016.2023.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3453/projeto_de_lei_no_017.2023.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3454/projeto_de_lei_no_018.2023.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3455/projeto_de_lei_no_019.2023.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3456/projeto_de_lei_no_020.2023.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3457/projeto_de_lei_no_021.2023.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3458/projeto_de_lei_no_022.2023.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3459/projeto_de_lei_no_023.2023.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3486/projeto_de_lei_no_024.2023.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3542/projeto_de_lei_no_025.2023.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3546/projeto_de_lei_no_026.2023.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3573/projeto_de_lei_no_027.2023.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3574/projeto_de_lei_no_028.2023.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3575/projeto_de_lei_no_029.2023.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3640/projeto_de_lei_no_030.2023.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3641/projeto_de_lei_no_031.2023.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3667/projeto_de_lei_no_032.2023.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3747/projeto_de_lei_no_033.2023.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3771/projeto_de_lei_no_034.2023.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3779/projeto_de_lei_no_035.2023.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3781/projeto_de_lei_no_036.2023.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3230/projeto_de_lei_complementar_no_001.2023.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3233/projeto_de_lei_complementar_no_002.2023.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3235/projeto_de_lei_complementar_no_003.2023.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3236/projeto_de_lei_complementar_no_004.2023.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3352/projeto_de_lei_complementar_no_005.2023.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3430/projeto_de_lei_complementar_no_006.2023.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3487/projeto_de_lei_complementar_no_007.2023.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3488/projeto_de_lei_complementar_no_008.2023.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3489/projeto_de_lei_complementar_no_009.2023.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3513/projeto_de_lei_complementar_no_010.2023.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3543/projeto_de_lei_complementar_no_011.2023.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3544/projeto_de_lei_complementar_no_012.2023.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3545/projeto_de_lei_complementar_no_013.2023.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3576/projeto_de_lei_complementar_no_014.2023.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3636/projeto_de_lei_complementar_no_015.2023.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3637/projeto_de_lei_complementar_no_016.2023.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3642/projeto_de_lei_complementar_no_017.2023.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3643/projeto_de_lei_complementar_no_018.2023.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3696/projeto_de_lei_complementar_no_019.2023.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3720/projeto_de_lei_complementar_no_020.2023.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3721/projeto_de_lei_complementar_no_021.2023.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3767/projeto_de_lei_complementar_no_022.2023.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3772/projeto_de_lei_complementar_no_023.2023.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3773/projeto_de_lei_complementar_no_024.2023.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3774/projeto_de_lei_complementar_no_025.2023.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3775/projeto_de_lei_complementar_no_026.2023.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3183/projeto_resolucao_no_001.2023.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3232/projeto_resolucao_no_002.2023.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3278/projeto_resolucao_no_003.2023.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3572/projeto_resolucao_no_004.2023.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3231/requerimento_no_001.2023.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3238/requerimento_no_002.2023v1.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3251/requerimento_no_003.2023.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3311/requerimento_no_004.2023.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3312/requerimento_no_005.2023.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3314/requerimento_no_006.2023.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3315/requerimento_no_007.2023.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3335/requerimento_no_008.2023.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3353/requerimento_no_009.2023.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3354/requerimento_no_010.2023.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3372/requerimento_no_011.2023.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3437/requerimento_no_012.2023.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3452/requerimento_no_013.2023.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3460/requerimento_no_014.2023.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3541/requerimento_no_015.2023.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3605/requerimento_no_016.2023.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3606/requerimento_no_017.2023.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3638/requerimento_no_018.2023.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3668/requerimento_no_019.2023.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3669/requerimento_no_020.2023.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3719/requerimento_no_021.2023.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3745/requerimento_no_022.2023.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3746/requerimento_no_023.2023.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3777/requerimento_no_024.2023.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3778/requerimento_no_025.2023.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3780/requerimento_no_026.2023.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3782/requerimento_no_027.2023.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3356/processo_de_julgamento_no_001.2023.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2023/3639/processo_julgamento_contas_exec_2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H591"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="109.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="149" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="148.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>