--- v0 (2025-12-11)
+++ v1 (2026-03-22)
@@ -54,8020 +54,8020 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Gonçala</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2494/indicacao_no_001.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2494/indicacao_no_001.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutores de velocidade (LOMBADAS) em toda a extensão da Rua Belmiro Ornellas de Almeida. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Gonçala, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2495/indicacao_no_002.2022_-_goncala_marcelo_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2495/indicacao_no_002.2022_-_goncala_marcelo_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição e a instalação de brinquedos (PLAYGROUND) no Lago Municipal, bem como também brinquedos adaptados para pessoas com deficiência e pessoas com mobilidade reduzida. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Gonçala, Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2516/indicacao_no_003.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2516/indicacao_no_003.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar em forma emergencial, a instalação de ventiladores/circuladores nas dependências do centro médico municipal, os quais, em caráter opinativo, deveriam ser instalados nos corredores laterais e em frente à farmácia.</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2497/indicacao_no_004.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2497/indicacao_no_004.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de cerca de 290 caminhas empilháveis para a E.M.E.B "Luiz Ometto" e CMEI “Lucelma de Souza Pessoa”. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2498/indicacao_no_005.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2498/indicacao_no_005.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua 7 de setembro, na altura do número 1202.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Gonçala, Luciano Tanaka, Matheus Campos, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2499/indicacao_no_006.2022_-_goncala_marcelo_luciano_tanaka_matheus_de_campos_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2499/indicacao_no_006.2022_-_goncala_marcelo_luciano_tanaka_matheus_de_campos_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de bancos de cimento para a área interna do Lago Municipal de Pradópolis. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Luciano Tanaka</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2500/indicacao_no_007.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2500/indicacao_no_007.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de criar-se um programa de recolhimento de notas fiscais nos estabelecimentos de Pradópolis em prol ao Fundo Social de Solidariedade, distribuindo urnas identificadas pelo comércios, com adesivo do referido fundo social.</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Luciano Tanaka, Fabão, Gonçala, Joãozinho da Papelaria, Marcia, Matheus Campos, Nal Marques, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2501/indicacao_no_008.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2501/indicacao_no_008.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de se construir um teatro municipal, ou de espaço próprio para apresentações artísticas e culturais de nosso município.</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2502/indicacao_no_009.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2502/indicacao_no_009.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que viabilize recursos para a construção de um prédio para Centro de Múltiplo Uso.</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2503/indicacao_no_010.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2503/indicacao_no_010.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção de um poço artesiano na dependência do bairro Jardim Primavera.</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2550/indicacao_no_011.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2550/indicacao_no_011.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que providências sejam tomadas nos cuidados de animais e a castração dos mesmos para que possamos ter o controle da população de cães e gatos de nosso município.</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2505/indicacao_no_012.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2505/indicacao_no_012.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar dentro da disponibilidade financeira a criação de projetos "BOLSA ATLETA" a fim de valorizar e beneficiar os jovens e adolescentes do município de Pradópolis que praticam atividades esportivas.</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2506/indicacao_no_013.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2506/indicacao_no_013.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que providências sejam estudas junto ao Departamento de Saúde Municipal para que seja criado um programa de fornecimento de prótese dentária (dentadura) aos idosos de baixa renda do Município de Pradópolis.</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2507/indicacao_no_014.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2507/indicacao_no_014.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar estudos para implantação de um CEO – Centro de Especialidades Odontológicas junto ao Centro Odontológico Municipal “Genoveva Rota Pacheco”.</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2508/indicacao_no_015.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2508/indicacao_no_015.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, PARA VIABILIZAR AQUISIÇÃO E INSTALAÇÃO DE 01(UM) SEMÁFORO NO CRUZAMENTO DA RUA CASTRO ALVES COM A RUA SÃO MARTINHO.</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2509/indicacao_no_016.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2509/indicacao_no_016.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEPARTAMENTO COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDENCIAR AS TROCAS DAS LÂMPADAS CONVENCIONAIS PELAS MODERNAS E ECONÔMICAS DE LED EM TODA A EXTENSÃO DO BAIRRO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2510/indicacao_no_017.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2510/indicacao_no_017.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEPARTAMENTO COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDENCIAR PLACAS DE SINALIZAÇÃO NAS RUAS DO HORTO GUARANI.</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2511/indicacao_no_018.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2511/indicacao_no_018.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEPARTAMENTO COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR INSTALAÇÕES DE PONTOS DE ÔNIBUS NO BAIRRO JARDIM DAS OLIVEIRAS.</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2512/indicacao_no_019.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2512/indicacao_no_019.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEPARTAMENTO COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDENCIAR AS DEMARCAÇÕES AMARELAS “FAIXAS EXCLUSIVAS” NOS PONTOS DE PARADA DE ÔNIBUS.</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2513/indicacao_no_020.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2513/indicacao_no_020.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE CONSTRUIR UMA PRAÇA CONTENDO LÂMPADAS DE LED E PLAYGROUND NO BAIRRO JARDIM DAS OLIVEIRAS.</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2514/indicacao_no_021.2022_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2514/indicacao_no_021.2022_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a construção de uma escola, no bairro Nova Pradópolis l e ll.</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2515/indicacao_no_022.2022_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2515/indicacao_no_022.2022_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a instalação de um ponto de ônibus no Jardim dos Pássaros l e ll.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Fabão, Gonçala, Joãozinho da Papelaria, Luciano Tanaka, Marcia, Matheus Campos, Nal Marques, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2517/indicacao_no_023.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2517/indicacao_no_023.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de conceder reajuste salarial aos servidores públicos municipais o mais breve possível , com a finalidade de se repor as perdas causadas pela inflação, haja vista que seus salários estão congelados há mais de 20 meses.</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2518/indicacao_no_024.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2518/indicacao_no_024.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção de um poço artesiano na dependência da área do almoxarifado central.</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2519/indicacao_no_025.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2519/indicacao_no_025.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalar letras gigantes de concreto com o nome do município de PRADÓPOLIS na praça PIO XII. (foto em anexo).</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2520/indicacao_no_026.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2520/indicacao_no_026.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de cortinas em todas as janelas da escola Octavio Giovanetti.</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2521/indicacao_no_027.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2521/indicacao_no_027.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de fazer uma interligação adequada para pedestres e ciclistas entre o Centro e os bairros Nova Pradópolis e Parque dos Pássaros.</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Thiago Aquino, Fabão, Gonçala, Joãozinho da Papelaria, Luciano Tanaka, Marcia, Matheus Campos, Nal Marques, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2522/indicacao_no_028.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2522/indicacao_no_028.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura, no sentido de construir banheiros e instalação de um bebedouro Industrial na "pista de skate" da Avenida Monte Sereno.</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2523/indicacao_no_029.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2523/indicacao_no_029.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a contratação de Médicos Especialistas para atender na Unidade Básica de Saúde "Lineu Zacharias" e oferecer atendimento 24 hrs”.</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2524/indicacao_no_030.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2524/indicacao_no_030.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a compra de cadeiras de rodas e de banho para, quando necessário, serem emprestadas à população pradopolense.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Thiago Aquino, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2525/indicacao_no_031.2022_-_thiago_alves_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2525/indicacao_no_031.2022_-_thiago_alves_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de proceder com a aquisição de uma Van adaptada para o transporte de cadeirantes no uso da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Thiago Aquino, Gonçala, Joãozinho da Papelaria</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2526/indicacao_no_032.2022_-_thiago_aquino_joao_oliveira_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2526/indicacao_no_032.2022_-_thiago_aquino_joao_oliveira_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de ampliar os horários de atendimento da farmácia do Centro Médico Municipal "Januário Teodoro de Souza".</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2527/indicacao_no_033.2022_-_thiago_alves_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2527/indicacao_no_033.2022_-_thiago_alves_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal para que junto ao Departamento competente, realize a implantação de atendimento odontológico na Unidade Básica de Saúde Lineu Zacharias, localizada no bairro Jardim Bela Vista.</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Thiago Aquino, Joãozinho da Papelaria</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2528/indicacao_no_034.2022_-_thiago_alves_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2528/indicacao_no_034.2022_-_thiago_alves_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a aquisição e implantação de um aparelho de ultrassom para área da saúde.</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2529/indicacao_no_035.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2529/indicacao_no_035.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de incluir o tratamento de canal no Centro Odontológico Municipal.</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2530/indicacao_no_036.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2530/indicacao_no_036.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de criar um mecanismo de revisão de água em favorecimento aos usuários.</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2531/indicacao_no_037.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2531/indicacao_no_037.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao departamento competente, realize antes do retorno das aulas a desinfecção nas escolas e a aquisição de sabonete, álcool em gel e papel toalha em toda Rede municipal de ensino.</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2532/indicacao_no_038.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2532/indicacao_no_038.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo para que através do setor competente, realize o fornecimento de uniforme e material escolar gratuito aos alunos da Rede Municipal de Ensino no início do ano letivo.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2533/indicacao_no_039.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2533/indicacao_no_039.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de adquirir equipamentos de áudio para chamada de pacientes no Centro Médico Municipal "Januário Theodoro de Souza".</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2534/indicacao_no_040.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2534/indicacao_no_040.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A INSTALAÇÃO DE UM PONTO DE ÔNIBUS COM COBERTURA E ASSENTOS NA ESQUINA DA “EMEF AUGUSTO DE CAMPOS”, NA AVENIDA MONTE SERENO ESQUINA COM A RUA SALVADOR PURCINI, NO BAIRRO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Matheus Campos, Gonçala</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2535/indicacao_no_041.2022_-_matheus_de_campos_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2535/indicacao_no_041.2022_-_matheus_de_campos_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A MANUTENÇÃO DA CALÇADA LOCALIZADA EM TORNO DA BIBLIOTECA MUNICIPAL (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2536/indicacao_no_042.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2536/indicacao_no_042.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, POSSIBILITE A IMPLANTAÇÃO DE UM SISTEMA DE RESGATE E ATENDIMENTO VETERINÁRIO DE URGÊNCIA PARA ANIMAIS DE RUA EM SITUAÇÃO DE RISCO.</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Matheus Campos, Fabão, Gonçala, Joãozinho da Papelaria, Luciano Tanaka, Marcia, Nal Marques, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2537/indicacao_no_043.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2537/indicacao_no_043.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ANALISE A POSSIBILIDADE DE AQUISIÇÃO E INSTALAÇÃO DE CLIMATIZADORES DE AR NA CRECHE MUNICIPAL “CEMEI AGENOR PAVAN”.</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2538/indicacao_no_044.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2538/indicacao_no_044.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, AUMENTE A FISCALIZAÇÃO QUANTO AO DESCARTE IRREGULAR DE ENTULHOS E DE LIXO EM TERRENOS PÚBLICOS E PARTICULARES.</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2539/indicacao_no_045.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2539/indicacao_no_045.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE ESTUDO NO SENTIDO DE IMPLANTAR UM REDUTOR DE VELOCIDADE (LOMBADA) NA RUA FRANCISCO RODRIGUES LIMA, ALTURA DO N° 231, NO BAIRRO JARDIM DAS OLIVEIRAS.</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2540/indicacao_no_046.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2540/indicacao_no_046.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Av. José dos Santos Martins, na altura do número 980, bairro Nova Pradópolis I.</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2541/indicacao_no_047.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2541/indicacao_no_047.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) em toda extensão da rua Júlio Vinha, especialmente na altura do número 200.</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2542/indicacao_no_048.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2542/indicacao_no_048.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na rua São Martinho, na altura do número 954.</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2543/indicacao_no_049.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2543/indicacao_no_049.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a manutenção do calçamento da escola CEMA Dorival Rossi até a Horta, na Rua Tiradentes. (fotos em anexo).</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2544/indicacao_no_050.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2544/indicacao_no_050.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a manutenção no calçamento da UBS "Lineu Zacharias", na Av. Monte Sereno e Rua Ivan Fernandes Sardão. (Fotos em anexo).</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Nal Marques, Luciano Tanaka</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2545/indicacao_no_051.2022_-_nal_marques_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2545/indicacao_no_051.2022_-_nal_marques_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que providências sejam adotadas com a finalidade implantar iluminação do tipo Led no trevo de acesso da entrada da cidade às margens da Rodovia Deputado Cunha Bueno.</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2546/indicacao_no_052.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2546/indicacao_no_052.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a sinalização das rampas de acesso e das bases dos pilares de sustentação da cobertura da quadra, instalação de corrimãos e pintura do calçamento com tinta do tipo grafite, no Centro de Convivência do Idoso.</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2547/indicacao_no_053.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2547/indicacao_no_053.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, a possibilidade de disponibilizar aparelhos de ginástica aos pais e mães, e brinquedos, na área verde, em frente ao supermercado Cojiba e nas demais pracinhas que também não tem aparelhos.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2548/indicacao_no_054.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2548/indicacao_no_054.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, viabilização de Emenda Parlamentar, para manutenção e ampliação da troca de lâmpadas convencionais por LED nas áreas verdes localizadas nos bairros Jardim Jacarandás, Jardim Boa Vista e Jardim Flamboyant da cidade Pradópolis.</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2549/indicacao_no_055.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2549/indicacao_no_055.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de uma quadra de areia na área institucional e o calçamento ao redor desta área, localizada no Bairro Jardim Jacarandá, entre as ruas Sete de Setembro e 13 de Maio.</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Marcia, Gonçala</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2551/indicacao_no_056.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2551/indicacao_no_056.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a aquisição e instalação de climatizador de ar no salão do Bocha Municipal.</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2552/indicacao_no_057.2022_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2552/indicacao_no_057.2022_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, da Prefeitura, instalação de um ponto de ônibus com cobertura na Rua Presidente Vargas com Rua Santo Antônio, ao lado da Escola Sergio Rossetti.</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2553/indicacao_no_058.2022_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2553/indicacao_no_058.2022_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar colocação de refletores no campão municipal.</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Marcia, Fabão, Gonçala, Joãozinho da Papelaria, Luciano Tanaka, Matheus Campos, Nal Marques, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2554/indicacao_no_059.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2554/indicacao_no_059.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a adaptação necessária das ambulâncias alocadas no Departamento Municipal de Saúde, possibilitando o transporte seguro e eficaz de pacientes que façam o uso de aparelhos respiratório, tais como BIPAP e concentradores de oxigênio.</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Marcia, Fabão, Gonçala</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2555/indicacao_no_060.2022_-_marcia_da_silva_goncala_marcelo_e_fabio_da_costa.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2555/indicacao_no_060.2022_-_marcia_da_silva_goncala_marcelo_e_fabio_da_costa.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a construção de uma área de lazer no bairro Nova Pradópolis l e ll.</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Gonçala, Fabão, Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2556/indicacao_no_061.2022_-_goncala_marcelo_marcia_da_silva_e_fabio_da_costa.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2556/indicacao_no_061.2022_-_goncala_marcelo_marcia_da_silva_e_fabio_da_costa.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de climatizadores de ar para as salas de aula da escola E.M.E.B "Luiz Ometto".</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2557/indicacao_no_062.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2557/indicacao_no_062.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção do calçamento (cimentar), do pátio de entrada, e da entrada da CMEI Lucelma de Souza Pessoa, na rua Manoel Teixeira e rua Emilia da Conceição respectivamente.</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2558/indicacao_no_063.2022_-_marcia_da_silva_goncala_marcelo_e_fabio_da_costa.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2558/indicacao_no_063.2022_-_marcia_da_silva_goncala_marcelo_e_fabio_da_costa.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a construção de uma praça no bairro Nova Pradópolis l, entre as Ruas Vania aparecida Tabanez, Mercedes Pescaroli Marcari e José João Davi Sobrinho.</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2559/indicacao_no_064.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2559/indicacao_no_064.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, em caráter emergencial, no sentido de viabilizar a contratação de vigilância 24 horas, para o prédio e arredores do terminal Rodoviário Municipal “Neusa Fequetia Barrico”.</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Marcia, Fabão, Gonçala, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2560/indicacao_no_065.2022_-_marcia_goncala_fabio_thiago_e_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2560/indicacao_no_065.2022_-_marcia_goncala_fabio_thiago_e_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição e a instalação de 290 metros de grade, com 2 portões para o entorno das piscinas do Clube Municipal.</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2561/indicacao_no_066.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2561/indicacao_no_066.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a criação de um calendário esportivo para o ano de 2022, bem como informações complementares acerca do cronograma das atividades relacionadas ao tema a fim de possibilitar maior planejamento por parte dos envolvidos.</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Marcia, Gonçala, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2563/indicacao_no_067.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2563/indicacao_no_067.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a aquisição de uma ambulância de serviço móvel avançada SAMU.</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2564/indicacao_no_068.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2564/indicacao_no_068.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de fazer a manutenção das placas de denominativas do Centro da cidade.</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Gonçala, Fabão, Marcia, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2565/indicacao_no_069.2022_-_goncala_marcia_thiago_e_fabio.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2565/indicacao_no_069.2022_-_goncala_marcia_thiago_e_fabio.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de climatizadores de ar para todas as salas de aula das escola E.M.E.B "Zaíra Ometto".</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2566/indicacao_no_070.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2566/indicacao_no_070.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos seja feito em toda a extensão da AV. Gabino Arroyo, no bairro Jardim Maria Luiza l, para colocação de lombadas.</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2567/indicacao_no_071.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2567/indicacao_no_071.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ANALISE A POSSIBILIDADE DE AQUISIÇÃO E INSTALAÇÃO DE CLIMATIZADORES DE AR NA "EMEI MARIA THEREZINHA FERRARI RIBEIRO".</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2568/indicacao_no_072.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2568/indicacao_no_072.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que estude a possibilidade de instalar "Brinquedos Adaptados" para crianças portadoras de necessidades especiais em praças públicas e áreas de lazer do Município.</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2569/indicacao_no_073.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2569/indicacao_no_073.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a limpeza das pedras que ficam ao entorno da Rodoviária.</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2570/indicacao_no_074.2022_-_joao_oliveira_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2570/indicacao_no_074.2022_-_joao_oliveira_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR A AMPLIAÇÃO DO PARQUE INFANTIL ZAIRA OMETTO.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2571/indicacao_no_075.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2571/indicacao_no_075.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A INSTALAÇÃO DE BRINQUEDOS (PLAYGROUND) ADAPTADOS PARA CRIANÇAS COM DEFICIÊNCIA FÍSICA NAS ESCOLAS MUNICIPAIS DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2572/indicacao_no_076.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2572/indicacao_no_076.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A MANUTENÇÃO OU A TROCA DO PLAYGROUND EXISTENTE NA ESCOLA "EMEB LUIZ OMETTO" (IMAGENS ANEXAS).</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2573/indicacao_no_077.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2573/indicacao_no_077.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A COLOCAÇÃO DE REDES NAS TRAVES E A PINTURA DA QUADRA DO COMPLEXO ESPORTIVO INTEGRADO A “EMEF AUGUSTO DE CAMPOS”.</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2574/indicacao_no_078.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2574/indicacao_no_078.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A COLOCAÇÃO DE REDES NAS TRAVES E A PINTURA DAS DUAS QUADRAS LOCALIZADAS NO CENTRO ESPORTIVO MUNICIPAL ANTÔNIO BARRICO SOBRINHO (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Matheus Campos, Joãozinho da Papelaria</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2576/indicacao_no_079.2022_-_matheus_de_campos_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2576/indicacao_no_079.2022_-_matheus_de_campos_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A REVITALIZAÇÃO DO CANTEIRO CENTRAL LOCALIZADO NA AVENIDA GABINO ARROYO, NO BAIRRO JARDIM MARIA LUIZA I, BEM COMO A INSTALAÇÃO DE PLACAS PROIBINDO O DESCARTE IRREGULAR DE LIXOS NO LOCAL.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2577/indicacao_no_080.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2577/indicacao_no_080.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, INSTALE TENDAS EM PONTOS ESTRATÉGICOS VISANDO A REALIZAÇÃO DE EVENTOS CULTURAIS PARA ENTRETENIMENTO DE CRIANÇAS E ADOLESCENTES, DURANTE O PERÍODO DE FÉRIAS ESCOLARES EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2578/indicacao_no081.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2578/indicacao_no081.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO A O DEPARTAMENTO COMPETENTE, OFEREÇA AULAS DE PILATES VOLTADAS PARA OS IDOSOS ATENDIDOS PELO CENTRO DE CONVIVÊNCIA DO IDOSO EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Matheus Campos, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2579/indicacao_no_082.2022_-_matheus_de_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2579/indicacao_no_082.2022_-_matheus_de_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM ENGENHARIA DE TRÂNSITO PARA PROJETAR A REESTRUTURAÇÃO DO TRÂNSITO, PRINCIPALMENTE NA ÁREA CENTRAL, DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2580/indicacao_no_083.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2580/indicacao_no_083.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de uma academia ao ar livre na “PRAÇA DA COHAB”.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2581/indicacao_no_084.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2581/indicacao_no_084.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de um redutor de velocidade (Lombada) na Rua José Ferreira Gonçalves, na altura do número 1390.</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2582/indicacao_no_085.2022_-_goncala_e_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2582/indicacao_no_085.2022_-_goncala_e_matheus_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de uma Roçadeira Costal, para que seja realizada a roçagem de grama do Cemitério Municipal.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Gonçala, Marcia, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2617/indicacao_no_086.2022_-_goncala_nal_marques_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2617/indicacao_no_086.2022_-_goncala_nal_marques_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção de uma cobertura para as entradas do Centro Médico Municipal, da Rua Pereira Barreto e da Rua Duque de Caxias. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Gonçala, Marcia, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2584/indicacao_no_087.2022_-_goncala_matheus_e_marcia.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2584/indicacao_no_087.2022_-_goncala_matheus_e_marcia.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição de um caminhão pipa para o município.</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Matheus Campos, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2585/indicacao_no_088.2022_-_joao_matheus_e_thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2585/indicacao_no_088.2022_-_joao_matheus_e_thiago.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR AQUISIÇÃO DE UM RESPIRADOR DE ÚLTIMA GERAÇÃO PARA O CENTRO MÉDICO MUNICIPAL DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2586/indicacao_no_089.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2586/indicacao_no_089.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE CONSTRUIR UMA CICLOVIA DO TREVO DE ENTRADA ATÉ O INICIO DA RUA SANTO ANTONIO PARA QUE OS MORADORES DO BAIRRO NOVA PRADÓPOLIS POSSAM UTILIZAR.</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2587/indicacao_no_090.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2587/indicacao_no_090.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO DA RONDA ESCOLAR NO ÂMBITO DO MUNICÍPIO PARA O ANO LETIVO DE 2022.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2588/indicacao_no_091.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2588/indicacao_no_091.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE (LOMBADA) NA RUA SETE DE SETEMBRO NA ALTURA DO NÚMERO 391, CENTRO.</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2600/indicacao_no_092.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2600/indicacao_no_092.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDENCIAR A CONTRATAÇÃO DE SERVIDORAS DENOMINADAS MERENDEIRAS DO CONCURSO ATUAL VIGENTE.</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Nal Marques, Gonçala</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2616/indicacao_no_093.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2616/indicacao_no_093.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a manutenção e a construção de uma cobertura até na calçada, do forro da entrada principal do pronto atendimento Municipal "Waldemar Balatore", conforme foto em anexo.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2591/indicacao_no_094.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2591/indicacao_no_094.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, que seja construído um Hospital de Emergência em nosso município.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2592/indicacao_no_095.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2592/indicacao_no_095.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a compra de material esportivo para as unidades escolares: Ensino Infantil, Fundamental I e II e Ensino Médio.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2593/indicacao_no_096.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2593/indicacao_no_096.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que medidas sejam tomadas para a contratação de mais Policia Militar para atender 24h em nosso município.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2594/indicacao_no_097.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2594/indicacao_no_097.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que realize a adequação dos valores por KM rodado dos perueiros que realizam o transporte escolar terceirizados no município.</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2595/indicacao_no_098.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2595/indicacao_no_098.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar junto a Secretaria da Saúde do Estado de São Paulo, a Carreta de Mamografia para atendimento as Mulheres do Município.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Gonçala, Marcia, Matheus Campos, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2597/indicacao_no_099.2022_-_goncala_marcelo_marcia_da_silva__matheus_campos_e_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2597/indicacao_no_099.2022_-_goncala_marcelo_marcia_da_silva__matheus_campos_e_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a contratação de mais psicólogos para o Centro Médico Municipal.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2599/indicacao_no_100.2022_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2599/indicacao_no_100.2022_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a troca das tampas de concreto, que se encontra quebradas na Escola “Ceci Luiz Ometto”.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2601/indicacao_no_101.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2601/indicacao_no_101.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a manutenção do calçamento no quarteirão onde localizam-se os prédios da sede da Prefeitura e Câmara Municipal. (fotos anexas)</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2602/indicacao_no_102.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2602/indicacao_no_102.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de se aplicar recursos financeiros da Secretaria da Educação no Cema Dorival Rossi a fim de se construir uma sala de atividades artísticas manuais, ampliando, desse modo, a capacidade de atendimento às pessoas com deficiência (PCD) do município.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Luciano Tanaka, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2603/indicacao_no_103.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2603/indicacao_no_103.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de redutor de velocidade (lombada), na extensão da Avenida José dos Santos Martins, Nova Pradópolis II.</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Luciano Tanaka, Matheus Campos, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2604/indicacao_no_104.2022_-_luciano_tanaka_nal_marques_e_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2604/indicacao_no_104.2022_-_luciano_tanaka_nal_marques_e_matheus_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de promover a instalação de assentos com cobertura, conforme imagem anexa, nos campos de futebol Estádio Municipal Sérgio Rossetti e Estádio de Futebol Cantareira a fim de proporcionar aos usuários destes locais um ambiente mais confortável durante a prática esportiva e/ou recreação.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Luciano Tanaka, Joãozinho da Papelaria, Matheus Campos, Nal Marques, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2605/indicacao_no_105.2022_-_luciano_tanaka_joao_da_costa_nal_marques_matheus_campos_e_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2605/indicacao_no_105.2022_-_luciano_tanaka_joao_da_costa_nal_marques_matheus_campos_e_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido da criação de campeonatos municipais nas modalidades de atletismo, corrida, artes marciais (kung-Fu, MMA, Capoeira), vôlei, campeonatos futebol (campo, salão), dança, etc.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2606/indicacao_no_106.2022_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2606/indicacao_no_106.2022_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar uma praça com play ground e academia ao ar livre no bairro Nova Pradópolis.</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2607/indicacao_no_107.2022_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2607/indicacao_no_107.2022_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a implantação e aquisição do "bueiro inteligente" cesto coletor de lixo dentro das bocas de lobo (Imagens anexas).</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2608/indicacao_no_108.2022_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2608/indicacao_no_108.2022_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua Tiradentes, na altura do número 529.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2609/indicacao_no_109.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2609/indicacao_no_109.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de 100 colchonetes para a E.M.E.B "Luiz Ometto" e para E.M.E.B "Zaira Ometto".</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Matheus Campos, Gonçala, Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2610/indicacao_no_110.2022_-_matheus_campos_goncala_e_marcia.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2610/indicacao_no_110.2022_-_matheus_campos_goncala_e_marcia.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A AQUISIÇÃO DE EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL - EPI'S, PARA COMBATE A INCÊNDIO, DESTINADOS AO USO DOS FUNCIONÁRIOS DO CAMINHÃO PIPA DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2611/indicacao_no_111.2022_-_matheus_campos_goncala_e_marcia.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2611/indicacao_no_111.2022_-_matheus_campos_goncala_e_marcia.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A AQUISIÇÃO DE ILUMINAÇÃO DE EMERGÊNCIA E SINALIZAÇÃO DE SEGURANÇA PARA O CAMINHÃO PIPA DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2612/indicacao_no_112.2022_-_thiago_aquino_e_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2612/indicacao_no_112.2022_-_thiago_aquino_e_matheus_campos.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal para que junto ao Departamento Competente, proceda com a aquisição e instalação de um playground na Creche Professora Lucelma de Souza.</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2613/indicacao_no_113.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2613/indicacao_no_113.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a informatização do sistema de agendamento de consultas e exames, permitindo que o munícipe obtenha um protocolo de atendimento imediatamente após a realização do pedido de exame e/ou consulta.</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2614/indicacao_no_114.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2614/indicacao_no_114.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, realize a roçagem da grama e construa um calçamento para passagem de pedestre na Rua Paulo da Silva no Bairro Nova Pradópolis, até a Edícula "Rota Caipira".</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2615/indicacao_no_115.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2615/indicacao_no_115.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, realize a roçagem do mato e da grama na Avenida José dos Santos Martins no Bairro Nova Pradópolis I.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Thiago Aquino, Fabão, Gonçala, Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2618/indicacao_no_116.2022_-_thiago_marcia_fabio_e_goncala.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2618/indicacao_no_116.2022_-_thiago_marcia_fabio_e_goncala.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal para que junto ao departamento competente, realize a reforma no prédio do Conselho Tutelar.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2621/indicacao_no_117.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2621/indicacao_no_117.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a volta das aulas de hidroginástica nas piscinas do clube municipal.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2622/indicacao_no_118.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2622/indicacao_no_118.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a limpeza e a revitalização dos revestimentos (pedras mineira) no entorno das piscinas do Clube municipal. (foto anexa)</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2625/indicacao_no_119.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2625/indicacao_no_119.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de notebooks e/ou tablets para os alunos de toda rede municipal de ensino de nossa cidade.</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2626/indicacao_no_120.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2626/indicacao_no_120.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a manutenção no calçamento da entrada e da saída da cidade (sentido Ribeirão Preto), Rua Santo Antônio e Rua Santos Dumont respectivamente.</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2627/indicacao_no_121.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2627/indicacao_no_121.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a poda de árvores da área verde do Riacho Doce e a colocação de postes de iluminação.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2628/indicacao_no_122.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2628/indicacao_no_122.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a poda de árvore e troca de lâmpadas queimadas na praça da Rua Alberto Prado na altura do número 970, Jardim Miriam III.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2629/indicacao_no_123.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2629/indicacao_no_123.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A COMPRA DE ESPREGUIÇADEIRAS OU CADEIRAS DE SOL OU OUTRAS QUE JULGAREM PERTINENTES PARA O CLUBE MUNICIPAL DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2630/indicacao_no_124.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2630/indicacao_no_124.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE PLACAS DENOMINATIVAS NAS RUAS NO DISTRITO INDUSTRIAL E COMERCIAL DE PRADÓPOLIS - DINPRA.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2631/indicacao_no_125.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2631/indicacao_no_125.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A MANUTENÇÃO OU A TROCA DO PLAYGROUND EXISTENTE NA ESCOLA "EMEB ZAÍRA OMETTO".</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Matheus Campos, Luciano Tanaka</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2632/indicacao_no_126.2022_-_matheus_de_campos_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2632/indicacao_no_126.2022_-_matheus_de_campos_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE POSTES DE ILUMINAÇÃO NA ÁREA VERDE AO LADO DA CRECHE "LUCELMA DE SOUZA PESSOA", MAIS ESPECIFICAMENTE NA RUA JOSÉ FERREIRA GONÇALVES, ENTRE A RUA EMILIA DA CONCEIÇÃO E A RUA MATHIAS LOZEI (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Fabão, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2633/indicacao_no_127.2022_-_fabio_da_costa_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2633/indicacao_no_127.2022_-_fabio_da_costa_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura, que realize melhorias na iluminação do Distrito Industrial e Comercial de Pradópolis - DINPRA.</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2634/indicacao_no_128.2022_-_matheus_de_campos_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2634/indicacao_no_128.2022_-_matheus_de_campos_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A TROCA DAS LÂMPADAS CONVENCIONAIS POR LED EM TODA A EXTENSÃO DOS BAIRROS JARDIM MIRIAM I, II E III.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Nal Marques, Fabão, Gonçala, Joãozinho da Papelaria, Luciano Tanaka, Marcia, Matheus Campos, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2635/indicacao_no_129.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2635/indicacao_no_129.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de promover a construção de arquibancada no Estádio de Futebol Cantareira, afim de proporcionar aos usuários um ambiente mais tranquilo ao acompanhar a prática de esporte.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2636/indicacao_no_130.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2636/indicacao_no_130.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a informatização da entrada do Centro Esportivo para o controle e agilidade do acesso ao local.</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2637/indicacao_no_131.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2637/indicacao_no_131.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção de banheiros para os feirantes e para a população, próximo a rotatória da Avenida Monte Sereno na Feira que acontece as quartas-feiras em nosso Município.</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2638/indicacao_no_132.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2638/indicacao_no_132.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a ronda policial na Rua A no Assentamento Horto Guarani.</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2639/indicacao_no_133.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2639/indicacao_no_133.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar o nivelamento na estrada de terra já existente da Rua A no Assentamento Horto Guarani.</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2640/indicacao_no_134.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2640/indicacao_no_134.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de promover a aquisição e instalação de um semáforo no cruzamento das ruas Santo Antônio e Sete de Setembro.</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2641/indicacao_no_135.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2641/indicacao_no_135.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao departamento competente, efetue a aquisição de equipamentos de nebulização para o combate ao mosquito Aedes aegypti.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2642/indicacao_no_136.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2642/indicacao_no_136.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a contratação de empresa especializada para serviço de poda de árvores, incluindo serviços de remoção e transporte dos resíduos.</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2643/indicacao_no_137.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2643/indicacao_no_137.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de implantar computadores na Biblioteca Municipal com acesso a internet.</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2644/indicacao_no_138.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2644/indicacao_no_138.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura, no sentido de criar um plano de atendimento odontológico nas escolas municipais.</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2645/indicacao_no_139.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2645/indicacao_no_139.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, objetivando a criação de uma comissão de eventos, constituída por representantes dos Poderes legislativo e executivo, bem como da sociedade civil, que atuará junto ao departamento da cultura para auxiliar no planejamento e sistematização de eventos promovidos em nosso município.</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2646/indicacao_no_140.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2646/indicacao_no_140.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a implantação de sistema online 24h para realização de agendamento de consulta realizado no Centro Médico "Januário Theodoro de Souza".</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2647/indicacao_no_141.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2647/indicacao_no_141.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade "lombada" na rua Eliotério Pizarro próximo ao Supermercado Bitella.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2648/indicacao_no_142.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2648/indicacao_no_142.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de uma quadra de esportes coberta nas creches Lucelma de Souza Pessoa e creche Simone Anacleto.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2649/indicacao_no_143.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2649/indicacao_no_143.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade "lombada" na Rua 1° de maio com a Rua Cesar Giovanetti.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Luciano Tanaka, Joãozinho da Papelaria</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2650/indicacao_no_144.2022_-_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2650/indicacao_no_144.2022_-_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que os carros do setor Saúde (ambulâncias/Samu) sejam equipados com aparelhos celulares.</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2651/indicacao_no_145.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2651/indicacao_no_145.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição e a instalação de motor para portão eletrônico, para a creche "Simone Anacleto de Oliveira Ijans".</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2652/indicacao_no_146.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2652/indicacao_no_146.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE CONSTRUIR SALAS DE AULAS NA ESCOLA OCTAVIO GIOVANETTI.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2653/indicacao_no_147.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2653/indicacao_no_147.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA. NO SENTIDO DE CONSTRUIR UMA RAMPA DE ACESSO INTERLIGANDO O PRONTO ATENDIMENTO (WALDEMAR BALATORI) COM O CENTRO DE DIAGNOSTICO (JÁNUARIO THEODORO DE SOUZA).</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2654/indicacao_no_148.2022_-_joao_oliveira_matheus_de_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2654/indicacao_no_148.2022_-_joao_oliveira_matheus_de_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE IMPLANTAR EM TODAS AS ESCOLAS O AVCB (AUTO DE VISTORIA DO CORPO DE BOMBEIROS).</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Fabão, Gonçala, Luciano Tanaka, Marcia, Matheus Campos, Nal Marques, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2655/indicacao_no_149.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2655/indicacao_no_149.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDENCIAR PINTURA DE SOLO EXTERNA E INTERNA E SUA MANUTENÇÃO EM TODA A SUA EXTENSÃO DO CLUBE MUNICIPAL.</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2656/indicacao_no_150.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2656/indicacao_no_150.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE COLOCAR COBERTURAS NOS PORTÕES DE ACESSO EM TODAS AS ESCOLAS E CRECHES.</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2667/indicacao_no_151.2022_-_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2667/indicacao_no_151.2022_-_matheus_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE PROVIDENCIE A RETIRADA DE UM POSTE QUE SE ENCONTRA NO MEIO DA RUA, LOCALIZADO ENTRE A RUA ROSA DE OLIVEIRA CAMPOS CRUZAMENTO COM A RUA ANTONIO PONTES CAMARA, PRÓXIMO AO N° 380, CONFORME IMAGEM ANEXA.</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Gonçala, Fabão, Joãozinho da Papelaria, Luciano Tanaka, Marcia, Matheus Campos, Nal Marques, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2668/indicacao_no_152.2022_-_todos_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2668/indicacao_no_152.2022_-_todos_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a contratação de um (a) assistente social para o Centro Médico "Januário Theodoro de Souza".</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2671/indicacao_no_153.2022_-_goncala_e_marcia.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2671/indicacao_no_153.2022_-_goncala_e_marcia.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a contratação de uma equipe multidisciplinar para atuar junto ao Departamento de Educação, incluindo psicopedagogo(a), Assistente Social, Psicólogo(a) e Terapeuta Ocupacional, para atendimentos generalizados, bem como a contratação de psicólogos(as) para prestarem serviços junto a cada uma das escolas e creches municipais, de maneira fixa e permanente.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2672/indicacao_no_154.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2672/indicacao_no_154.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua Mathias Lozei, 285 Jardim Bela Vista.</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>Nal Marques, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2673/indicacao_no_155.2022_-_matheus_campos_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2673/indicacao_no_155.2022_-_matheus_campos_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja disponibilizado máquinas e tratores 1 vez na semana no distrito industrial para o concerto e manutenção de buracos em todas as ruas.</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2674/indicacao_no_156.2022_-_todos_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2674/indicacao_no_156.2022_-_todos_vereadores.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEPARTAMENTO COMPETENTE DA PREFEITURA, NO SENTIDO DE PRORROGAR O PROCESSO SELETIVO EMERGENCIAL; TÉCNICO DE RAIO X, AUXILIAR DE ENFERMAGEM, RECEPCIONISTA E ENFERMEIRO.</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2675/indicacao_no_157.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2675/indicacao_no_157.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEPARTAMENTO COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDENCIAR AS TROCAS DAS LÂMPADAS CONVENCIONAIS PELAS MODERNAS E ECONOMICAS DE LED EM TODA A EXTENSÃO DO BAIRRO JARDIM DAS OLIVEIRAS.</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2676/indicacao_no_158.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2676/indicacao_no_158.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR AQUISIÇÃO DE UM APARELHO ELETROCARDIOGRAMA (ECG) PARA A UNIDADE DO CENTRO MÉDICO.</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2677/indicacao_no_159.2022_-_joao_oliveira_e_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2677/indicacao_no_159.2022_-_joao_oliveira_e_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEPARTAMENTO COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDENCIAR AQUISIÇÃO DE MESAS E CADEIRAS ESCOLARES.</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2678/indicacao_no_160.2022_-_todos_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2678/indicacao_no_160.2022_-_todos_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a rotina de roçagem e o tratamento com controle químico nas plantas invasoras do Cemitério Municipal com objetivo de acabar com o crescimento das mesma.</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2679/indicacao_no_161.2022_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2679/indicacao_no_161.2022_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar um Treinamento de brigada de incêndio.</t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2680/indicacao_no_162.2022_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2680/indicacao_no_162.2022_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de criar uma Lei para definir critérios de triagem na assistência social, assim como organizar as filas e os atendimentos.</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2681/indicacao_no_163.2022_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2681/indicacao_no_163.2022_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que dê a denominação de Antenor Paiva, ao Cristo de Pradópolis, próximo ao trevo de acesso da Rodovia Deputado Cunha Bueno.</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2682/indicacao_no_164.2022_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2682/indicacao_no_164.2022_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao Departamento competente da Prefeitura, estude a possibilidade de instalar interfone, fechaduras eletrônicas, alarme e câmeras de monitoramento nas escolas municipais.</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2683/indicacao_no_165.2022_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2683/indicacao_no_165.2022_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a construção de passeio público (calçada), na área verde localizado no bairro Jardim dos Pássaros I.</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2684/indicacao_no_166.2022_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2684/indicacao_no_166.2022_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a instalação de poste de iluminação em toda extensão da área verde localizado na Rua Antônio Bitella, na ligação entre os bairros Nova Pradópolis I e II.</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2685/indicacao_no_167.2022_-_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2685/indicacao_no_167.2022_-_matheus_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA), na Rua Barão do Rio Branco, na altura do número 375, localizada no bairro Jardim Primavera.</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2688/indicacao_no_168.2022_-_joao_oliveira_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2688/indicacao_no_168.2022_-_joao_oliveira_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICÍPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR CURSOS DE CAPACITAÇÃO EM NOÇÕES BÁSICAS DE “PRIMEIROS SOCORROS” PARA PROFESSORES E FUNCIONÁRIOS DAS ESCOLAS E CRECHES DA REDE DE ENSINO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2689/indicacao_no_169.2022_-_todos_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2689/indicacao_no_169.2022_-_todos_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de proporcionar uma caçamba no período de uma vez na semana para controle da limpeza e descarte de entulhos no Cemitério Municipal.</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2690/indicacao_no_170.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2690/indicacao_no_170.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade "lombada" na Rua Tiradentes na altura do número 601.</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2691/indicacao_no_171.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2691/indicacao_no_171.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade "lombada" na Rua Altino de Castro nº 326 perto da creche Simone Anacleto.</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2692/indicacao_no_172.2022_-_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2692/indicacao_no_172.2022_-_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de construção de uma Praça Pública no bairro Jardim Jacarandas.</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2693/indicacao_no_173.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2693/indicacao_no_173.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a construção de calçada na parte da lavanderia e tanque de captação de água da Creche " Lucelma de Souza Pessoa".</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2694/indicacao_no_174.2022_-_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2694/indicacao_no_174.2022_-_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar o calçamento da rua Olindo Thomaz localizada no bairro Jardim Flamboyant.</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2695/indicacao_no_175.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2695/indicacao_no_175.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a instalação de corrimões de acessibilidade em todos os setores públicos de nosso município que ainda não os possuem.</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2696/indicacao_no_176.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2696/indicacao_no_176.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição e a instalação de cestas de basquete nas praças de nossa cidade.</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>Fabão</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2697/indicacao_no_177.2022_-_fabio_pereira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2697/indicacao_no_177.2022_-_fabio_pereira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar horários de ônibus que sejam compatíveis à utilização pública desta cidade, ou estudos para que seja fornecido um veículo para transportar munícipes até a cidade de Jaboticabal, para fazer estágio.</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2699/indicacao_no_178.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2699/indicacao_no_178.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a mudança de percurso dos ônibus escolares da escola E.M.E.B "Luiz Ometto", para que passem a embarcar/desembarcar os alunos no portão da Rua XV de Novembro.</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2700/indicacao_no_179.2022_-_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2700/indicacao_no_179.2022_-_matheus_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE INSTALAÇÃO DE LIXEIRAS E COLETORES DE LIXO ÚTIL (CAÇAMBAS OU OUTROS RECIPIENTES APROPRIADOS) NOS LOGRADOUROS PÚBLICOS DO MUNICÍPIO EM PARCERIA COM EMPRESAS PRIVADAS, CONSIDERANDO A LEI MUNICIPAL Nº 1.141 DE 21 DE JULHO DE 2003.</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>Matheus Campos, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2701/indicacao_no_180.2022_-_matheus_campos_e_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2701/indicacao_no_180.2022_-_matheus_campos_e_ze_banana.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, VIABILIZE A AQUISIÇÃO DE UM ROLO COMPACTADOR DE SOLO (CONHECIDO COMO ROLO COMPRESSOR) PARA REALIZAR CORREÇÕES ASFÁLTICAS E OUTROS SERVIÇOS QUE SE FAÇAM NECESSÁRIOS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2702/indicacao_no_181.2022_-_todos_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2702/indicacao_no_181.2022_-_todos_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a nomeação para o cargo Chefe de Serviços de Saúde, a fim de auxiliar as atividades do Departamento de Saúde.</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2703/indicacao_no_182.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2703/indicacao_no_182.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de implantar mão única de trânsito na Rua Campos Salles que vai da interseção com a Rua Coronel Junqueira até a Rua Nove de Julho.</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2704/indicacao_no_183.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2704/indicacao_no_183.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, realize a roçagem do mato e da grama na Rua Presidente Vargas em frente ao número 2179, conforme foto em anexo.</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2705/indicacao_no_184.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2705/indicacao_no_184.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, realize o recapeamento asfáltico da Rua Julio Vinha, Jardim Bela Vista.</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2709/indicacao_no_185.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2709/indicacao_no_185.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a contratação de funcionários do programa "Bolsa Trabalho", para prestarem serviços na E.M.E.B "Luiz Ometto".</t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2712/indicacao_no_186.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2712/indicacao_no_186.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a Merenda Escolar da nossa cidade, que passe a oferecer alimentos aos alunos do período da manhã e da tarde da escola CEMA Dorival Rossi.</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>Nal Marques, Matheus Campos, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2713/indicacao_no_187.2022_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2713/indicacao_no_187.2022_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e instalação de câmeras de vídeo de monitoramento na entrada/saída do distrito industrial.</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2714/indicacao_no_188.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2714/indicacao_no_188.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de colocar bebedouro de água na Praça "PIO XII".</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2715/indicacao_no_189.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2715/indicacao_no_189.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a contratação de um médico pediatra para o Pronto Atendimento "Waldemar Balatore".</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2716/indicacao_no_190.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2716/indicacao_no_190.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar uma reforma no playground, e a troca da areia do tanque de areia, na E.M.E.I "Maria Therezinha Ferrari Ribeiro" (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2717/indicacao_no_191.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2717/indicacao_no_191.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de contratar mais um ortopedista para Rede Municipal de Saúde.</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2718/indicacao_no_192.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2718/indicacao_no_192.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto com o departamento competente, proceda com a colocação das placas de sinalização "rua sem saída" no bairro Jardim Bela Vista.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2719/indicacao_no_193.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2719/indicacao_no_193.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto com o departamento competente, proceda com a colocação da placa de sinalização no acesso para deficiente físico na Escola Octávio Giovannetti.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2720/indicacao_no_194.2022_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2720/indicacao_no_194.2022_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a implantação de fila preferencial para idosos, gestantes, autistas, pessoas com deficiência entre outros, no setor da Assistência Social.</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2721/indicacao_no_195.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2721/indicacao_no_195.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar uma reforma geral com pintura, uma possível ampliação, e banheiros adaptados para a E.M.E.I "Maria Therezinha Ferrari Ribeiro" (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2726/indicacao_no_196.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2726/indicacao_no_196.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICÍPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR AQUISIÇÃO E IMPLANTAÇÃO DE “01” UM FORNO DIGITAL GÁS COMPLETO NO SETOR DA MERENDA ESCOLAR.</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2727/indicacao_no_197.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2727/indicacao_no_197.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICÍPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR SINALIZAÇÃO DE SOLO NO ESTACIONAMENTO DA ESCOLA EMEB LUIZ OMETTO.</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2728/indicacao_no_198.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2728/indicacao_no_198.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA DE À DENOMINAÇÃO DE RAFAEL CONSULI A UM LOGRADOURO PÚBLICO OU NOME DE RUA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2729/indicacao_no_199.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2729/indicacao_no_199.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICÍPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR FUTURA AQUISIÇÃO DE "01" UM ÔNIBUS PARA ATENDER A SECRETÁRIA MUNICIPAL DE CULTURA E LAZER DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2730/indicacao_no_200.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2730/indicacao_no_200.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para construção de um campo/quadra de areia no clube das piscinas ao lado da outra quadra já existente.</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2731/indicacao_no_201.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2731/indicacao_no_201.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de redutor de velocidade ¨lombada¨ na Rua 13 de maio, esquina com a Rua Albino Garcia, Bairro Boa Vista.</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2732/indicacao_no_202.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2732/indicacao_no_202.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de, solicitar a construção de um campo/quadra de areia perto da caixa d'água do Jardim Mirian, divisando com a Rua Magdalena R.R. Leone.</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2733/indicacao_no_203.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2733/indicacao_no_203.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a construção de um redutor de velocidade "lombada", na Rua José Gaju de Cayres na altura do n° 604.</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2734/indicacao_no_204.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2734/indicacao_no_204.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de se fazer a poda de limpeza dos coqueiros na entrada da escola "EMEF Octavio Giovanetti". (foto anexa)</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2735/indicacao_no_205.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2735/indicacao_no_205.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar o programa de robótica na rede municipal de ensino de nosso município.</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2736/indicacao_no_206.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2736/indicacao_no_206.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE COLOCAÇÃO DE BANCOS NO PARQUE URBANO MUNICIPAL "ORLANDO CÂNDIDO DE SOUZA".</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2737/indicacao_no_207.2022_-_matheus_de_campos_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2737/indicacao_no_207.2022_-_matheus_de_campos_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE ESTUDO NO SENTIDO DE ADQUIRIR E INSTALAR LOUSAS DIGITAIS EM TODAS AS SALAS DE AULA DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2738/indicacao_no_208.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2738/indicacao_no_208.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE MELHORIAS NA ILUMINAÇÃO DA ÁREA VERDE AO LADO DO CAMPO DE FUTEBOL CANTAREIRA (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>Matheus Campos, Nal Marques, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2739/indicacao_no_209.2022_-_matheus_de_campos_nal_marques_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2739/indicacao_no_209.2022_-_matheus_de_campos_nal_marques_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A DEVIDA MANUTENÇÃO A FIM DE REATIVAR A QUADRA DE VÔLEI DA ESCOLA MUNICIPAL "EMEF SÉRGIO ROSSETTI" E, PROVIDENCIE TAMBÉM, A AQUISIÇÃO DE MASTRO, REDE E BOLAS PARA SEREM UTILIZADAS NO LOCAL.</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2740/indicacao_no_210.2022_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2740/indicacao_no_210.2022_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de se providenciar a aquisição de monitores de televisão para a academia municipal, bem como a realização de obras de melhorias e ampliação deste espaço.</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2741/indicacao_no_211.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2741/indicacao_no_211.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a pintura, a cobertura da quadra de esportes da E.M.E.B "Luiz Ometto".</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2742/indicacao_no_212.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2742/indicacao_no_212.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, a possibilidade de instalar os antigos bancos de concretos que existiam na Área Verde no "Riacho Doce", da Rua Santo Antônio na entrada da cidade.</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2743/indicacao_no_213.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2743/indicacao_no_213.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a poda de uma da árvore na Avenida José dos Santos Martins, no Bairro Nova Pradópolis II. Conforme imagem em anexo.</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2744/indicacao_no_214.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2744/indicacao_no_214.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, realize a roçagem do mato e da grama da Área Verde na Rua José João David Sobrinho, Bairro Nova Pradópolis II, conforme foto em anexo.</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2745/indicacao_no_215.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2745/indicacao_no_215.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de contratação de Agente de Segurança Escolar (ASE), designados a exercerem suas atividades exclusivamente no Departamento Municipal da Educação em Unidade Escolares.</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2746/indicacao_no_216.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2746/indicacao_no_216.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE CRIAR UMA COOPERATIVA PARA COLETA DE MATERIAIS RECICLÁVEIS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2776/indicacao_no_217.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2776/indicacao_no_217.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de placa "sentido único", no cruzamento da Rua Tiradentes com a Rua 9 de Julho (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2755/indicacao_no_218.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2755/indicacao_no_218.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua Tiradentes entre as ruas Campos Sales e Rui Barbosa.</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2756/indicacao_no_219.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2756/indicacao_no_219.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de oferecer treinamento e capacitação de atendimento para todos os servidores públicos, inclusive os estagiários.</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2757/indicacao_no_220.2022_-_thiago_alves_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2757/indicacao_no_220.2022_-_thiago_alves_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de construir um estacionamento na área verde entre o Detran e a Capela Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2758/indicacao_no_221.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2758/indicacao_no_221.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja exigido das empresas de telefonia e internet que deem reparo e manutenção nos fios caídos e pendurados perto das fiações elétricas. (Imagens anexas)</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2759/indicacao_no_222.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2759/indicacao_no_222.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição de 02 decibelímetros para fins de fiscalizar os níveis dos sons e ruídos em nossa cidade. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2760/indicacao_no_223.2022_-_goncala_marcelo_de_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2760/indicacao_no_223.2022_-_goncala_marcelo_de_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de uma máquina de XEROX para a Farmácia Popular do Centro Médico Municipal.</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2761/indicacao_no_224.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2761/indicacao_no_224.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam elaborados pelo setor competente da Prefeitura, no sentido de criar ECOPONTO para recebimento, armazenamento e, posteriormente, o encaminhamento para a destinação final de pneumáticos inservíveis gerados no Município. Indica, ainda, a instalação de contentores em pontos estratégicos da cidade - para coleta de baterias, pilhas, e lâmpadas fluorescentes usadas.</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2762/indicacao_no_225.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2762/indicacao_no_225.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a aquisição de um veículo (carro) para o Centro de Atendimento ao Cidadão (CAC).</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2763/indicacao_no_226.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2763/indicacao_no_226.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar sinalização de solo e placas indicativas de "contramão" no trevo de entrada do bairro Parque dos Pássaros.</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2764/indicacao_no_227.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2764/indicacao_no_227.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar o programa "Jardineira Encantada" nos bairros, áreas de lazer e praças públicas de nossa cidade, aos finais de semana.</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2765/indicacao_no_228.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2765/indicacao_no_228.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a criação de um Canil Municipal, para cuidado de animais do nosso município e também a castração dos mesmos.</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2766/indicacao_no_229.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2766/indicacao_no_229.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que realize a instalação de pontos de iluminação nos postes existentes na estrada de acesso dos sítios Nossa Senhora Aparecida (brejinho).</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2767/indicacao_no_230.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2767/indicacao_no_230.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, que realize o fornecimento de Uniforme e EPIs aos coletores de lixo.</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2768/indicacao_no_231.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2768/indicacao_no_231.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A INSTALAÇÃO DE ESTAÇÕES DE MANUTENÇÃO EMERGENCIAL PARA BICICLETAS (BIKE STATION) EM PONTOS ESTRATÉGICOS DO MUNICÍPIO (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2769/indicacao_no_232.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2769/indicacao_no_232.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE PIAS, BANCOS E MESAS DE CENTRO NOS QUIOSQUES EXISTENTES NO LAGO MUNICIPAL (IMAGENS ANEXAS).</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2771/indicacao_no_233.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2771/indicacao_no_233.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a substituição do revestimento emborrachado (TATAME) do piso da sala de lutas do Ginásio de Esportes.</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2772/indicacao_no_234.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2772/indicacao_no_234.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalar Letreiro turístico nas dependências do lago municipal com os dizeres EU AMO PRADÓPOLIS, conforme foto anexa.</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2773/indicacao_no_235.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2773/indicacao_no_235.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar um redutor de velocidade "lombada" na Rua Presidente Vargas com a Rua José Francisco Filho.</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2774/indicacao_no_236.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2774/indicacao_no_236.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de implantar um Parque Ecológico nas proximidades da EMEF Octavio Giovanetti.</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2775/indicacao_no_237.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2775/indicacao_no_237.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a instalação de som nas piscinas do clube municipal.</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2777/indicacao_no_238.2022_-_matheus_de_campos_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2777/indicacao_no_238.2022_-_matheus_de_campos_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE UMA FAIXA ELEVADA DE TRAVESSIA PARA PEDESTRES, A CHAMADA LOMBOFAIXA, NA AVENIDA MONTE SERENO, MAIS PRECISAMENTE NA ALTURA DO N° 1.045.</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2778/indicacao_no_239.2022_-_matheus_de_campos_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2778/indicacao_no_239.2022_-_matheus_de_campos_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE UMA FAIXA ELEVADA DE TRAVESSIA PARA PEDESTRES, A CHAMADA LOMBOFAIXA, NA AVENIDA MONTE SERENO, MAIS PRECISAMENTE NA ALTURA DO N° 377.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2779/indicacao_no_240.2022_-_matheus_de_campos_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2779/indicacao_no_240.2022_-_matheus_de_campos_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE UMA FAIXA ELEVADA DE TRAVESSIA PARA PEDESTRES, A CHAMADA LOMBOFAIXA, NA RUA PRESIDENTE VARGAS, MAIS PRECISAMENTE NA ALTURA DO N° 748, DEFRONTE A ESCOLA "EMEF SÉRGIO ROSSETTI".</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2780/indicacao_no_241.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2780/indicacao_no_241.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE PROMOVER (01) UM DIA DE CORTES DE CABELOS GRATUITO NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2781/indicacao_no_242.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2781/indicacao_no_242.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, MUNICIPAL NO SENTIDO DE VIABILIZAR AQUISIÇÃO DE TENDAS PARA OS FUNCIONÁRIOS DO CEMITÉRIO MUNÍCIPAL.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2782/indicacao_no_243.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2782/indicacao_no_243.2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE CONSTRUIR UM BUEIRO NA RUA HUGO LOURENÇO DEL PICCHIA PRÓXIMO AO N° 417, ESQUINA COM A RUA PEREIRA BARRETOS NO BAIRRO JARDIM SÃO PAULO (COHAB).</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2783/indicacao_no_244.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2783/indicacao_no_244.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE FAZER A RETIRADA OU REMANEJAMENTO DE 01(UM) PONTO DE ÔNIBUS LOCALIZADO NA RUA PEREIRA BARRETOS NO BAIRRO JARDIM SÃO PAULO.</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2784/indicacao_no_245.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2784/indicacao_no_245.2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A CONTRATAÇÃO DE UM MÉDICO PEDIATRA PARA A UNIDADE BÁSICA DE SAÚDE “UBS” DO BAIRRO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2802/indicacao_no_246.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2802/indicacao_no_246.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de um mamógrafo (máquina de mamografia) para o Departamento Municipal de Saúde.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2787/indicacao_no_247.2022_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2787/indicacao_no_247.2022_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao departamento competente, analise a possibilidade de aquisição e instalação de climatizadores de ar no Cema Dorival Rossi.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2788/indicacao_no_248.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2788/indicacao_no_248.2022.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de construir uma guarita no principal ponto de abastecimento da bomba d'agua do nosso município e contratarem guarda 24 horas.</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2789/indicacao_no_249.2022_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2789/indicacao_no_249.2022_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto com o departamento competente, proceda com a construção de estacionamento de fronte a sede da Prefeitura, estendendo as referidas vagas da Rua Primeiro de Janeiro.</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2795/indicacao_no_250.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2795/indicacao_no_250.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a instalação de sinalização vertical e a pintura de solo para embarque e desembarque em ponto de ônibus localizado na Rua Santo Antônio, próximo ao n° 265, no Centro (imagem anexa).</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2796/indicacao_no_251.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2796/indicacao_no_251.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de um calçamento na área verde localizada na Rua Antonio Bitela, bairro Nova Pradópolis I.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>Nal Marques, Luciano Tanaka, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2792/indicacao_no_252.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2792/indicacao_no_252.2022.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a instalação de poste de iluminação com lâmpadas de LED na quadra de areia do Lago Municipal de Pradópolis.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>Nal Marques, Joãozinho da Papelaria</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2793/indicacao_no_253.2022_-_nal_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2793/indicacao_no_253.2022_-_nal_e_joao.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar o fornecimento de alimentação, do tipo marmitex, para os pacientes que permanecem temporariamente no Pronto Atendimento esperando a liberação de vagas nos hospitais da região, bem como para os seus acompanhantes.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2797/indicacao_no_254.2022_-_nal_matheus_e_luciano.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2797/indicacao_no_254.2022_-_nal_matheus_e_luciano.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de uniformes novos para os atletas que representam o time de futsal de Pradópolis no campeonato "Taça EPTV de Futsal".</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2798/indicacao_no_255.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2798/indicacao_no_255.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a manutenção da calçada, limpeza e roçagem de grama, e poda de árvores de toda extensão da área verde na Rua Vicente Ambrique, bairro Jardim Primavera (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2799/indicacao_no_256.2022_-_goncala__e_marcia.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2799/indicacao_no_256.2022_-_goncala__e_marcia.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a passagem do FUMACÊ nos bairros de nossa cidade, em especial nos bairros que mais contém casos de Dengue.</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2800/indicacao_no_257.2022_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2800/indicacao_no_257.2022_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de fornecer mochila de rodinha para os alunos da Escolas Municipais.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2801/indicacao_no_258.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2801/indicacao_no_258.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de um aparelho para o "teste da orelhinha" visando a realização desse teste em nosso munícipio.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>Gonçala, Luciano Tanaka, Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2803/indicacao_no_259.2022_-_goncala_marcia_e_luciano.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2803/indicacao_no_259.2022_-_goncala_marcia_e_luciano.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a ampliação na disponibilidade de leitos do Pronto Atendimento "Waldemar Balatore", possibilitando aumento na capacidade de internações, o que vai ao encontro da maior demanda apresentada pelo município.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2804/indicacao_no_260.2022_-_goncala_e_marcia.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2804/indicacao_no_260.2022_-_goncala_e_marcia.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a reforma ou a troca do alambrado entorno da escola “CECI LUIZ OMETTO”.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2805/indicacao_no_261.2022_-_matheus_e_thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2805/indicacao_no_261.2022_-_matheus_e_thiago.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE MELHORIAS NA ILUMINAÇÃO DA PRAÇA "VEREADOR JOSÉ JOÃO DAVID", LOCALIZADA NO BAIRRO JARDIM DOS IPÊS.</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2806/indicacao_no_262.2022_-_matheus_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2806/indicacao_no_262.2022_-_matheus_e_joao.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE UM ESTUDO QUANTO À POSSIBILIDADE DE SE IMPLANTAR UMA LINHA TELEFÔNICA LOCAL PARA CONTATO DIRETO COM O SAMU - SERVIÇO DE ATENDIMENTO MÓVEL DE URGÊNCIA, EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2807/indicacao_no_263.2022_-_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2807/indicacao_no_263.2022_-_matheus_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE LIXEIRAS EM TODA A EXTENSÃO DA CICLOVIA LOCALIZADA NA RUA MANOEL FELÍCIO.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2808/indicacao_no_264.2022_-_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2808/indicacao_no_264.2022_-_matheus_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE UMA PARCERIA ENTRE A PREFEITURA MUNICIPAL E O INSTITUTO DE IDENTIFICAÇÃO RICARDO GUMBLETON DAUNT (IIRGD), ÓRGÃO DA SECRETARIA DA SEGURANÇA PÚBLICA, NO SENTIDO DE QUE SEJA DISPONIBILIZADO O SERVIÇO DE MUTIRÃO PARA A RETIRADA DO DOCUMENTO DE IDENTIDADE (RG) EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2809/indicacao_no_265.2022_-_matheus_nal_e__thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2809/indicacao_no_265.2022_-_matheus_nal_e__thiago.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE INSTALAR "OUTDOORS" EM ESPAÇOS PÚBLICOS ESTRATÉGICOS, LOCAIS COM GRANDE FLUXO DE PESSOAS, COM A FINALIDADE DE DAR PUBLICIDADE SOBRE EVENTOS PÚBLICOS E INFORMAÇÕES DE INTERESSE PARA A POPULAÇÃO.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2810/indicacao_no_266.2022_-_joao_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2810/indicacao_no_266.2022_-_joao_e_matheus.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR PARCERIA COM UM LABORATÓRIO QUE FUNCIONE "24" HORAS PARA QUE POSSA PRESTAR SERVIÇO AO CENTRO MÉDICO MUNICIPAL.</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2811/indicacao_no_267.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2811/indicacao_no_267.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE TRAZER EM NOSSO MUNICÍPIO O TRAILER DO EMPREGO.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2812/indicacao_no_268.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2812/indicacao_no_268.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONSTRUIR UM GALPÃO PARA O LIXO RECICLÁVEL NO MUNICÍPIO DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2813/indicacao_no_269.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2813/indicacao_no_269.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR AQUISIÇÃO DE UMA REDE DE VÔLEI PARA A QUADRA DA ESCOLA SERGIO ROSSETTI.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2814/indicacao_no_270.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2814/indicacao_no_270.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que dê a denominação com o nome de D. Idalina Albertina Campos Rossi em algum prédio público em nosso município.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2815/indicacao_no_271.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2815/indicacao_no_271.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de correção na rodovia Cunha Bueno km 199 e 200 ao lado da pista.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2816/indicacao_no_272.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2816/indicacao_no_272.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de, solicitar a construção de um redutor de velocidade "lombada", na rua São Martinho próximo ao nº 1320.</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2817/indicacao_no_273.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2817/indicacao_no_273.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar demarcação de solo para o estacionamento de veículos por toda extensão das ruas centrais e nas ruas com grande fluxo de veículos devido a estabelecimento de serviços ou comercial.</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2818/indicacao_no_274.2022_-_luciano_nal_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2818/indicacao_no_274.2022_-_luciano_nal_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de colocar alambrado novo em volta de todo o Estádio Sergio Rossetti e no Estádio Cantareira. (fotos anexas)</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2819/indicacao_no_275.2022_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2819/indicacao_no_275.2022_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de retirar as placas de "proibido parar e estacionar" entorno da Praça Pio XII.</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2821/indicacao_no_276.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2821/indicacao_no_276.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de estender o horário para a realização de testes de COVID-19 no Pronto Atendimento, tendo em vista o aumento no número de casos.</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2822/indicacao_no_277.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2822/indicacao_no_277.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a manutenção da lombada na entrada da cidade, na Rua Santo Antônio, ou uma possível realocação, para maior segurança no local. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2823/indicacao_no_278.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2823/indicacao_no_278.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA PARA QUE PROVIDENCIAS SEJAM TOMADAS ACERCA DA READEQUAÇÃO DAS ATRIBUIÇÕES CONFERIDAS AO CARGO DE AUXILIAR DE ENFERMAGEM, HAJA VISTA QUE OS ATUAIS SERVIDORES DESEMPENHAM FUNÇÕES DE TÉCNICOS DE ENFERMAGEM.</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2824/indicacao_no_279.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2824/indicacao_no_279.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE IMPLANTAR EM NOSSAS ESCOLAS DA REDE DE ENSINO O PROGRAMA BRIGADA NA ESCOLA.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2825/indicacao_no_280.2022_-_joao_oliveira_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2825/indicacao_no_280.2022_-_joao_oliveira_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE CRIAR ECOPONTOS COM CAÇAMBAS EM PONTOS ESTRATÉGICOS DA CIDADE.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Luciano Tanaka</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2826/indicacao_no_281.2022_-_joao_oliveira_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2826/indicacao_no_281.2022_-_joao_oliveira_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE COLOCAR RECIPIENTES NOS LOCAIS PÚBLICOS PARA DESCARTES DE LIXOS ELETRÔNICOS.</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2827/indicacao_no_282.2022_-_joao_oliveira_e_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2827/indicacao_no_282.2022_-_joao_oliveira_e_ze_banana.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, PARA QUE REALIZA A LIMPEZA NA ÁREA VERDE LOCALIZADA NA RUA MANOEL FELICIO, NO BAIRRO JARDIM MARIA LUIZA ALTURA DO NÚMERO 100.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2828/indicacao_no_283.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2828/indicacao_no_283.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a instalação de coberturas (SOMBRITE), nos bolsões de estacionamento ao lado da Fisioterapia e do Centro Médico Municipal.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2829/indicacao_no_284.2022_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2829/indicacao_no_284.2022_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a instalação de um bebedouro de Água, ao lado da quadra de areia de vôlei do Centro Esportivo.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2830/indicacao_no_285.2022_-_marcia_da_silva_thiago_alves_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2830/indicacao_no_285.2022_-_marcia_da_silva_thiago_alves_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a troca das lâmpadas convencionais por LED em toda a extensão do bairro Jardim Primavera.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>Nal Marques, Joãozinho da Papelaria, Luciano Tanaka, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2831/indicacao_no_286.2022_-_nal_marques_matheus_de_campos_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2831/indicacao_no_286.2022_-_nal_marques_matheus_de_campos_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que realize a instalação de bancos na Área Verde localizada na Avenida Gabino Arroyo, no bairro Jardim Maria Luiza I.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2832/indicacao_no_287.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2832/indicacao_no_287.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de um calçamento e o plantio de árvores na em toda a extensão da Avenida José dos Santos Martins, no bairro Nova Pradópolis II.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2833/indicacao_no_288.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2833/indicacao_no_288.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, visando a formalização de convênio com a Secretaria de Segurança Pública do Estado de São Paulo para realizar a manutenção das viaturas de polícia.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2834/indicacao_no_289.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2834/indicacao_no_289.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido realizar o recapeamento asfáltico na Rua Santo Antônio, próximo ao n° 342, no Centro (imagem anexa).</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2835/indicacao_no_290.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2835/indicacao_no_290.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente, para que seja realizada uma reforma na base da Polícia Militar da nossa cidade, mediante a celebração de convênio entre a Prefeitura e o Governo do Estado de São Paulo.</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2836/indicacao_no_291.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2836/indicacao_no_291.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que dê a denominação com o nome de "CICERO ANTÔNIO DA SILVA", em algum prédio público de nosso município.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2838/indicacao_no_292.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2838/indicacao_no_292.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Matias Lozei, na altura do número 225.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2839/indicacao_no_293.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2839/indicacao_no_293.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de 01 máquina para a pintura viária e sinalizações de trânsito de solo. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2840/indicacao_no_294.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2840/indicacao_no_294.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, que realize a instalação de bancos na Área_x000D_
 Verde localizada na Rua Paulo da Silva na altura do número 585, no bairro Nova Pradópolis II. (Imagem em anexo).</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2841/indicacao_no_295.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2841/indicacao_no_295.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, que estude a possibilidade de colocação de bancos na Área Verde da Rua Antônio Bitela, altura com o número 560, no Bairro Nova Pradópolis II. (Imagem em anexo).</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2842/indicacao_no_296.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2842/indicacao_no_296.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que realize a instalação de bancos na Área Verde localizada na Rua Victor Gino Pupulim na altura do número 1345, no Bairro Nova Pradópolis II. (Imagem em anexo).</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2843/indicacao_no_297.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2843/indicacao_no_297.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, a instalação de um ponto de ônibus com cobertura na Rua José João David Sobrinho esquina com a Rua Victor Gino Pupulim, no Bairro Nova Pradópolis II.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>Luciano Tanaka, Joãozinho da Papelaria, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2844/indicacao_no_298.2022_-_luciano_tanaka_nal_marques_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2844/indicacao_no_298.2022_-_luciano_tanaka_nal_marques_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar iluminação no interior e na frente do setor do Almoxarifado Municipal.</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2845/indicacao_no_299.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2845/indicacao_no_299.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade (lombada), na Rua Treze de Maio em frente ao nº 949. (foto anexa).</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2846/indicacao_no_300.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2846/indicacao_no_300.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de estudos sejam realizados para a construção de calçamento na Rua Presidente Vargas do lado esquerdo da Escola Estadual Constante Ometto no Jardim Miriam.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2847/indicacao_no_301.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2847/indicacao_no_301.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade "lombada" na Rua José Ferreira com cruzamento da Rua José Constantino.</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2848/indicacao_no_302.2022_-_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2848/indicacao_no_302.2022_-_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção de um muro guia em uma das laterais do Córrego Triste que cruza a Rua Sete de Setembro próximo ao bairro Jacarandá. (fotos anexas).</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2849/indicacao_no_303.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2849/indicacao_no_303.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE PALESTRAS DE COMBATE AO BULLYING NAS ESCOLAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2850/indicacao_no_304.2022_-_matheus_de_campos_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2850/indicacao_no_304.2022_-_matheus_de_campos_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, DISPONIBILIZEM AOS PROFESSORES DA REDE MUNICIPAL DE EDUCAÇÃO UM CURSO DE FORMAÇÃO EM ABA (ANALISE DO COMPORTAMENTO APLICADA).</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2851/indicacao_no_305.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2851/indicacao_no_305.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE ESTUDOS OBJETIVANDO A INSTALAÇÃO DE FAIXAS ELEVADAS DE TRAVESSIA PARA PEDESTRES, AS CHAMADAS LOMBOFAIXAS, NA RUA TIRADENTES, MAIS PRECISAMENTE EM FRENTE A ENTRADA DO LAGO MUNICIPAL.</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2852/indicacao_no_306.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2852/indicacao_no_306.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE REALIZAR A CONSTRUÇÃO DE UMA PASSARELA SOBRE A RODOVIA DEPUTADO CUNHA BUENO (SP 253), QUE LIGA O BAIRRO JARDIM BELA VISTA AO DISTRITO INDUSTRIAL DO MUNICÍPIO, BEM COMO AO HORTO FLORESTAL GUARANI.</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2853/indicacao_no_307.2022_-_matheus_de_campos_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2853/indicacao_no_307.2022_-_matheus_de_campos_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A CONSTRUÇÃO DE UM TREVO DE ACESSO QUE INTERLIGUE OS BAIRROS NOVA PRADÓPOLIS E PARQUE DOS PÁSSAROS.</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2855/indicacao_no_308.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2855/indicacao_no_308.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar manutenção na lombada da saída da cidade (sentido Ribeirão Preto), Rua Santos Dumont, próximo ao número 228. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2857/indicacao_no_309.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2857/indicacao_no_309.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao departamento competente, análise a possibilidade de doar bicicletas de carga para catadores de materiais recicláveis. (Imagem anexa).</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2858/indicacao_no_310.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2858/indicacao_no_310.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de utilizar a caixa d'água existente no Bairro Jardim Flamboyant a fim de abastecer o Bairro Jardim Boa Vista.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2859/indicacao_no_311.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2859/indicacao_no_311.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de novas mesas de refeitório para todas as Escolas do nosso Município.</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2861/indicacao_no_312.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2861/indicacao_no_312.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a pintura das lousas da Escola Maria Therezinha Ferrari Ribeiro.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2862/indicacao_no_313.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2862/indicacao_no_313.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de cortinas em todas as janelas da Escola Maria Therezinha Ferrari Ribeiro.</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2863/indicacao_no_314.2022_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2863/indicacao_no_314.2022_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA PARA QUE DÊ A DENOMINAÇÃO DE DEVANIR SIMÕES BARRICO DOS SANTOS A UM LOGRADOURO PÚBLICO OU NOME DE RUA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2864/indicacao_no_315.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2864/indicacao_no_315.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a troca da tampa do bueiro na Rua Cezar Giovannetti, na altura do número 812.</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2865/indicacao_no_316.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2865/indicacao_no_316.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar projeto de futsal e oficina culinária para as pessoas com deficiência de nosso município.</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2866/indicacao_no_317.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2866/indicacao_no_317.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de firmar convênio com clínica de equoterapia para tratamento de pessoas com deficiência.</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2867/indicacao_no_318.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2867/indicacao_no_318.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de implantar melhoras em todo o sistema de saúde, na forma de comunicação entre o paciente e o médico, no momento em que este chama o próximo munícipe para adentrar o consultório. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2868/indicacao_no_319.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2868/indicacao_no_319.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a manutenção do calçamento do Campo Municipal, nas ruas Santos Dumont, Presidente Vargas e Conselheiro Antônio Prado. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2869/indicacao_no_320.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2869/indicacao_no_320.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA PRAÇA "VEREADOR JOSÉ JOÃO DAVID", LOCALIZADA NO BAIRRO JARDIM DOS IPÊS.</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2870/indicacao_no_321.2022_-_matheus_de_campos_thiago_aquino_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2870/indicacao_no_321.2022_-_matheus_de_campos_thiago_aquino_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO, NO CAMINHÃO COLETOR DE LIXOS, CABINE OU SUPORTE ADEQUADO E SEGURO PARA O TRANSPORTE DOS TRABALHADORES DURANTE O HORÁRIO DE SERVIÇO, CONFORME IMAGEM ANEXA.</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2871/indicacao_no_322.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2871/indicacao_no_322.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE REALIZE A INSTALAÇÃO DE POSTES DE ILUMINAÇÃO NO PLAYGROUND DO CENTRO ESPORTIVO MUNICIPAL "ANTONIO BARRICO SOBRINHO".</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2872/indicacao_no_323.2022_-_matheus_de_campos_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2872/indicacao_no_323.2022_-_matheus_de_campos_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ANALISE A POSSIBILIDADE DE REALIZAR A CONSTRUÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE – UBS, NO BAIRRO NOVA PRADÓPOLIS.</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2873/indicacao_no_324.2022_-_nal_marques_matheus_de_campos_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2873/indicacao_no_324.2022_-_nal_marques_matheus_de_campos_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de fornecer uniforme de Ballet Clássico (collants, meias e sapatilhas) para os alunos que praticam essa modalidade de dança.</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2874/indicacao_no_325.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2874/indicacao_no_325.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no intuito de providenciar a instalação de placa de sinalização vertical e pintura de solo que indiquem via exclusiva de ônibus no Terminal Rodoviário "Neusa Fequetia Barrico".</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2875/indicacao_no_326.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2875/indicacao_no_326.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade "lombada", na Rua Antonio Garcia com a Rua São Martinho.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2876/indicacao_no_327.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2876/indicacao_no_327.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no intuito de providenciar em pontos do Lago Municipal "Luiz Fonzare", a instalação de equipamentos destinados a pratica de exercícios e aquecimento dos praticantes, bem como a cobertura destes espaços.</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2877/indicacao_no_328.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2877/indicacao_no_328.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade "lombada" na Rua Salvador Purcini, no Jardim Bela Vista.</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2878/indicacao_no_329.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2878/indicacao_no_329.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de, criar-se uma via de acesso pavimentada, com calçamento e iluminação, que ficaria entre o ginásio e o recinto ao lado do canindé, escoando direto na rotatória da entrada de Pradópolis, interligando os bairros Jardim São Paulo e o Jardim Primavera.</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Matheus Campos, Nal Marques, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2879/indicacao_no_330.2022_-_joao_oliveira_nal_marques_thiago_alves_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2879/indicacao_no_330.2022_-_joao_oliveira_nal_marques_thiago_alves_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de um estacionamento tipo bolsão, localizado na Avenida Monte Sereno ao lado da Unidade do Conselho Tutelar de frente ao número 729, no Bairro Jardim Bela Vista.</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2880/indicacao_no_331.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2880/indicacao_no_331.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a ampliação do “CEMA” Centro Educacional Municipal de Pradópolis.</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2881/indicacao_no_332.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2881/indicacao_no_332.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A REFORMA E SEU FUNCIONAMENTO DA UBS (UNIDADE BASÍCA DE SAÚDE NO ASSENTAMENTO HORTO GUARANI).</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2882/indicacao_no_333.2022_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2882/indicacao_no_333.2022_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA PARA QUE DÊ A DENOMINAÇÃO DE JOSÉ CARLOS DE ALMEIDA A UM LOGRADOURO PÚBLICO OU NOME DE RUA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2883/indicacao_no_334.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2883/indicacao_no_334.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar por meio de seu órgão de trânsito, promova campanha de orientação aos motoristas de Pradópolis sobre a importância de se respeitar a sinalização de trânsito (FAIXAS DE PEDESTRE).</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2884/indicacao_no_335.2022_-_fabio_da_costa.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2884/indicacao_no_335.2022_-_fabio_da_costa.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam elaborados pelo setor competente da Prefeitura, assim que houver disponibilidade em novos loteamentos, seja denominada via ou espaço público com o nome de "José Barbosa".</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>Gonçala, Joãozinho da Papelaria, Luciano Tanaka, Marcia, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2888/indicacao_no_336.2022_-_goncala_marcia_luciano_joao_e_thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2888/indicacao_no_336.2022_-_goncala_marcia_luciano_joao_e_thiago.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar que ocorra plantão 24 horas, incluindo os finais de semana, no Centro Odontológico Municipal.</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>Gonçala, Luciano Tanaka, Marcia, Matheus Campos, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2889/indicacao_no_337.2022_-_goncala_marcia_luciano_matheus_e_nal.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2889/indicacao_no_337.2022_-_goncala_marcia_luciano_matheus_e_nal.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de um triturador de galhos/picador de troncos para nosso município.</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2890/indicacao_no_338.2022_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2890/indicacao_no_338.2022_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura Municipal, no sentido de viabilizar posto de atendimento da Casa Agrícola de Pradópolis e/ou transferência da mesma, no Horto Guarani (Antigo Posto de Saúde Desativado).</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2891/indicacao_no_339.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2891/indicacao_no_339.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que viabilize recursos financeiros para a construção de uma nova sede para Fisioterapia de nossa cidade, localizada preferencialmente na área verde localizada em frente ao Centro Médico Municipal.</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2892/indicacao_no_340.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2892/indicacao_no_340.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A REFORMA DA CALÇADA LOCALIZADA EM TORNO DO "LAGO MUNICIPAL" (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2900/indicacao_no_341.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2900/indicacao_no_341.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A MANUTENÇÃO E MELHORIAS NA ILUMINAÇÃO DO PARQUE URBANO MUNICIPAL "ORLANDO CÂNDIDO DE SOUZA".</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2893/indicacao_no_342.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2893/indicacao_no_342.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Campos Salles, na altura do cruzamento com a Rua Tiradentes.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2894/indicacao_n_343.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2894/indicacao_n_343.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, a possibilidade de montar um Ponto de Posto Táxi na Área Verde da Rua Pedro Xavier da Silva em frente ao número 465, Jardim Bela Vista.</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2895/indicacao_no_344.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2895/indicacao_no_344.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que viabilize recursos financeiros para a construção de um Centro de Conveniência Odontológico em nossa cidade, localizada preferencialmente na Área Verde, na Rua Cesare de Cesare próximo ao número 366, Jardim Bela Vista.</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2896/indicacao_no_345.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2896/indicacao_no_345.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, realize a instalação de bancos na Área Verde localizada na Rua José Constantino próximo ao número 76 e 96, Jardim Bela Vista.</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2897/indicacao_no_346.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2897/indicacao_no_346.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que promova a compra de aparelhos de ar condicionado para ser instalado nas salas do prédio da Biblioteca Municipal.</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2898/indicacao_no_347.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2898/indicacao_no_347.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a construção de um redutor de velocidade "lombada", na Rua Antônio Pontes Câmara na altura do número 263.</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2899/indicacao_no_348.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2899/indicacao_no_348.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que junto ao departamento competente, estude a possibilidade de uma Academia ao Ar Livre na praça do Estádio Cantareira na Rua Antônio Pontes Câmara, Jardim Primavera (fotos anexas).</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2901/indicacao_no_349.2022_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2901/indicacao_no_349.2022_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que estude a viabilidade de forma progressiva, a utilização do sistema de geração de Energia Solar Fotovoltaico, em todas as edificações e praças pertencentes à administração pública.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2902/indicacao_no_350.2022_-_nal_marques_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2902/indicacao_no_350.2022_-_nal_marques_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua Joaquim Simões Barrico, próximo ao número 433.</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2903/indicacao_no_351.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2903/indicacao_no_351.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de redutor de velocidade (Lombada) e/ou semáforo na Rua São Martinho (no entorno do Lago Municipal), próximo á rotatória. (foto em anexo)</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2904/indicacao_no_352.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2904/indicacao_no_352.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, PARA VIABILIZAR AQUISIÇÃO E INSTALAÇÃO DE 01(UM) SEMÁFORO NO CRUZAMENTO DA RUA PRESIDENTE VARGAS COM A RUA TREZE DE MAIO.</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2905/indicacao_no_353.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2905/indicacao_no_353.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE COLOCAR COBERTURAS NOS PORTÕES DE ACESSO DE ENTRADA DE ALUNOS NA ESCOLA EMEF “AUGUSTO DE CAMPOS”.</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2907/indicacao_no_354.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2907/indicacao_no_354.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE GRADES EM TODA A EXTENSÃO DA PONTE QUE DÁ ACESSO AO BAIRRO PARQUE DOS PÁSSAROS.</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2908/indicacao_no_355.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2908/indicacao_no_355.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A CONSTRUÇÃO DE PASSEIO PÚBLICO (CALÇADA) NO PROLONGAMENTO DA PONTE QUE DÁ ACESSO AO BAIRRO PARQUE DOS PÁSSAROS.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2910/indicacao_no_356.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2910/indicacao_no_356.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, QUE PROVIDENCIE A CONSTRUÇÃO DE UM PRÉDIO PÚBLICO PARA O SETOR DO “DEPARTAMENTO DO TRANSPORTE” EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2911/indicacao_no_357.2022_-_joao_oliveira_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2911/indicacao_no_357.2022_-_joao_oliveira_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE CRIAR O “PROJETO ECOPONTOS NAS ESCOLAS”.</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2912/indicacao_no_358.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2912/indicacao_no_358.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR O CALÇAMENTO NA RUA CAMPOS SALES NO BAIRRO JARDIM PRIMAVERA LOCALIZADA EM FRENTE A “LOJA DO BUBA”.</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2913/indicacao_no_359.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2913/indicacao_no_359.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, QUE VIABILIZE A IMPLANTAÇÃO DE UM PONTO DE ÔNIBUS NA RUA PRESIDENTE VARGAS NO CRUZAMENTO COM A RUA ANTONIO GARCIA LOCALIZADA NO BAIRRO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2914/indicacao_no_360.2022_-_joao_oliveira_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2914/indicacao_no_360.2022_-_joao_oliveira_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE, PARA QUE VIABILIZE O AUXÍLIO DE CESTAS BÁSICAS MENSALMENTE PARA OS SERVIDORES DO “SAMU” SERVIÇO DE ATENDIMENTO MÓVEL DE URGÊNCIA EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2915/indicacao_no_361.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2915/indicacao_no_361.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção de uma rampa de acessibilidade na entrada da UBS "Lineu Zacharias", na Av. Monte Sereno, bem como viabilizar a pintura demarcando vagas de estacionamento para deficientes e idosos no solo, e também realizar o conserto do bebedouro localizado nessa unidade de saúde. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2916/indicacao_no_362.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2916/indicacao_no_362.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de 01 Subsolador 7 hastes e 01 Grade Niveladora, equipamentos destinados aos pequenos agricultores de Pradópolis.</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2917/indicacao_no_363.2022_-_goncala_marcelo_marcia_da_silva_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2917/indicacao_no_363.2022_-_goncala_marcelo_marcia_da_silva_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a manutenção na iluminação do Lago Municipal, bem como a manutenção no alambrado, em pontos que se encontram cortados.</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2918/indicacao_no_364.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2918/indicacao_no_364.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a manutenção do calçamento no Centro Médico Municipal "Januário Theodoro de Souza", especialmente no entorno da nova ala da Farmácia Municipal. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2922/indicacao_no_365.2022_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2922/indicacao_no_365.2022_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, PARA QUE DE Á DENOMINAÇÃO DE “ROSA MARIA DE CAYRES SOUZA” A NOVA ALA DA FARMÁCIA MUNICIPAL (AMPLIAÇÃO), QUANDO INAUGURADA.</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2923/indicacao_no_366.2022_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2923/indicacao_no_366.2022_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura, no sentido de viabilizar a construção de um estacionamento, tipo bolsão, localizado na Avenida Monte Sereno na altura do número 1041 de frente a Igreja Assembleia de Deus Ministério de Madureira no Jardim Maria Luiza II.</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2924/indicacao_no_367.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2924/indicacao_no_367.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de uma rampa com corrimões de acessibilidade na entrada da UBS "Lineu Zacharias", na Rua Ivan Fernandes Sardão. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2925/indicacao_no_368.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2925/indicacao_no_368.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalar placas denominativas em nossa cidade, especialmente no bairro Jardim Miriam 3.</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2926/indicacao_no_369.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2926/indicacao_no_369.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao setor competente, realize a dedetização em prédios públicos, preferencialmente em datas próximas aos finais de semana e/ou feriados evitando o horário de expediente.</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2927/indicacao_no_370.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2927/indicacao_no_370.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de Kits de primeiros socorros para todas as escolas municipais.</t>
   </si>
   <si>
     <t>2930</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2930/indicacao_no_371.2022_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2930/indicacao_no_371.2022_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de mais caixas d’ Água no Cemitério Municipal, e limpeza periódica no local.</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2931/indicacao_no_372.2022_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2931/indicacao_no_372.2022_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a aquisição de equipamentos agrícolas como 01 Plantadeira de 5 linhas e 01 Pulverizador de água de 600 litros, para os pequenos agricultores do Município.</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2933/indicacao_no_373.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2933/indicacao_no_373.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a contratação de um dentista especializado para atender pessoas com deficiência no Centro Odontológico Municipal, bem como o oferecimento de cursos nessa área, para os dentistas que já atuam em nossa cidade.</t>
   </si>
   <si>
     <t>2934</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2934/indicacao_no_374.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2934/indicacao_no_374.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que seja executado o recapeamento asfáltico nas ruas: Rua Conselheiro Antônio Prado (trecho entre as ruas São Martinho e Coronel Junqueira), Rua Coronel Junqueira (trecho entre as ruas Santo Dumont e Primeiro de Janeiro), Rua Santo Antônio (trecho entre a Rua Presidente Vargas e a saída para a Rodovia Deputado Cunha Bueno – SP 253), e por fim na Rua Presidente Vargas (trecho entre as ruas XV de Novembro e Rui Barbosa).</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2935/indicacao_no_375.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2935/indicacao_no_375.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja executado o recapeamento asfáltico na Avenida Monte Sereno nos trechos não contemplados anteriormente pelas ultimas execuções de recapeamento.</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2936/indicacao_no_376.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2936/indicacao_no_376.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de uma quadra de basquete 3x3 no Lago Municipal de Pradópolis.</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2937/indicacao_n_377.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2937/indicacao_n_377.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que providências sejam tomadas objetivando as reformas das placas denominativas em algumas ruas do bairro Jardim Primavera (foto anexa).</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2938/indicacao_no_378.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2938/indicacao_no_378.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a pintura da fachada da entrada e muro ao entorno da escola EMEF 'AUGUSTO DE CAMPOS'. (fotos anexas)</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2939/indicacao_no_379.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2939/indicacao_no_379.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, EFETUE A LIMPEZA E A MANUTENÇÃO DA PINTURA NA CAIXA D'ÁGUA LOCALIZADA NO SETOR DE ALMOXARIFADO MUNICIPAL (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2940/indicacao_no_380.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2940/indicacao_no_380.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE UM FRALDÁRIO NO VELÓRIO MUNICIPAL DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2941/indicacao_no_381.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2941/indicacao_no_381.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE REALIZE A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (LOMBADA) NA RUA JOÃO MOURA, NA ALTURA DO N° 365.</t>
   </si>
   <si>
     <t>2942</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2942/indicacao_no_382.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2942/indicacao_no_382.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE CORRIMÃO NA ESCADA QUE DÁ ACESSO A SECRETÁRIA DA ESCOLA MUNICIPAL "EMEF SÉRGIO ROSSETTI" (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2943/indicacao_no_383.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2943/indicacao_no_383.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de uma Via de Acesso Pavimentada que interliga a Rua José Gaju de Cayres, altura com o número 1017, Jardim Miriam com a Rodovia Deputado Cunha Bueno.</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2944/indicacao_no_384.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2944/indicacao_no_384.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a roçagem do mato e da grama na passagem de pedestre que fica na Área Verde da Rua Valdeci Francisco da Silva, Bairro Jardim das Oliveiras. (Imagem em anexo).</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2945/indicacao_no_385.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2945/indicacao_no_385.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que realize a roçagem do mato e da grama na passagem de pedestre da Área Verde da Rua Roberto Luiz da Silva Prado em frente a Academia ao Ar Livre no Bairro Parque dos Pássaros II. (Imagem em anexo).</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2946/indicacao_no_386.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2946/indicacao_no_386.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de televisões (smart tv) para serem instaladas nas salas de aula das creches municipais.</t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2949/indicacao_no_387.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2949/indicacao_no_387.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que haja uma ampla reforma civil nas dependências da EMEB Luiz Ometto, possibilitando a substituição de revestimentos e portas em geral. (fotos anexas)</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2950/indicacao_no_388.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2950/indicacao_no_388.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura para que haja a fixação imediata da trave do gol, localizada na quadra coberta do Ceci Luiz Ometto. (foto anexa)</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2951/indicacao_no_389.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2951/indicacao_no_389.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente no intuito de se realizar manutenção do anfiteatro da EMEB Luiz Ometto, promovendo recondicionamento do piso de madeira, substituição de poltronas/ cadeiras e aquisição de equipamentos de som e vídeo mais modernos. (foto anexa)</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2952/indicacao_no_390.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2952/indicacao_no_390.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que realize a manutenção preventiva dos calçamentos localizados nos bairros Boa Vista, Jardim Jacarandas e Flamboyant, consistindo de roçagens, varrições, pinturas e principalmente a implantação de guias rebaixadas, possibilitando melhor via de acesso aos deficientes físicos.</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2953/indicacao_no_391.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2953/indicacao_no_391.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar o recapeamento asfáltico na Rua: César Giovanetti, em frente ao n° 199.</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2954/indicacao_no_392.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2954/indicacao_no_392.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE, NO SENTIDO PROVIDENCIAR REFORMA E INSTALAÇÃO DE ILUMINAÇÃO NA QUADRA DA ESCOLA EMEF “OCTÁVIO GIOVANNETTI”.</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2955/indicacao_no_393.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2955/indicacao_no_393.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE IMPLANTAR PROJETO DE INCENTIVO À DOAÇÃO DE SANGUE.</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2956/indicacao_no_394.2022_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2956/indicacao_no_394.2022_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de uma Guarita no Distrito Industrial e Comercial de Pradópolis - DINPRA, com a colocação de um guarda 24 horas.</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2957/indicacao_no_395.2022_-_nal_marques_e_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2957/indicacao_no_395.2022_-_nal_marques_e_matheus_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que o parcelamento do pagamento dos jazigos e carneiras seja estendido de 12 (doze) para 24 (vinte e quatro) vezes, a fim de diminuir o valor das parcelas mensais.</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>Nal Marques, Luciano Tanaka, Matheus Campos, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2958/indicacao_no_396.2022_-_nal_marques_matheus_de_campos_luciano_tanaka_e_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2958/indicacao_no_396.2022_-_nal_marques_matheus_de_campos_luciano_tanaka_e_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de trave de futebol (grande e pequena) no Campo do Estádio de Futebol Cantareira.</t>
   </si>
   <si>
     <t>2959</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2959/indicacao_no_397.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2959/indicacao_no_397.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO REALIZAR A TROCA DA TAMPA DO BUEIRO LOCALIZADO NA RUA SANTOS DUMONT, PRÓXIMO AO AUTO POSTO JN, VISANDO A SUBSTITUIÇÃO DA TAMPA DANIFICADA POR UMA TAMPA DE FERRO. (IMAGEM ANEXA)</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2960/indicacao_no_398.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2960/indicacao_no_398.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção de um poço artesiano na dependência da área Horto Guarani (Rua E).</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2961/indicacao_no_399.2022_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2961/indicacao_no_399.2022_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a sinalização de cadeirantes em uma vaga de estacionamento na escola Octávio Giovannetti.</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2962/indicacao_no_400.2022_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2962/indicacao_no_400.2022_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de terceirizar a limpeza do cemitério municipal.</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2963/indicacao_no_401.2022_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2963/indicacao_no_401.2022_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de assegurar transporte preferencial e gratuito aos pacientes que se encontra sob tratamento com câncer, hemodiálise, além das demais doenças graves.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2964/indicacao_no_402.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2964/indicacao_no_402.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a limpeza, atrás da escola “Augusto de Campos”, onde encontra-se, com muitos lixos (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>Gonçala, Marcia, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2969/indicacao_no_403.2022_-_goncala_marcelo_marcia_da_silva_e_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2969/indicacao_no_403.2022_-_goncala_marcelo_marcia_da_silva_e_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar uma ronda de urgência pela cidade, a fim de registrar pontos que estejam com a pintura de lombadas e sinalização de solo apagadas, principalmente em frente das escolas e setores da saúde, para que se realize os reparos, bem como a pintura de uma faixa de pedestre em frente o portão de entrada do Centro de Convivência dos Idosos.</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2970/indicacao_no_404.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2970/indicacao_no_404.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar um novo mutirão de exames de mamografia na cidade, em outubro, em consideração ao "Outubro Rosa".</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2971/indicacao_no_405.2022_-_goncala_marcelo_marcia_da_silva_e_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2971/indicacao_no_405.2022_-_goncala_marcelo_marcia_da_silva_e_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de poltronas ao lado de todos os leitos para os acompanhantes no Pronto Atendimento "Waldemar Balatore", bem como a troca/conserto das poltronas da sala de medicação que se encontram quebradas.</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>Gonçala, Marcia, Matheus Campos, Nal Marques, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2972/indicacao_no_406.2022_-_goncala_marcelo_marcia_da_silva_thiago_aquino_matheus_campos_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2972/indicacao_no_406.2022_-_goncala_marcelo_marcia_da_silva_thiago_aquino_matheus_campos_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a adesão do Município ao Programa do Governo Federal "Melhor em Casa", visando o atendimento domiciliar de pacientes, em todos os bairros de nossa cidade.</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2973/indicacao_no_407.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2973/indicacao_no_407.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar o recapeamento asfáltico da Rua Belmiro Ornellas de Almeida, especialmente no trecho entre os números 497 ao 617. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>Thiago Aquino, Fabão, Gonçala, Marcia, Matheus Campos, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2974/indicacao_no_408.2022_-_thiago_aquino_goncala_marcelo_marcia_da_silva_matheus_campos_nal_marques_e_fabio_pereira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2974/indicacao_no_408.2022_-_thiago_aquino_goncala_marcelo_marcia_da_silva_matheus_campos_nal_marques_e_fabio_pereira.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalar equipamento de rastreamento e monitoramento nos veículos da frota municipal.</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>Marcia, Gonçala, Matheus Campos, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2975/indicacao_no_409.2022_-_marcia_da_silva_goncala_marcelo_thiago_aquino_e_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2975/indicacao_no_409.2022_-_marcia_da_silva_goncala_marcelo_thiago_aquino_e_matheus_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura Municipal, no sentido de viabilizar a colocação de uma cadeira de Rodas, no Velório Municipal.</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2976/indicacao_no_410.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2976/indicacao_no_410.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura Municipal, no sentido de viabilizar a colocação de placas de identificações de Especialidades nas salas de atendimentos, e a colocação de faixas de sinalização de solo para Triagem Clinica no Centro Médico Municipal “Januário Theodoro de Souza” e no Pronto Atendimento “Waldemar Balatore”.</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2977/indicacao_no_411.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2977/indicacao_no_411.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura Municipal, no sentido de viabilizar a colocação de um painel em todas as Repartições Públicas, que possa medir a satisfação dos munícipes.</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2978/indicacao_no_412.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2978/indicacao_no_412.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura Municipal, no sentido de viabilizar a Divulgação de campanha de vacinação em todos os bairros e demais serviços. Que seja informado a população através de carros de som nos bairros.</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2979/indicacao_no_413.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2979/indicacao_no_413.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDÊNCIAS SEJAM TOMADAS NO SENTIDO DE VIABILIZAR EM NOSSA CIDADE CAMPANHA DE CONSCIENTIZAÇÃO E AUMENTO NA FISCALIZAÇÃO CONTRA A PRÁTICA DE QUEIMADAS DE QUALQUER NATUREZA, NO PERÍMETRO URBANO DO MUNICÍPIO DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>Matheus Campos, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2980/indicacao_no_414.2022_-_matheus_de_campos_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2980/indicacao_no_414.2022_-_matheus_de_campos_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A TROCA OU A MANUTENÇÃO DOS BANCOS DA PRAÇA DO JARDIM PAULISTA (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2981/indicacao_no_415.2022_-_matheus_de_campos_e_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2981/indicacao_no_415.2022_-_matheus_de_campos_e_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE UM PROJETO DE REVITALIZAÇÃO DAS PRINCIPAIS RUAS COMERCIAIS DO CENTRO DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2982/indicacao_no_416.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2982/indicacao_no_416.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja feitos estudos para que se construa uma área de caminhadas nos fundos do Estádio Municipal, onde hoje existem somente plantação de “bambus”, área esta paralela ao Salão Social e Bocha e dê a denominação a este prédio público de “Alfredo Barrado”.</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2983/indicacao_no_417.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2983/indicacao_no_417.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDENCIAR INSTALAÇÕES DE POSTES DE ILUMINAÇÃO COM AS LÂMPADAS DE LED E CALÇAMENTO NA ÁREA VERDE LOCALIZADA NO BAIRRO JARDIM PRIMAVERA NA RUA ANTONIO PONTES CÂMARA ALTURA DO NÚMERO 263.</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2984/indicacao_no_418.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2984/indicacao_no_418.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE UM ESTACIONAMENTO TIPO BOLSÃO, EM FRENTE AO ALMOXARIFADO MUNICIPAL LOCALIZADO NA RUA PRESIDENTE VARGAS.</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2985/indicacao_no_419.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2985/indicacao_no_419.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A PAVIMENTAÇÃO ASFÁLTICA NO "RECINTO DE FESTA DO MUNÍCIPIO".</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2986/indicacao_no_420.2022_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2986/indicacao_no_420.2022_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE IMPLANTAR EM NOSSO MUNICÍPIO A "FEIRA DO LIVRO".</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2987/indicacao_no_421.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2987/indicacao_no_421.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realize a instalação de bancos na Área Verde localizada na Rua Santo Dumont, na altura da antiga pista de Bocha.</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2991/indicacao_no_422.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2991/indicacao_no_422.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar o calçamento e iluminação na área verde, localizada na Rua Benjamin Silva no bairro Jardim Boa Vista.</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2992/indicacao_no_423.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2992/indicacao_no_423.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a pintura da sinalização de solo e placas pare que estão apagadas na extensão da RUA ELIOTÉRIO PIZARRO.</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2993/indicacao_no_424.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2993/indicacao_no_424.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar o calçamento e iluminação na área verde, localizada na Rua Luiz Carlos Sala no bairro Jardim dos Jacarandas.</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2994/indicacao_no_425.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2994/indicacao_no_425.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar o recapeamento asfáltico de toda a extensão da Rua Barão do Rio Branco. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2995/indicacao_no_426.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2995/indicacao_no_426.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Francisco Lima Mendonça, na altura do número 850, Nova Pradópolis I.</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2996/indicacao_no_427.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2996/indicacao_no_427.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a volta da escovação, com aplicação de flúor, nas Escolas Municipais.</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2997/indicacao_no_428.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2997/indicacao_no_428.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A TROCA DO TELHADO DA BIBLIOTECA MUNICIPAL.</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2998/indicacao_no_429.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2998/indicacao_no_429.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, PARA QUE DE À DENOMINAÇÃO DE JOÃO MARCARI A UM LOGRADOURO PÚBLICO OU NOME DE RUA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2999/indicacao_no_430.2022_-_joao_oliveira_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2999/indicacao_no_430.2022_-_joao_oliveira_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR A COLETA DE LIXO NO “HORTO GUARANI”.</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3003/indicacao_no_431.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3003/indicacao_no_431.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR MELHORARIAS NA ENTRADA DO BAIRRO JARDIM DAS OLIVEIRAS.</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3001/indicacao_no_432.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3001/indicacao_no_432.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao departamento competente, estude a possibilidade de comprar ração e fornecer as instituições que atuam em defesa da causa animal.</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3002/indicacao_no_433.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3002/indicacao_no_433.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao departamento competente, estude a possibilidade de viabilizar a implementação do Programa de desligamento voluntário (PDV) para os servidores públicos que desejarem aderir.</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3000/indicacao_no_434.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3000/indicacao_no_434.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na entrada da cidade.</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3004/indicacao_no_435.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3004/indicacao_no_435.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, DÊ DENOMINAÇÃO DE ROSA AMÉRICO LEONACHOS À UMA VIA OU LOGRADOURO PÚBLICO DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3005/indicacao_no_436.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3005/indicacao_no_436.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE, NO SENTIDO DE PROVIDENCIAR A REFORMA DA SECRETÁRIA E DOS BANHEIROS DA ESCOLA "EMEF SÉRGIO ROSSETTI".</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3006/indicacao_no_437.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3006/indicacao_no_437.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de um ANFITEATRO para a escola municipal E.M.E.F "Sérgio Rossetti".</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3007/indicacao_no_438.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3007/indicacao_no_438.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalar comedouros e bebedouros de PVC, para animais em situação de abandono que circulam nas ruas.</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3008/indicacao_no_439.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3008/indicacao_no_439.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de conceder transporte e lanches aos alunos que vão em eventos e cerimônias representar o nosso município em outras cidades.</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3010/indicacao_no_440.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3010/indicacao_no_440.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, de que estudos sejam realizados pelo setor de Infraestrutura Urbana para Construção de Ciclovia na Av. José dos Santos Martins no Bairro Nova Pradópolis I e II.</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3011/indicacao_no_441.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3011/indicacao_no_441.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE REALIZE A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (LOMBADA) NA CORONEL JUNQUEIRA, NA ALTURA DO N° 1.232.</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3012/indicacao_no_442.2022_-_matheus_de_campos_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3012/indicacao_no_442.2022_-_matheus_de_campos_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE LIMPEZA, MANUTENÇÃO E A TROCA DOS BANCOS DA PRAÇA "ATILIO LUIZ ROSSI", LOCALIZADA NO BAIRRO JARDIM PRIMAVERA (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3013/indicacao_no_443.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3013/indicacao_no_443.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A AQUISIÇÃO E A INSTALAÇÃO DE LIXEIRAS EM FRENTE A UNIDADE BÁSICA DE SAÚDE "LINEU ZACHARIAS".</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3014/indicacao_no_444.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3014/indicacao_no_444.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido da construção de um ponto de ônibus com assentos e cobertura na Rua 13 de maio, na entrada do bairro Jardim Flamboyant. (foto em anexo)</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3015/indicacao_no_445.2022_-_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3015/indicacao_no_445.2022_-_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalar um bicicletário na UBS ( UNIDADE BÁSICA DE SAÚDE ) Lineu Zacarias.</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3016/indicacao_no_446.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3016/indicacao_no_446.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de colocar alambrado novo em volta de toda escola "Sérgio Rossetti".</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3018/indicacao_no_447.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3018/indicacao_no_447.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a revitalização da via pública denominada Rua Rosa de Oliveira Campos, nas proximidades da escola Octavio Giovanetti.</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>Marcia, Gonçala, Joãozinho da Papelaria, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3017/indicacao_no_448.2022_-_marcia_goncala_joao_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3017/indicacao_no_448.2022_-_marcia_goncala_joao_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de 01 um ônibus Municipal para atender os trabalhadores do Distrito Industrial. Saindo as 06h30min e retornando as 17h30min. Estudando a possibilidade no Intervalo de Almoço também.</t>
   </si>
   <si>
     <t>3019</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3019/indicacao_no_449.2022_-_nal_matheus_e_thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3019/indicacao_no_449.2022_-_nal_matheus_e_thiago.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ANALISE A POSSIBILIDADE DE AQUISIÇÃO E INSTALAÇÃO DE CLIMATIZADORES DE AR NA CRECHE MUNICIPAL CMEI “LUCELMA DE SOUZA PESSOA”.</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3020/indicacao_no_450.2022_-_nal_matheus_e_thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3020/indicacao_no_450.2022_-_nal_matheus_e_thiago.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ANALISE A POSSIBILIDADE DE AQUISIÇÃO E INSTALAÇÃO DE FECHADURAS DO TIPO "TETRA" PARA A PORTA DE ENTRADA DA CRECHE MUNICIPAL CMEI “LUCELMA DE SOUZA PESSOA”.</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3026/indicacao_no_451.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3026/indicacao_no_451.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de colocar coberturas no portão de acesso a entrada de alunos na Creche Prof. Lucelma de Souza Pessoa.</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3027/indicacao_no_452.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3027/indicacao_no_452.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a reforma do vestuário da escola EMEF “Augusto de Campos”.</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3028/indicacao_no_453.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3028/indicacao_no_453.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de aquisição de matérias de papelaria, tais como: lápis e canetas, borrachas e cadernos, e folhas sulfites para a escola EMEF “Augusto de Campos”.</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>Thiago Aquino, Joãozinho da Papelaria, Matheus Campos, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3033/indicacao_no_454.2022_-_thiago_nal_matheus_e_joao.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3033/indicacao_no_454.2022_-_thiago_nal_matheus_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de estabelecer o piso salarial nacional do enfermeiro, do técnico de enfermagem, do auxiliar de enfermagem e demais categorias contempladas na Lei 14.434 de 04 de agosto de 2022.</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3034/indicacao_no_455.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3034/indicacao_no_455.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de uma cadeira de rodas para a utilização no Centro Odontológico Municipal.</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3035/indicacao_no_456.2022_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3035/indicacao_no_456.2022_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de uma placa de "proibido estacionar" na Rua Presidente Vargas, cruzamento com a Rua Treze de Maio, a fim de maior segurança no trânsito. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3036/indicacao_no_457.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3036/indicacao_no_457.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar melhorias nos dos pontos de ônibus do bairro Nova Pradópolis II.</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3037/indicacao_no_458.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3037/indicacao_no_458.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de acrescentar nas placas de "Atendimento Prioritário" dos Departamentos Públicos, também os símbolos de autismo, obesidade, surdos e mudos e escrita tátil para as pessoas com deficiência visual ou baixa visão.</t>
   </si>
   <si>
     <t>3038</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3038/indicacao_no_459.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3038/indicacao_no_459.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam elaborados pelo setor competente da Prefeitura, no sentido de viabilizar a criação do centro de Zoonoses em nosso Município, com central de controle e bem-estar animal, pois tendo-se em vista o crescimento da cidade, esse centro de dará uma resposta eficaz para todos os problemas relacionados a animais que enfrentamos, trazendo, consequentemente, uma melhoria na qualidade de vida dos munícipes.</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3039/indicacao_no_460.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3039/indicacao_no_460.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, PARA AQUISIÇÃO E INSTALAÇÃO DE (01) UM SEMÁFORO NA RUA SANTO ANTONIO COM CRUZAMENTO DA RUA PRESIDENTE VARGAS.</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3040/indicacao_no_461.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3040/indicacao_no_461.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a criação e a realização de curso para gestantes em nossa cidade.</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3041/indicacao_no_462.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3041/indicacao_no_462.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade "lombada" na Rua Primeiro de Maio, na altura do nº 735.</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3042/indicacao_no_463.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3042/indicacao_no_463.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja instalado um mastro no Lago Municipal, para hasteamento da Bandeira Nacional, Estadual e Municipal.</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3043/indicacao_no_464.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3043/indicacao_no_464.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que seja instalado um mastro na área verde do Cristo na rotatória que divide o município com o distrito industrial, para o hasteamento da Bandeira Nacional, Estadual e Municipal.</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3047/indicacao_no_465.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3047/indicacao_no_465.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade "lombada" na Rua Sete de Setembro, na altura do nº 317 próximo ao portão do Lago Municipal.</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3044/indicacao_no_466.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3044/indicacao_no_466.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja realizada a implantação de um Controlador de Acesso nas entradas das Escolas Municipais.</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3045/indicacao_no_467.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3045/indicacao_no_467.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que forneça fraldas descartáveis e lenços umedecidos para todas as Creches do nosso município.</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3046/indicacao_no_468.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3046/indicacao_no_468.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que o município aumente 5% a margem de consignados para os servidores públicos municipais.</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3048/indicacao_no_469.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3048/indicacao_no_469.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam elaborados pelo setor competente da Prefeitura, no sentido de contratar em regime de urgência, profissionais da especialidade médica de reumatologista.</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3049/indicacao_no_470.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3049/indicacao_no_470.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam elaborados pelo setor competente da Prefeitura, no sentido de que seja criado o Estatuto de Proteção, Defesa e Bem-Estar dos Animais do Município de Pradópolis, para que sejam efetuados projetos necessários nessa área.</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3050/indicacao_no_471.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3050/indicacao_no_471.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE, NO SENTIDO DE REALIZAR UM PROJETO DE PAISAGISMO E REVITALIZAÇÃO DO LAGO MUNICIPAL DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>3053</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>Matheus Campos, Luciano Tanaka, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3053/indicacao_no_472.2022_-_matheus_luciano_e_nal.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3053/indicacao_no_472.2022_-_matheus_luciano_e_nal.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A REFORMA E A MANUTENÇÃO DA ARQUIBANCADA DO ESTÁDIO MUNICIPAL “SÉRGIO ROSSETTI”.</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3054/indicacao_no_473.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3054/indicacao_no_473.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, QUE VIABILIZE A IMPLANTAÇÃO DE "PONTO DE ÔNIBUS" NO BAIRRO PARQUE DOS PÁSSAROS.</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3059/indicacao_no_474.2022_-_goncala_marcia_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3059/indicacao_no_474.2022_-_goncala_marcia_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar convênio com clínicas de reabilitação feminina.</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3060/indicacao_no_475.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3060/indicacao_no_475.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar o recapeamento asfáltico na esquina da Avenida Monte Sereno, com a Rua Belmiro Ornelas de Almeida até a Rua José Pereira da Costa.</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>Zé Banana, Gonçala</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3061/indicacao_no_476.2022_-_ze_banana_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3061/indicacao_no_476.2022_-_ze_banana_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Belmiro Ornelas de Almeida, na altura do número 297 e outra na altura do número 416, Jardim Maria Luiza I.</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3062/indicacao_no_477.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3062/indicacao_no_477.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a manutenção das lixeiras danificadas do Cemitério Municipal.</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3063/indicacao_no_478.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3063/indicacao_no_478.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de pontos de ônibus na Rua Paulo Silva, próximo ao nº 710 e Rua José João Davi Sobrinho próximo ao nº 510, no bairro Nova Pradópolis I.</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3064/indicacao_no_479.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3064/indicacao_no_479.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de uma praça com playground e academia, na Rua José Constantino, defronte ao nº 287, bairro Jardim Paulista.</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3068/indicacao_no_480.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3068/indicacao_no_480.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE REALIZE A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (LOMBADA) NA RUA JOSÉ FRANCISCO FILHO, PRÓXIMO AO CRUZAMENTO COM A RUA ALFREDO BARRADO, NO BAIRRO JARDIM MIRIAM (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3069/indicacao_no_481.2022_-_matheus_de_campos_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3069/indicacao_no_481.2022_-_matheus_de_campos_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, DÊ DENOMINAÇÃO DE "JÚLIA PAULO RODRIGUES" À UMA VIA OU LOGRADOURO PÚBLICO DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3070/indicacao_no_482.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3070/indicacao_no_482.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A PINTURA DE SINALIZAÇÃO DE SOLO NA RUA JOAQUIM SIMÕES BARRICO CRUZAMENTO COM A RUA PEREIRA BARRETO, NO BAIRRO JARDIM MIRIAM (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3071/indicacao_no_483.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3071/indicacao_no_483.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE O RECAPEAMENTO ASFÁLTICO DA RUA ALFREDO BARRADO, NO BAIRRO JARDIM MIRIAM (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3072/indicacao_no_484.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3072/indicacao_no_484.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A REVITALIZAÇÃO DO CANTEIRO CENTRAL LOCALIZADO NA AVENIDA JOSÉ DOS SANTOS MARTINS, NO BAIRRO NOVA PRADÓPOLIS, BEM COMO A INSTALAÇÃO DE NOVOS BANCOS NO LOCAL (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3073/indicacao_no_485.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3073/indicacao_no_485.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a cobertura nos portões de acesso de entrada da Creche Zaíra Ometto.</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3074/indicacao_no_486.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3074/indicacao_no_486.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a adequação de um guichê para atendimento as pessoas com necessidades especiais, principalmente a cadeirantes, na Farmácia Municipal de Pradópolis.</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3075/indicacao_no_487.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3075/indicacao_no_487.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de proceder com a limpeza do bueiro localizado na esquina das Ruas Rosa de Oliveira, com João Mesquita Ramos, Jardim Primavera.</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3076/indicacao_no_488.2022_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3076/indicacao_no_488.2022_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido que seja realizada a limpeza em toda extensão da AV. Gabino Arroyo, no bairro Jardim Maria Luiza I.</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3077/indicacao_no_489.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3077/indicacao_no_489.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, QUE PROVIDENCIE A AMPLIAÇÃO DE MAIS DIAS OU ESTENDE O NÚMEROS DE PACIENTES A SER CHAMADO PARA REALIZAR O EXAME DE ULTRASSOM NO CENTRO MÉDICO MUNICIPAL.</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3078/indicacao_no_490.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3078/indicacao_no_490.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, QUE PROVIDENCIE AQUISIÇÃO DE “01” UM VEÍCULO TIPO FURGÃO PARA O SETOR DA MERENDA ESCOLAR.</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3079/indicacao_no_491.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3079/indicacao_no_491.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, DE À DENOMINAÇÃO DE MARIA APARECIDA LEONI LUCAS A UM LOGRADOURO PÚBLICO OU NOME DE RUA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3080/indicacao_no_492.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3080/indicacao_no_492.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de desenvolver políticas públicas de incentivo á construção civil, proporcionando meios de aprimoramento a mão de obra, principalmente de pedreiros e auxiliares.</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3081/indicacao_no_493.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3081/indicacao_no_493.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de incluir na referida Zona Comercial a Rua José Pontes Câmara, a partir da altura do n° 255, no bairro Jardim Maria Luiza II.</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3082/indicacao_no_494.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3082/indicacao_no_494.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente, para que providencie melhorias na iluminação da Avenida Gabino Arroyo, no bairro Jardim Maria Luiza I.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3083/indicacao_no_495.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3083/indicacao_no_495.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja denominada uma das ruas ou praças de nossa cidade com o nome da Senhora ROSÂNGELA DE FÁTIMA IJANS GARCIA.</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3084/indicacao_no_496.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3084/indicacao_no_496.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a limpeza e conserto na tampa das bocas de lobo/bueiros localizadas na Rua Presidente Vargas, altura do Estádio Municipal "Sérgio Rossetti", conforme fotos em anexo.</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3085/indicacao_no_497.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3085/indicacao_no_497.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no intuito de que seja realizada a manutenção e/ou troca dos bancos do dispostos em frente ao Centro Odontológico Municipal "Genoveva Rota Pacheco", conforme fotos em anexo.</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3086/indicacao_no_498.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3086/indicacao_no_498.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a manutenção e/ou troca do alambrado em frente ao prédio da antiga marcenaria localizada no complexo esportivo municipal, conforme fotos em anexo.</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3089/indicacao_no_499.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3089/indicacao_no_499.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a implantação do Projeto Samuzinho no munícipio de Pradópolis.</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3090/indicacao_no_500.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3090/indicacao_no_500.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de disponibilizar um ônibus escolar de ida e volta para alunos do CEMA "Dorival Rossi", especialmente aos bairros que ficam mais distantes da escola.</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3091/indicacao_no_501.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3091/indicacao_no_501.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de criar denominações nas ruas internas do cemitério municipal e a colocação de placas indicativas.</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3092/indicacao_no_502.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3092/indicacao_no_502.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de colocar lixeiras e bebedouros de água na praça MARIA APARECIDA DE CASTRO PEREIRA ``CIDA DO BRASA´´ localizada no bairro Jardim das Oliveiras.</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3093/indicacao_no_503.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3093/indicacao_no_503.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a INSTALAÇÃO de um ponto de ônibus com cobertura localizado na frente do sítio Rota Caipira.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3094/indicacao_no_504.2022_-_joao_oliveira_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3094/indicacao_no_504.2022_-_joao_oliveira_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A AMPLIAÇÃO DO “CENTRO DE CONVIVÊNCIA DO IDOSO FRANCISCO BATISTA XAVIER”.</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3095/indicacao_no_505.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3095/indicacao_no_505.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE CONSTRUIR UMA QUADRA POLIESPORTIVA COBERTA NO “BAIRRO JARDIM MARIA LUIZA”.</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Fabão, Matheus Campos, Nal Marques, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3096/indicacao_no_506.2022_-_joao_nal_thiago_fabio_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3096/indicacao_no_506.2022_-_joao_nal_thiago_fabio_e_matheus.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE IMPLANTAR EM NOSSO MUNICÍPIO "O PROGRAMA CRIANÇA FELIZ".</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3097/indicacao_no_507.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3097/indicacao_no_507.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE (LOMBADA) NA RUA MAGDALENA ROSA RODRIGUES LEONI ALTURA DO NÚMERO 880 LOCALIZADA NO BAIRRO JARDIM MIRIAM II.</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3098/indicacao_no_508.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3098/indicacao_no_508.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO DE UMA ACADEMIA AO AR LIVRE NA PRAÇA DO BAIRRO JARDIM MIRIAM LOCALIZADO NA RUA MAGDALENA ROSA RODRIGUES LEONI NA ALTURA DO NÚMERO 860.</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3099/indicacao_no_509.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3099/indicacao_no_509.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição ou a disponibilização de um veículo destinado para emergências da Merenda Escolar Municipal.</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3101/indicacao_no_510.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3101/indicacao_no_510.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de câmeras de segurança, internas e externas, na nova ala da Farmácia Popular Municipal.</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>Marcia, Gonçala, Matheus Campos, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3102/indicacao_no_511.2022_-_marcia_goncala_matheus_e_nal.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3102/indicacao_no_511.2022_-_marcia_goncala_matheus_e_nal.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura Municipal, no sentido de viabilizar a contratação de médico veterinário junto ao departamento competente do município.</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3103/indicacao_no_512.2022_-_marcia_goncala_matheus_e_nal.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3103/indicacao_no_512.2022_-_marcia_goncala_matheus_e_nal.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura Municipal, no sentido de que seja implantado no município o Programa de Clínica Veterinária Móvel, para oferecer serviço atendimento veterinário e ambulatorial aos animais.</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3104/indicacao_no_513.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3104/indicacao_no_513.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam elaborados pelo setor competente, no sentido de que seja realizada a manutenção da canaleta localizada na esquina da Rua Primeiro de Janeiro cruzamento com a Rua Sete de Setembro, em frente ao "Restaurante da Zanza" (imagem anexa).</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3105/indicacao_no_514.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3105/indicacao_no_514.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente, no sentido de que seja realizada a limpeza e a manutenção da pintura na caixa d'água localizada no bairro Jardim Mirian.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3106/indicacao_no_515.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3106/indicacao_no_515.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam elaborados pelo setor competente, no sentido de que seja realizada a soltura de peixes no Lago Municipal de Pradópolis.</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3107/indicacao_no_516.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3107/indicacao_no_516.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de construir um estacionamento tipo bolsão nas proximidades no Prédio do Poupatempo do Município.</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3108/indicacao_no_517.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3108/indicacao_no_517.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de regularizar reparo no asfalto tampa de bueiro afundada no cruzamento da Rua Rui Barbosa com a Barão do Rio Branco risco de acidentes com ciclista e motociclista e até transeuntes.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3109/indicacao_no_518.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3109/indicacao_no_518.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, a possibilidade de instalação de uma Academia ao Ar Livre na praça do Jardim Primavera que fica entra as Ruas Rui Barbosa; Barão do Rio Branco e João Mesquita Ramos. (foto anexo).</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3110/indicacao_no_519.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3110/indicacao_no_519.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de reforçar a sinalização de solo existente na Rua Rui Barbosa, no quarteirão localizado entre as Ruas Presidente Vargas e Barão do Rio Branco. (foto anexa).</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3111/indicacao_no_520.2022_-_matheus_nal_e_thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3111/indicacao_no_520.2022_-_matheus_nal_e_thiago.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE COLOCAÇÃO DE BANCOS NA ÁREA VERDE DA PRAÇA DO CDHU.</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3112/indicacao_no_521.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3112/indicacao_no_521.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE MANUTENÇÃO DAS GRADES QUE ESTÃO DETERIORADAS NA EXTENSÃO DA PONTE QUE DÁ ACESSO AO BAIRRO PARQUE DOS PÁSSAROS, BEM COMO A LIMPEZA DO LOCAL (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3113/indicacao_no_522.2022_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3113/indicacao_no_522.2022_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A INSTALAÇÃO DE TRAVES DE FUTEBOL NA ÁREA VERDE LOCALIZADA NO FINAL DA RUA MARIA HELENA GUINDALINI FECHETIA, MAIS PRECISAMENTE PRÓXIMO A ALTURA DO N° 649 (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3114/indicacao_no_523.2022_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3114/indicacao_no_523.2022_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a sinalização de solo (Linha Simples Seccionada) em toda a extensão das Ruas Presidente Vargas, Coronel Junqueira, São Martinho e Nove de Julho.</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3124/indicacao_no_524.2022_-_goncala_marcia_fabio_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3124/indicacao_no_524.2022_-_goncala_marcia_fabio_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a criação de um projeto de lei que institui o "Fundo Municipal da Pessoa com Deficiência", a ser gerido pelo Conselho Municipal dos Direitos da Pessoa com Deficiência.</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3129/indicacao_no_525.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3129/indicacao_no_525.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção ou a disponibilização de um espaço já existente para uma escola de atendimento especializado, com profissionais tipo psicólogos, pedagogos, terapeutas ocupacionais, fonoaudiólogos, fisioterapeutas, etc., para pessoas com deficiências de todas as idades (estilo CAEME OU APAE).</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3125/indicacao_no_526.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3125/indicacao_no_526.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de regularizar REPARO nas tampas dos bueiros quebrados, na Rua Cesar Giovanetti entre os números 812 a 820.</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3126/indicacao_no_527.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3126/indicacao_no_527.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de estudar a possibilidade de COLOCAÇÃO de bancos na área de frente ao sítio Rota Caipira.</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3127/indicacao_no_528.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3127/indicacao_no_528.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que viabilize a INSTALAÇÃO de fraldário no banheiro do prédio do CRÁS (Centro de Referência de Assistência Social).</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3128/indicacao_no_529.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3128/indicacao_no_529.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DO CENTRO DE DIAGNÓSTICO POR IMAGENS NO CENTRO MÉDICO MUNICIPAL DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3130/indicacao_no_530.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3130/indicacao_no_530.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE COLOCAR PLACAS INDICATIVAS PARA DEFICIENTES PORTADORES NECESSIDADES ESPECIAIS EM TODAS AS IGREJAS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3131/indicacao_no_531.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3131/indicacao_no_531.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE IMPLANTAR UMA FARMÁCIA NA UNIDADE BÁSICA DE SAÚDE (LINEU ZACARÍAS) LOCALIZADA NO BAIRRO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3132/indicacao_no_532.2022_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3132/indicacao_no_532.2022_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, PARA CONCESSÃO DE ABONO NATALINO AOS SERVIDORES PÚBLICOS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3133/indicacao_no_533.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3133/indicacao_no_533.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a readequação e manutenção das galerias de águas pluviais da região central do município, implantando meios de proteção nos bueiros quando necessários. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3134/indicacao_no_534.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3134/indicacao_no_534.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a troca da tampa de bueiro na Rua: Belmiro Ornellas de Almeida, na altura do número 206, Jardim Maria Luiza ll.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>Marcia, Gonçala, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3135/indicacao_no_535.2022_-_marcia_da_silva__goncala_marcelo_e_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3135/indicacao_no_535.2022_-_marcia_da_silva__goncala_marcelo_e_matheus_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de promover um projeto municipal de oficinas profissionalizantes para a capacitação de mulheres.</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3136/indicacao_no_536.2022_-_goncala_marcelo_marcia_da_silva_e_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3136/indicacao_no_536.2022_-_goncala_marcelo_marcia_da_silva_e_matheus_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de 01 processador de alimentos e 01 descascador de batatas para a Merenda Escolar Municipal.</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3137/indicacao_no_537.2022_-_goncala_marcelo_marcia_da_silva_e_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3137/indicacao_no_537.2022_-_goncala_marcelo_marcia_da_silva_e_matheus_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar uma reforma geral no prédio da Merenda Escolar Municipal.</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3138/indicacao_no_538.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3138/indicacao_no_538.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a limpeza e poda de árvores nas áreas verdes dos bairros Jardim Jacarandás, Jardim Boa Vista e Jardim Flamboyant.</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3139/indicacao_no_539.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3139/indicacao_no_539.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar dedetização nos bairros Jardim Flamboyant, Jardim Boa Vista e Jardim Jacarandás.</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3140/indicacao_no_540.2022_-_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3140/indicacao_no_540.2022_-_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar o calçamento em torno da área verde do Jardim Flamboyant.</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3141/indicacao_no_541.2022_-_luciano_tanaka_joao_oliveira_nal_marques_matheus_campos_e_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3141/indicacao_no_541.2022_-_luciano_tanaka_joao_oliveira_nal_marques_matheus_campos_e_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de fazer um estudo para a construção de uma via pavimentada, com calçamento e iluminação, na continuação da Rua Barão do Rio Branco do bairro Jardim Primavera passando por trás da pista de skate, ligando na Rua Salvador Purcini no Jardim Bela Vista.</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3143/indicacao_no_542.2022_-_matheus_campos_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3143/indicacao_no_542.2022_-_matheus_campos_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ADOTEM MEDIDAS QUE SOLUCIONEM O PROBLEMA DE INFESTAÇÃO DE POMBOS NO GINÁSIO DE ESPORTES MUNICIPAL "CONSTANTE PAVAN".</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3144/indicacao_no_543.2022_-_matheus_campos_thiago_aquino_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3144/indicacao_no_543.2022_-_matheus_campos_thiago_aquino_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A AQUISIÇÃO DE REDES DE PROTEÇÃO PARA SEREM INSTALADAS NAS QUADRAS DE AREIA LOCALIZADAS NO CLUBE MUNICIPAL E NO LAGO MUNICIPAL (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3145/indicacao_no_544.2022_-_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3145/indicacao_no_544.2022_-_matheus_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE, NO SENTIDO DE PROVIDENCIAR A REFORMA DOS BANHEIROS E VESTIÁRIOS DO GINÁSIO DE ESPORTES MUNICIPAL "CONSTANTE PAVAN".</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3146/indicacao_no_545.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3146/indicacao_no_545.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a reforma da calçada localizada em torno da Escola "CECI Luiz Ometto" (imagem anexa).</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3147/indicacao_no_546.2022_-_nal_marques_matheus_campos_e_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3147/indicacao_no_546.2022_-_nal_marques_matheus_campos_e_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, com a finalidade de inserir no Calendário Municipal da Educação a "Semana de Olimpíadas Escolares" em todas as escolas do nosso município.</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3154/indicacao_no_547.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3154/indicacao_no_547.2022_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de uma quadra de areia, em futura praça a ser construída no bairro Nova Pradópolis I, entre as ruas: Vania Aparecida Tabanez, Mercedes Pescaroli Marcari e José João Davi Sobrinho.</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3155/indicacao_no_548.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3155/indicacao_no_548.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar o recapeamento asfáltico entre as ruas Domingos Buchione e Manoel Felício, altura do número 35.</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3156/indicacao_no_549.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3156/indicacao_no_549.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de placas de sinalização (pedestre e ciclistas), na nova ciclovia do trevo da entrada da cidade até o início da Rua Santo Antônio.</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3157/indicacao_no_550.2022_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3157/indicacao_no_550.2022_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a cobertura no portão de acesso do prédio do CRAS (Centro de Referência de Assistência Social).</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3158/indicacao_no_551.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3158/indicacao_no_551.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que sejam estudas junto ao Departamento de Saúde Municipal um levantamento sobre a quantidade de pacientes que aguardam para fazer a cirurgia de catarata e que seja criado um programa de mutirão de cirurgia em nosso Município.</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3159/indicacao_no_552.2022_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3159/indicacao_no_552.2022_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido que realize a colocação de bancos na área externa e área verde do Velório Municipal.</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3160/indicacao_no_553.2022_-_goncala_marcelo_marcia_da_silva_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3160/indicacao_no_553.2022_-_goncala_marcelo_marcia_da_silva_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de coberturas/toldos nos brinquedos adaptados que foram instalados no Lago Municipal.</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3161/indicacao_no_554.2022_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3161/indicacao_no_554.2022_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de iniciar a partir do ano letivo de 2023, campanhas de investigação e controle de diabetes infantil nas crianças da rede municipal de ensino.</t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3162/indicacao_no_555.2022_-_matheus_campos_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3162/indicacao_no_555.2022_-_matheus_campos_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE INSTALAR UMA ACADEMIA AO AR LIVRE NA “PRAÇA DO CDHU”.</t>
   </si>
   <si>
     <t>3163</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3163/indicacao_no_556.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3163/indicacao_no_556.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de aumentar a quantidade de árvores plantadas nos canteiros localizados no estacionamento do Clube Municipal.</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3164/indicacao_no_557.2022_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3164/indicacao_no_557.2022_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de proporcionar melhor infraestrutura aos comerciantes ambulantes que trabalham nas proximidades do Lago Municipal, incluindo a disponibilidade de pontos de energia e de água potável.</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3165/indicacao_no_558.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3165/indicacao_no_558.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura Municipal, no sentido de viabilizar a construção de uma quadra de Bocha no Centro de Conveniência do Idoso (casa da 3° idade).</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3166/indicacao_no_559.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3166/indicacao_no_559.2022_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura Municipal, no sentido de viabilizar a construção de uma ciclovia ao entorno dos bairros Nova Pradópolis I e II.</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3168/indicacao_no_560.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3168/indicacao_no_560.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR UM MULTIRÃO NA ESPECIALIDADE DE OFTALMOLOGISTA.</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3169/indicacao_no_561.2022_-_marcia_da_silva_goncala_marcelo_e_mathues_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3169/indicacao_no_561.2022_-_marcia_da_silva_goncala_marcelo_e_mathues_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura Municipal, no sentido de viabilizar a reforma do palco e dos camarins do ginásio municipal “Constante Pavan”.</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3170/indicacao_no_562.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3170/indicacao_no_562.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDENCIAR AS REFORMAS DAS PLACAS DENOMINATIVAS EM ALGUMAS RUAS DO BAIRRO JARDIM MIRIAM III.</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2698/projeto_decreto_legislativo_no_001.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2698/projeto_decreto_legislativo_no_001.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da Prestação de Contas da Prefeitura Municipal de Pradópolis, relativas ao exercício de 2019.</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3056/projeto_decreto_legislativo_no_002.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3056/projeto_decreto_legislativo_no_002.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadão pradopolense ao senhor Marcelo Campos Ometto e dá outras providências.</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3088/projeto_decreto_legislativo_no_003.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3088/projeto_decreto_legislativo_no_003.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadão benemérito ao senhor Augusto Alexandre de Campos Rossi e dá outras providências.</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3151/projeto_decreto_legislativo_no_004.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3151/projeto_decreto_legislativo_no_004.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadão benemérito ao Padre Bruno Cesar Siqueira e dá outras providências.</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2575/projeto_lei_no_001.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2575/projeto_lei_no_001.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional especial no valor de R$ 160.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2619/projeto_lei_no_002.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2619/projeto_lei_no_002.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 391.059,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2620/projeto_lei_no_003.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2620/projeto_lei_no_003.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Municipal nº 1.565, de 02 de maio de 2018 que "Dispõe sobre a fixação de valor mínimo para o ajuizamento da ação de execução fiscal da dívida ativa da Fazenda Pública Municipal, e dá outras providências".</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2660/projeto_lei_no_004.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2660/projeto_lei_no_004.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal dos Direitos da Pessoa com Deficiência e dá outras providências.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2661/projeto_lei_no_005.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2661/projeto_lei_no_005.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Municipal nº 1.451, de 26 de setembro de 2014 que "Institui o Programa de Incentivo e Desconto, denominado IPTU Verde no âmbito do Município de Pradópolis e dá outras providências.</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2666/projeto_lei_no_006.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2666/projeto_lei_no_006.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 150.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2686/projeto_lei_no_007.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2686/projeto_lei_no_007.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura no orçamento vigente de crédito adicional especial no valor de R$700.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2706/projeto_lei_no_008.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2706/projeto_lei_no_008.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo firmar parceria com organizações da sociedade civil por intermédio de termo de colaboração, para a consecução de finalidades de interesse público, mediante projetos previamente estabelecidos em planos de trabalho, para o exercício de 2022.</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2710/projeto_lei_no_009.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2710/projeto_lei_no_009.2022.pdf</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2724/projeto_lei_no_010.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2724/projeto_lei_no_010.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional especial no valor de R$ 95.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2725/projeto_lei_no_011.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2725/projeto_lei_no_011.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 1.997.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2747/projeto_lei_no_012.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2747/projeto_lei_no_012.2022.pdf</t>
   </si>
   <si>
     <t>Regulamenta o serviço de transporte alternativo municipal de passageiros e dá outras providências.</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2748/projeto_lei_no_013.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2748/projeto_lei_no_013.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional especial no valor de R$ 600.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2749/projeto_lei_no_014.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2749/projeto_lei_no_014.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional especial no valor de R$ 5.350.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2751/projeto_lei_no_015.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2751/projeto_lei_no_015.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 187.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2753/projeto_lei_no_016.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2753/projeto_lei_no_016.2022.pdf</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2770/projeto_lei_no_017.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2770/projeto_lei_no_017.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional especial no valor de R$ 6.073.571,16 e dá outras providências.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2785/projeto_lei_no_018.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2785/projeto_lei_no_018.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2023 e dá outras providências</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2854/projeto_lei_no_019.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2854/projeto_lei_no_019.2022.pdf</t>
   </si>
   <si>
     <t>Estabelece recuo mínimo nas áreas de passeio público dos lotes do DINPRA - Distrito Industrial e Comercial de Pradópolis e dá outras providências.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2856/projeto_lei_no_020.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2856/projeto_lei_no_020.2022.pdf</t>
   </si>
   <si>
     <t>Institui a semana do profissional de educação física no âmbito do município de Pradópolis e dá outras providências.</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2886/projeto_lei_no_021.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2886/projeto_lei_no_021.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a correção monetária do valor da bolsa-auxílio dos estagiários de ensino médio e superior que possuem vínculo com o munícipio de Pradópolis, nos termos da Lei Municipal nº 1.319, de 1 de abril de 2009 e dá outras providências.</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2919/projeto_lei_no_022.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2919/projeto_lei_no_022.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 4.205.000,00.</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2920/projeto_lei_no_023.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2920/projeto_lei_no_023.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 550.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2947</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2947/projeto_lei_no_024.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2947/projeto_lei_no_024.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para abertura de crédito adicional suplementar no orçamento da Câmara Municipal de Pradópolis e dá outras providências.</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2965/projeto_lei_no_025.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2965/projeto_lei_no_025.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 2.090.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2966/projeto_lei_no_026.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2966/projeto_lei_no_026.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 211.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2967/projeto_lei_no_027.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2967/projeto_lei_no_027.2022.pdf</t>
   </si>
   <si>
     <t>Cria oficialmente no Calendário de Festejos a "Feira do Livro de Pradópolis" e autoriza a celebração de Termo de Parceria com a Fundação do Livro e Leitura de Ribeirão Preto, para a organização da mesma no ano de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3025/pl_no_028.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3025/pl_no_028.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional especial no valor de R$ 250.000,00, e dá outras providências.</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3055/projeto_lei_no_029.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3055/projeto_lei_no_029.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional especial no valor de R$ 4.564.546,53 e dá outras providências.</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3058/projeto_lei_no_030.2022_-_loa_2023.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3058/projeto_lei_no_030.2022_-_loa_2023.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Pradópolis para o exercício de 2023 em R$ 130.000.000,00 (cento e trinta milhões de reais) e dá outras providências.</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3100/projeto_lei_no_031.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3100/projeto_lei_no_031.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 750.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3116/projeto_lei_no_032.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3116/projeto_lei_no_032.2022.pdf</t>
   </si>
   <si>
     <t>Institui a semana municipal de combate ao abuso e à exploração sexual de crianças e adolescentes.</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3118/projeto_lei_no_033.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3118/projeto_lei_no_033.2022.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Caput do Artigo 1º da Lei nº 1.517, de 22 de junho de 2017, alterada pela Lei nº 1.529, de 18 de setembro de 2017.</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3123/projeto_lei_no_034.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3123/projeto_lei_no_034.2022.pdf</t>
   </si>
   <si>
     <t>Estabelece o limite de 35% para desconto mensal em folha de pagamento para amortização de linhas de crédito em favor dos servidores municipais, por meio de estabelecimentos bancários, e dá outras providências.</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3148/projeto_lei_no_035.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3148/projeto_lei_no_035.2022.pdf</t>
   </si>
   <si>
     <t>Cria o dia da Cana-de-açúcar no âmbito do município de Pradópolis e dá outras providências.</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3174/projeto_lei_no_036.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3174/projeto_lei_no_036.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo firmar parceria com organizações da sociedade civil por intermédio de colaboração, para a consecução de finalidades de interesse publico, mediante projetos previamente estabelecidos em plano de trabalho, para o exercício de 2023.</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3176/projeto_lei_no_037.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3176/projeto_lei_no_037.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Extinção Consórcio Intermunicipal de Televisão - COIMTEL.</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3177/projeto_lei_no_038.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3177/projeto_lei_no_038.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de abono financeiro, no mês de dezembro de 2022, no valor de R$ 500,00, aos servidores públicos do quadro geral de pessoal da Prefeitura Municipal de Pradópolis, e dá outras providências.</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2490/projeto_lei_complementar_no_001.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2490/projeto_lei_complementar_no_001.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações que especifica na Lei Complementar nº 83, de 7 de maio de 2001 que "Institui o plano de carreira e remuneração do magistério público municipal de Pradópolis e dá outras providências."</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2491/projeto_lei_complementar_no_002.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2491/projeto_lei_complementar_no_002.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o aumento do valor nominal do auxílio alimentação, e dá outras providências.</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2493/projeto_lei_complementar_no_003.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2493/projeto_lei_complementar_no_003.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Complementar nº 299, de 06 de janeiro de 2022.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2624/projeto_lei_complementar_no_004.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2624/projeto_lei_complementar_no_004.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual da remuneração dos servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2657/projeto_lei_complementar_no_005.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2657/projeto_lei_complementar_no_005.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão salarial anual do quadro de referências dos servidores públicos da Câmara Municipal de Pradópolis e dá outras providências.</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2658/projeto_lei_complementar_no_006.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2658/projeto_lei_complementar_no_006.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Complementar nº 285, de 16 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2659/projeto_lei_complementar_no_007.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2659/projeto_lei_complementar_no_007.2022.pdf</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2687/projeto_lei_complementar_no_008.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2687/projeto_lei_complementar_no_008.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Complementar Municipal nº 284, de 16 de dezembro de 2019, que dispõe sobre o Plano de Carreira e Remuneração dos servidores do Poder Executivo Municipal de Pradópolis, e dá outras providências.</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2750/projeto_lei_complementar_no_009.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2750/projeto_lei_complementar_no_009.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reclassificação do padrão de referência do cargo de cozinheira e de coordenador do CRAS, que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2752/projeto_lei_complementar_no_010.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2752/projeto_lei_complementar_no_010.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a extinção do emprego público efetivo de leiturista e dá outras providências.</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2860/projeto_lei_complementar_no_011.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2860/projeto_lei_complementar_no_011.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza, em caráter excepcional, pelo prazo de 120 (cento e vinte) dias, desdobros de lotes urbanos com medidas inferiores às previstas no artigo 63 da Lei Municipal nº 494, de 29 de novembro de 1979, e dá outras providências</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2885/projeto_lei_complementar_no_012.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2885/projeto_lei_complementar_no_012.2022.pdf</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2909/projeto_lei_complementar_no_013.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2909/projeto_lei_complementar_no_013.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação da remuneração mínima da classe docente do quadro do magistério da educação básica ao piso salarial profissional nacional do magistério público da educação básica e sobre a atualização do valor de referência utilizado como piso salarial do cargo de "Agente Comunitário de Saúde", e dá outras providências.</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2921/projeto_lei_complementar_no_014.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2921/projeto_lei_complementar_no_014.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a alienar, por doação e com encargos, três lotes de terreno situados no Distrito Industrial e Comercial de Pradópolis, cada um com área individual de 2.400,00 m2 por lote, totalizando 7.200,00, em favor da empresa Comércio de Silicato de Cálcio Isopetro e Serviços Industriais, e dá outras providências.</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2932/projeto_lei_complementar_no_015.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2932/projeto_lei_complementar_no_015.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe alterações na Lei Complementar Municipal Nº 284, de 16 de dezembro de 2019, que dispõe sobre o plano de carreira e remuneração dos servidores públicos do Poder Executivo municipal de Pradópolis, e dá outras providências.</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2968/projeto_lei_complementar_no_016.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2968/projeto_lei_complementar_no_016.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação da remuneração mínima da classe docente do quadro do magistério da educação básica ao piso salarial nacional do magistério público da educação básica e sobre a atualização do valor de referência utilizado como piso salarial do cargo de "Agente Comunitário de Saúde", e dá outras providências.</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2990/projeto_lei_complementar_no_017.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2990/projeto_lei_complementar_no_017.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de empregos públicos efetivos que específica e dá outras providências.</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3023/plc_no_018.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3023/plc_no_018.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do valor de referência utilizado como piso salarial do cargo de "Agente Comunitário de Saúde", e dá outras providências.</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3024/plc_no_019.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3024/plc_no_019.2022.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal no município de Pradópolis - REFIS 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3032/projeto_lei_complementar_no_020.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3032/projeto_lei_complementar_no_020.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação da remuneração mínima da classe docente do quadro do magistério da educação básica do município de Pradópolis ao piso salarial nacional do magistério público da educação básica e dá outras providências.</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3065/projeto_lei_complementar_no_021.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3065/projeto_lei_complementar_no_021.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e extinção de empregos públicos efetivos que específica e dá outras providências.</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3066/projeto_lei_complementar_no_022.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3066/projeto_lei_complementar_no_022.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do número de parcelas para pagamento de túmulos e carneiras previsto na Lei Complementar nº 228, de 03 de outubro de 2013, e dá outras providências.</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3067/projeto_lei_complementar_no_023.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3067/projeto_lei_complementar_no_023.2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura Municipal de Pradópolis a receber receitas e tributos por meio de cartão de crédito, de débito e por ferramenta digital de pagamento instantâneo (Pix) e dá outras providências.</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3120/projeto_lei_complementar_no_024.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3120/projeto_lei_complementar_no_024.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o recuo mínimo a ser observado nos lotes do DINPRA - Distrito Industrial e Comercial de Pradópolis e a regularização das edificações já existentes e dá outras providencias.</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3142/projeto_lei_complementar_no_025.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3142/projeto_lei_complementar_no_025.2022.pdf</t>
   </si>
   <si>
     <t>Extingue cargo efetivo vago do quadro permanente de pessoal da prefeitura municipal de Pradópolis e dá outras providências.</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3149/projeto_lei_complementar_no_026.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3149/projeto_lei_complementar_no_026.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do padrão de referência 3-A e dá outras providências.</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3150/projeto_lei_complementar_no_027.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3150/projeto_lei_complementar_no_027.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de função gratificada de agente de atendimento e crédito do "SEBRAE AQUI" no anexo III da Lei Complementar Municipal nº 18, de 21 de setembro de 1993, e dá outras providências.</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3153/projeto_lei_complementar_no_028.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3153/projeto_lei_complementar_no_028.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no art. 269 da Lei Complementar Municipal nº 168, de 02 de junho de 2008 que "Atualiza o Código Tributário do Município de Pradópolis, instituído pela Lei nº 649, de 23/11/1984, e dá outras providências.</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3167/projeto_lei_complementar_no_029.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3167/projeto_lei_complementar_no_029.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nova redação dos parágrafos 1º e 3º do art. 15 da Lei Complementar Municipal nº 83, de 07 de maio de 2001, que "Institui o Plano de Carreira e remuneração do magistério público municipal de Pradópolis", com as alterações dadas pela Lei Complementar nº 283, de 28 de novembro de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3173/projeto_de_lei_complementar_no_030.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3173/projeto_de_lei_complementar_no_030.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da jornada de trabalho do emprego público de "Psicopedagogo área clínica" criado pela Lei Complementar nº 236, de 29 de setembro de 2014.</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3175/projeto_de_lei_complementar_no_031.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3175/projeto_de_lei_complementar_no_031.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações no artigo 1º da Lei nº 930, de 30/10/1995, que "Estabelece a zona comercial do município", e dá outras providências.</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3117/projeto_de_resolucao_no_001.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3117/projeto_de_resolucao_no_001.2022.pdf</t>
   </si>
   <si>
     <t>Regulamenta o processo de contratação direta previsto na Lei nº 14.133/2021 no âmbito do Poder Legislativo do Município de Pradópolis – SP.</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2492/requerimento_n_001.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2492/requerimento_n_001.2022.pdf</t>
   </si>
   <si>
     <t>REQUER, a dispensa de pareceres da Comissão de Finanças e Orçamento, Comissão de Justiça e Redação e Comissão de Educação, Saúde e Assistência Social, referente ao Projeto de Lei Complementar nº 8/2021, Projeto de Lei Complementar nº 1/2022 e ao Projeto de Lei Complementar nº 2/2022.</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2663/requerimento_n_002.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2663/requerimento_n_002.2022.pdf</t>
   </si>
   <si>
     <t>Requer à mesa Diretora que seja oficiado a dispensa de parecer da Comissão de Finanças e Orçamento e Comissão de Justiça e Redação, referente ao Projeto de Lei nº 003/2022 do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2664/requerimento_n_003.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2664/requerimento_n_003.2022.pdf</t>
   </si>
   <si>
     <t>Requer aos Excelentíssimos  Vereadores que seja oficiado a dispensa de parecer da Comissão de Finanças e Orçamento e Comissão de Justiça e Redação, referente ao Projeto de Lei Complementar nº 005/2022 do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2665/requerimento_n_004.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2665/requerimento_n_004.2022.pdf</t>
   </si>
   <si>
     <t>Requer à mesa Diretora que seja oficiado a dispensa de parecer da Comissão de Finanças e Orçamento, Comissão de Justiça e Redação e Comissão de Educação, Saúde e Assistência Social, referente ao Projeto de Lei nº 004/2022 do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2662/requerimento_n_005.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2662/requerimento_n_005.2022.pdf</t>
   </si>
   <si>
     <t>Requer à mesa Diretora que seja oficiado a dispensa de parecer da Comissão de Finanças e Orçamento e Comissão de Justiça e Redação, referente ao Projeto de Lei Complementar nº 007/2022 do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2707/requerimento_no_006.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2707/requerimento_no_006.2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal de Pradópolis, informações acerca de todos os contratos firmados através da dispensa de licitações de janeiro 2022 até a presente data.</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2708/requerimento_no_007.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2708/requerimento_no_007.2022.pdf</t>
   </si>
   <si>
     <t>Requerem ao Chefe do Executivo que o setor competente informe a esta Casa de Leis, acerca do pagamento de horas extras aos funcionários públicos da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2723/requerimento_n_008.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2723/requerimento_n_008.2022.pdf</t>
   </si>
   <si>
     <t>Requer à mesa Diretora que seja oficiado a dispensa de parecer da Comissão de Finanças e Orçamento e Comissão de Justiça e Redação, referente ao Projeto de Lei nº 006/2022, do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2722/requerimento_n_009.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2722/requerimento_n_009.2022.pdf</t>
   </si>
   <si>
     <t>Requer à mesa Diretora que seja oficiado a dispensa de parecer da Comissão de Finanças e Orçamento, Comissão de Justiça e Redação e Comissão de Educação, Saúde e Assistência Social, referente ao Projeto de Lei nº 009/2022 do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2820/requerimento_no_010.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2820/requerimento_no_010.2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que o setor competente informe a esta Casa, informações sobre a possibilidade de aquisição de um aparelho de mamografia para o Departamento de Saúde.</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2887/requerimento_n_011.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2887/requerimento_n_011.2022.pdf</t>
   </si>
   <si>
     <t>REQUER, a tramitação em regime de urgência e a dispensa de parecer da Comissão de Justiça e Redação, referente ao Projeto de Lei nº 012/2022 do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2929/requerimento_n_012.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2929/requerimento_n_012.2022.pdf</t>
   </si>
   <si>
     <t>Requerem informações detalhadas dos procedimentos de aquisição e de distribuição realizados pelo Departamento de Assistência e Promoção Social em relação às cestas básicas, medicamentos, leites, gás de cozinha e fraudas, nos últimos 12 (doze) meses.</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2948/requerimento_n_013.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2948/requerimento_n_013.2022.pdf</t>
   </si>
   <si>
     <t>Requer à mesa Diretora que seja oficiado, a tramitação em regime de urgência especial e a dispensa de pareceres da Comissão de Justiça e Redação e Comissão de Finanças e Orçamentos, referente ao Projeto de Lei nº 024/2022.</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2988/requerimento_n_014.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2988/requerimento_n_014.2022.pdf</t>
   </si>
   <si>
     <t>Requerem ao Chefe do Executivo Municipal que o setor competente forneça a esta Casa de Leis informações minuciosas, ou seja, com riquezas de detalhes, acerca de todos os gastos com manutenção da frota de veículos.</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2989/requerimento_n_015.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2989/requerimento_n_015.2022.pdf</t>
   </si>
   <si>
     <t>REQUER, a dispensa de Pareceres da Comissão de Finanças e Orçamento, Comissão de Justiça e Redação e Comissão de Educação, Saúde e Assistência Social, referente ao Projeto de Lei nº. 025/2022.</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3021/requerimento_no_16-2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3021/requerimento_no_16-2022.pdf</t>
   </si>
   <si>
     <t>REQUER a retirada do Projeto de Lei nº 026/2022, de autoria do Poder Executivo Municipal, que " Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 211.000,00 e dá outras providências", já colocado em deliberação.</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3022/requerimento_no_17-2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3022/requerimento_no_17-2022.pdf</t>
   </si>
   <si>
     <t>REQUER a retirada do Projeto de Lei Complementar nº 016/2022, de autoria do Poder Executivo, que "Dispõe sobre a adequação da remuneração mínima da classe docente do quadro do magistério da educação básica ao piso salarial nacional do magistério público da educação básica e sobre a atualização do valor de referência utilizado como piso salarial do cargo de "Agente Comunitário de Saúde", e dá outras providências", já colocado em deliberação.</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3029/requerimento_n_018.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3029/requerimento_n_018.2022.pdf</t>
   </si>
   <si>
     <t>REQUER, a dispensa de Pareceres da Comissão de Finanças e Orçamento e Comissão de Justiça e Redação, referente ao Projeto de Lei nº. 028/2022.</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3030/requerimento_n_019.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3030/requerimento_n_019.2022.pdf</t>
   </si>
   <si>
     <t>Requer a dispensa de Pareceres da Comissão de Finanças e Orçamento, Comissão de Justiça e Redação e Comissão de Educação, Saúde e Assistência Social, referente ao Projeto de Lei Complementar nº. 018/2022.</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3031/requerimento_n_020.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3031/requerimento_n_020.2022.pdf</t>
   </si>
   <si>
     <t>Requer a dispensa de Pareceres da Comissão de Finanças e Orçamento e Comissão de Justiça e Redação, referente ao Projeto de Lei Complementar nº. 019/2022.</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3051/requerimento_n_021.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3051/requerimento_n_021.2022.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em Regime de Urgência Especial e a dispensa de Pareceres da Comissão de Finanças e Orçamento, Comissão de Justiça e Redação e Comissão de Educação, Saúde e Assistência Social, referente ao Projeto de Lei Complementar nº. 020/2022.</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3052/requerimento_n_022.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3052/requerimento_n_022.2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal, REITERADAMENTE, informações acerca dos procedimentos de aquisição e de distribuição realizados pelo Departamento de Assistência e Promoção Social, conforme Requerimento nº12, de 10 de agosto de 2022, o qual, embora tenha sido respondido tempestivamente, deixou de apresentar a relação nominal dos favorecidos.</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3057/requerimento_n_023.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3057/requerimento_n_023.2022.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em Regime de Urgência Especial e a dispensa de Pareceres da Comissão de Justiça e Redação e Comissão de Finanças e Orçamento, referente ao Projeto de Lei nº 029/2022.</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3087/requerimento_n_024.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3087/requerimento_n_024.2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal junto ao setor competente, informações detalhadas acerca do quantitativo de alunos com algum tipo de deficiência ou transtornos de aprendizagem, laudados ou não, bem como daqueles sem qualquer deficiência que estejam matriculados na rede municipal de ensino.</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3119/requerimento_n_025.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3119/requerimento_n_025.2022.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em Regime de Urgência Especial e a dispensa de Pareceres da Comissão de Justiça e Redação e Comissão de Finanças e Orçamento, referente ao Projeto de Resolução nº 001/2022.</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3121/requerimento_n_026.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3121/requerimento_n_026.2022.pdf</t>
   </si>
   <si>
     <t>Requer a dispensa de Pareceres da Comissão de Justiça e Redação e Comissão de Finanças e Orçamento, referente ao Projeto de Lei Complementar nº 015/2022.</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3122/requerimento_n_027.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3122/requerimento_n_027.2022.pdf</t>
   </si>
   <si>
     <t>Requer à mesa Diretora que seja oficiado a retirada de pauta da Ordem do dia da Sessão de 26 de outubro de 2022, do Projeto de Lei Complementar nº 015/2022, de autoria do Poder Executivo, que "Dispõe alterações na Lei Complementar Municipal Nº 284, de 16 de dezembro de 2019, que dispõe sobre o plano de carreira e remuneração dos servidores públicos do Poder Executivo municipal de Pradópolis, e dá outras providências", já colocado em deliberação.</t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3152/requerimento_n_028.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3152/requerimento_n_028.2022.pdf</t>
   </si>
   <si>
     <t>Requer a tramitação em Regime de Urgência Especial e a Dispensa de Pareceres da Comissão de Justiça e Redação e Comissão de Finanças e Orçamento, referente ao Projeto de Lei nº 034/2022.</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3171/requerimento_n_029.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3171/requerimento_n_029.2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que o setor competente informe a esta Casa, acerca do processo de licitatório nº 103/2019, do qual obteve-se ata de registro de preços para a aquisição de óculos de grau para distribuição aos usuários em situação de vulnerabilidade social.</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3172/requerimento_n_030.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3172/requerimento_n_030.2022.pdf</t>
   </si>
   <si>
     <t>REQUER, a dispensa de pareceres da Comissão de Justiça e Redação e Comissão de Finanças e Orçamento, referente ao projeto de Lei Complementar nº 028/2022.</t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3178/requerimento_n_031.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3178/requerimento_n_031.2022.pdf</t>
   </si>
   <si>
     <t>Requer a dispensa de Pareceres das Comissões Permanentes da Casa, referente ao Projeto de Lei nº. 036/2022.</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3179/requerimento_n_032.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3179/requerimento_n_032.2022.pdf</t>
   </si>
   <si>
     <t>Requer a dispensa de Pareceres das Comissões Permanentes da Casa, referente ao Projeto de Lei nº. 037/2022.</t>
   </si>
   <si>
     <t>3180</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3180/requerimento_n_033.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3180/requerimento_n_033.2022.pdf</t>
   </si>
   <si>
     <t>Requer a dispensa de Pareceres das Comissões Permanentes da Casa, referente ao Projeto de Lei Complementar nº. 030/2022.</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3181/requerimento_n_034.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3181/requerimento_n_034.2022.pdf</t>
   </si>
   <si>
     <t>Requer a dispensa de Pareceres das Comissões Permanentes da Casa, referente ao Projeto de Lei Complementar nº. 031/2022.</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3182/requerimento_n_035.2022.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3182/requerimento_n_035.2022.pdf</t>
   </si>
   <si>
     <t>Requer a dispensa de Pareceres das Comissões Permanentes da Casa, referente ao Projeto de Lei nº. 038/2022.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -8374,67 +8374,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2494/indicacao_no_001.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2495/indicacao_no_002.2022_-_goncala_marcelo_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2516/indicacao_no_003.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2497/indicacao_no_004.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2498/indicacao_no_005.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2499/indicacao_no_006.2022_-_goncala_marcelo_luciano_tanaka_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2500/indicacao_no_007.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2501/indicacao_no_008.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2502/indicacao_no_009.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2503/indicacao_no_010.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2550/indicacao_no_011.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2505/indicacao_no_012.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2506/indicacao_no_013.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2507/indicacao_no_014.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2508/indicacao_no_015.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2509/indicacao_no_016.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2510/indicacao_no_017.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2511/indicacao_no_018.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2512/indicacao_no_019.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2513/indicacao_no_020.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2514/indicacao_no_021.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2515/indicacao_no_022.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2517/indicacao_no_023.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2518/indicacao_no_024.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2519/indicacao_no_025.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2520/indicacao_no_026.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2521/indicacao_no_027.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2522/indicacao_no_028.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2523/indicacao_no_029.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2524/indicacao_no_030.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2525/indicacao_no_031.2022_-_thiago_alves_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2526/indicacao_no_032.2022_-_thiago_aquino_joao_oliveira_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2527/indicacao_no_033.2022_-_thiago_alves_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2528/indicacao_no_034.2022_-_thiago_alves_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2529/indicacao_no_035.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2530/indicacao_no_036.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2531/indicacao_no_037.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2532/indicacao_no_038.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2533/indicacao_no_039.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2534/indicacao_no_040.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2535/indicacao_no_041.2022_-_matheus_de_campos_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2536/indicacao_no_042.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2537/indicacao_no_043.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2538/indicacao_no_044.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2539/indicacao_no_045.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2540/indicacao_no_046.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2541/indicacao_no_047.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2542/indicacao_no_048.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2543/indicacao_no_049.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2544/indicacao_no_050.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2545/indicacao_no_051.2022_-_nal_marques_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2546/indicacao_no_052.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2547/indicacao_no_053.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2548/indicacao_no_054.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2549/indicacao_no_055.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2551/indicacao_no_056.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2552/indicacao_no_057.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2553/indicacao_no_058.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2554/indicacao_no_059.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2555/indicacao_no_060.2022_-_marcia_da_silva_goncala_marcelo_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2556/indicacao_no_061.2022_-_goncala_marcelo_marcia_da_silva_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2557/indicacao_no_062.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2558/indicacao_no_063.2022_-_marcia_da_silva_goncala_marcelo_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2559/indicacao_no_064.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2560/indicacao_no_065.2022_-_marcia_goncala_fabio_thiago_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2561/indicacao_no_066.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2563/indicacao_no_067.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2564/indicacao_no_068.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2565/indicacao_no_069.2022_-_goncala_marcia_thiago_e_fabio.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2566/indicacao_no_070.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2567/indicacao_no_071.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2568/indicacao_no_072.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2569/indicacao_no_073.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2570/indicacao_no_074.2022_-_joao_oliveira_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2571/indicacao_no_075.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2572/indicacao_no_076.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2573/indicacao_no_077.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2574/indicacao_no_078.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2576/indicacao_no_079.2022_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2577/indicacao_no_080.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2578/indicacao_no081.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2579/indicacao_no_082.2022_-_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2580/indicacao_no_083.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2581/indicacao_no_084.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2582/indicacao_no_085.2022_-_goncala_e_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2617/indicacao_no_086.2022_-_goncala_nal_marques_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2584/indicacao_no_087.2022_-_goncala_matheus_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2585/indicacao_no_088.2022_-_joao_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2586/indicacao_no_089.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2587/indicacao_no_090.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2588/indicacao_no_091.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2600/indicacao_no_092.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2616/indicacao_no_093.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2591/indicacao_no_094.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2592/indicacao_no_095.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2593/indicacao_no_096.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2594/indicacao_no_097.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2595/indicacao_no_098.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2597/indicacao_no_099.2022_-_goncala_marcelo_marcia_da_silva__matheus_campos_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2599/indicacao_no_100.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2601/indicacao_no_101.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2602/indicacao_no_102.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2603/indicacao_no_103.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2604/indicacao_no_104.2022_-_luciano_tanaka_nal_marques_e_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2605/indicacao_no_105.2022_-_luciano_tanaka_joao_da_costa_nal_marques_matheus_campos_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2606/indicacao_no_106.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2607/indicacao_no_107.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2608/indicacao_no_108.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2609/indicacao_no_109.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2610/indicacao_no_110.2022_-_matheus_campos_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2611/indicacao_no_111.2022_-_matheus_campos_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2612/indicacao_no_112.2022_-_thiago_aquino_e_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2613/indicacao_no_113.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2614/indicacao_no_114.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2615/indicacao_no_115.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2618/indicacao_no_116.2022_-_thiago_marcia_fabio_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2621/indicacao_no_117.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2622/indicacao_no_118.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2625/indicacao_no_119.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2626/indicacao_no_120.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2627/indicacao_no_121.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2628/indicacao_no_122.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2629/indicacao_no_123.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2630/indicacao_no_124.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2631/indicacao_no_125.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2632/indicacao_no_126.2022_-_matheus_de_campos_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2633/indicacao_no_127.2022_-_fabio_da_costa_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2634/indicacao_no_128.2022_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2635/indicacao_no_129.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2636/indicacao_no_130.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2637/indicacao_no_131.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2638/indicacao_no_132.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2639/indicacao_no_133.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2640/indicacao_no_134.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2641/indicacao_no_135.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2642/indicacao_no_136.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2643/indicacao_no_137.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2644/indicacao_no_138.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2645/indicacao_no_139.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2646/indicacao_no_140.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2647/indicacao_no_141.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2648/indicacao_no_142.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2649/indicacao_no_143.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2650/indicacao_no_144.2022_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2651/indicacao_no_145.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2652/indicacao_no_146.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2653/indicacao_no_147.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2654/indicacao_no_148.2022_-_joao_oliveira_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2655/indicacao_no_149.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2656/indicacao_no_150.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2667/indicacao_no_151.2022_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2668/indicacao_no_152.2022_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2671/indicacao_no_153.2022_-_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2672/indicacao_no_154.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2673/indicacao_no_155.2022_-_matheus_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2674/indicacao_no_156.2022_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2675/indicacao_no_157.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2676/indicacao_no_158.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2677/indicacao_no_159.2022_-_joao_oliveira_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2678/indicacao_no_160.2022_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2679/indicacao_no_161.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2680/indicacao_no_162.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2681/indicacao_no_163.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2682/indicacao_no_164.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2683/indicacao_no_165.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2684/indicacao_no_166.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2685/indicacao_no_167.2022_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2688/indicacao_no_168.2022_-_joao_oliveira_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2689/indicacao_no_169.2022_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2690/indicacao_no_170.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2691/indicacao_no_171.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2692/indicacao_no_172.2022_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2693/indicacao_no_173.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2694/indicacao_no_174.2022_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2695/indicacao_no_175.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2696/indicacao_no_176.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2697/indicacao_no_177.2022_-_fabio_pereira.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2699/indicacao_no_178.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2700/indicacao_no_179.2022_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2701/indicacao_no_180.2022_-_matheus_campos_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2702/indicacao_no_181.2022_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2703/indicacao_no_182.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2704/indicacao_no_183.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2705/indicacao_no_184.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2709/indicacao_no_185.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2712/indicacao_no_186.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2713/indicacao_no_187.2022_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2714/indicacao_no_188.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2715/indicacao_no_189.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2716/indicacao_no_190.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2717/indicacao_no_191.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2718/indicacao_no_192.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2719/indicacao_no_193.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2720/indicacao_no_194.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2721/indicacao_no_195.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2726/indicacao_no_196.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2727/indicacao_no_197.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2728/indicacao_no_198.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2729/indicacao_no_199.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2730/indicacao_no_200.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2731/indicacao_no_201.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2732/indicacao_no_202.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2733/indicacao_no_203.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2734/indicacao_no_204.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2735/indicacao_no_205.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2736/indicacao_no_206.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2737/indicacao_no_207.2022_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2738/indicacao_no_208.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2739/indicacao_no_209.2022_-_matheus_de_campos_nal_marques_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2740/indicacao_no_210.2022_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2741/indicacao_no_211.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2742/indicacao_no_212.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2743/indicacao_no_213.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2744/indicacao_no_214.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2745/indicacao_no_215.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2746/indicacao_no_216.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2776/indicacao_no_217.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2755/indicacao_no_218.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2756/indicacao_no_219.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2757/indicacao_no_220.2022_-_thiago_alves_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2758/indicacao_no_221.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2759/indicacao_no_222.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2760/indicacao_no_223.2022_-_goncala_marcelo_de_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2761/indicacao_no_224.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2762/indicacao_no_225.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2763/indicacao_no_226.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2764/indicacao_no_227.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2765/indicacao_no_228.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2766/indicacao_no_229.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2767/indicacao_no_230.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2768/indicacao_no_231.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2769/indicacao_no_232.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2771/indicacao_no_233.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2772/indicacao_no_234.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2773/indicacao_no_235.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2774/indicacao_no_236.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2775/indicacao_no_237.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2777/indicacao_no_238.2022_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2778/indicacao_no_239.2022_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2779/indicacao_no_240.2022_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2780/indicacao_no_241.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2781/indicacao_no_242.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2782/indicacao_no_243.2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2783/indicacao_no_244.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2784/indicacao_no_245.2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2802/indicacao_no_246.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2787/indicacao_no_247.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2788/indicacao_no_248.2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2789/indicacao_no_249.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2795/indicacao_no_250.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2796/indicacao_no_251.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2792/indicacao_no_252.2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2793/indicacao_no_253.2022_-_nal_e_joao.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2797/indicacao_no_254.2022_-_nal_matheus_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2798/indicacao_no_255.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2799/indicacao_no_256.2022_-_goncala__e_marcia.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2800/indicacao_no_257.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2801/indicacao_no_258.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2803/indicacao_no_259.2022_-_goncala_marcia_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2804/indicacao_no_260.2022_-_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2805/indicacao_no_261.2022_-_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2806/indicacao_no_262.2022_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2807/indicacao_no_263.2022_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2808/indicacao_no_264.2022_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2809/indicacao_no_265.2022_-_matheus_nal_e__thiago.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2810/indicacao_no_266.2022_-_joao_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2811/indicacao_no_267.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2812/indicacao_no_268.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2813/indicacao_no_269.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2814/indicacao_no_270.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2815/indicacao_no_271.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2816/indicacao_no_272.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2817/indicacao_no_273.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2818/indicacao_no_274.2022_-_luciano_nal_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2819/indicacao_no_275.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2821/indicacao_no_276.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2822/indicacao_no_277.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2823/indicacao_no_278.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2824/indicacao_no_279.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2825/indicacao_no_280.2022_-_joao_oliveira_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2826/indicacao_no_281.2022_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2827/indicacao_no_282.2022_-_joao_oliveira_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2828/indicacao_no_283.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2829/indicacao_no_284.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2830/indicacao_no_285.2022_-_marcia_da_silva_thiago_alves_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2831/indicacao_no_286.2022_-_nal_marques_matheus_de_campos_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2832/indicacao_no_287.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2833/indicacao_no_288.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2834/indicacao_no_289.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2835/indicacao_no_290.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2836/indicacao_no_291.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2838/indicacao_no_292.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2839/indicacao_no_293.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2840/indicacao_no_294.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2841/indicacao_no_295.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2842/indicacao_no_296.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2843/indicacao_no_297.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2844/indicacao_no_298.2022_-_luciano_tanaka_nal_marques_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2845/indicacao_no_299.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2846/indicacao_no_300.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2847/indicacao_no_301.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2848/indicacao_no_302.2022_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2849/indicacao_no_303.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2850/indicacao_no_304.2022_-_matheus_de_campos_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2851/indicacao_no_305.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2852/indicacao_no_306.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2853/indicacao_no_307.2022_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2855/indicacao_no_308.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2857/indicacao_no_309.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2858/indicacao_no_310.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2859/indicacao_no_311.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2861/indicacao_no_312.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2862/indicacao_no_313.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2863/indicacao_no_314.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2864/indicacao_no_315.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2865/indicacao_no_316.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2866/indicacao_no_317.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2867/indicacao_no_318.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2868/indicacao_no_319.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2869/indicacao_no_320.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2870/indicacao_no_321.2022_-_matheus_de_campos_thiago_aquino_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2871/indicacao_no_322.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2872/indicacao_no_323.2022_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2873/indicacao_no_324.2022_-_nal_marques_matheus_de_campos_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2874/indicacao_no_325.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2875/indicacao_no_326.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2876/indicacao_no_327.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2877/indicacao_no_328.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2878/indicacao_no_329.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2879/indicacao_no_330.2022_-_joao_oliveira_nal_marques_thiago_alves_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2880/indicacao_no_331.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2881/indicacao_no_332.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2882/indicacao_no_333.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2883/indicacao_no_334.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2884/indicacao_no_335.2022_-_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2888/indicacao_no_336.2022_-_goncala_marcia_luciano_joao_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2889/indicacao_no_337.2022_-_goncala_marcia_luciano_matheus_e_nal.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2890/indicacao_no_338.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2891/indicacao_no_339.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2892/indicacao_no_340.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2900/indicacao_no_341.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2893/indicacao_no_342.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2894/indicacao_n_343.2022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2895/indicacao_no_344.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2896/indicacao_no_345.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2897/indicacao_no_346.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2898/indicacao_no_347.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2899/indicacao_no_348.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2901/indicacao_no_349.2022_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2902/indicacao_no_350.2022_-_nal_marques_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2903/indicacao_no_351.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2904/indicacao_no_352.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2905/indicacao_no_353.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2907/indicacao_no_354.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2908/indicacao_no_355.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2910/indicacao_no_356.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2911/indicacao_no_357.2022_-_joao_oliveira_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2912/indicacao_no_358.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2913/indicacao_no_359.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2914/indicacao_no_360.2022_-_joao_oliveira_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2915/indicacao_no_361.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2916/indicacao_no_362.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2917/indicacao_no_363.2022_-_goncala_marcelo_marcia_da_silva_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2918/indicacao_no_364.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2922/indicacao_no_365.2022_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2923/indicacao_no_366.2022_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2924/indicacao_no_367.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2925/indicacao_no_368.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2926/indicacao_no_369.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2927/indicacao_no_370.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2930/indicacao_no_371.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2931/indicacao_no_372.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2933/indicacao_no_373.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2934/indicacao_no_374.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2935/indicacao_no_375.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2936/indicacao_no_376.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2937/indicacao_n_377.2022.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2938/indicacao_no_378.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2939/indicacao_no_379.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2940/indicacao_no_380.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2941/indicacao_no_381.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2942/indicacao_no_382.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2943/indicacao_no_383.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2944/indicacao_no_384.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2945/indicacao_no_385.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2946/indicacao_no_386.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2949/indicacao_no_387.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2950/indicacao_no_388.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2951/indicacao_no_389.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2952/indicacao_no_390.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2953/indicacao_no_391.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2954/indicacao_no_392.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2955/indicacao_no_393.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2956/indicacao_no_394.2022_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2957/indicacao_no_395.2022_-_nal_marques_e_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2958/indicacao_no_396.2022_-_nal_marques_matheus_de_campos_luciano_tanaka_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2959/indicacao_no_397.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2960/indicacao_no_398.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2961/indicacao_no_399.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2962/indicacao_no_400.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2963/indicacao_no_401.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2964/indicacao_no_402.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2969/indicacao_no_403.2022_-_goncala_marcelo_marcia_da_silva_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2970/indicacao_no_404.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2971/indicacao_no_405.2022_-_goncala_marcelo_marcia_da_silva_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2972/indicacao_no_406.2022_-_goncala_marcelo_marcia_da_silva_thiago_aquino_matheus_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2973/indicacao_no_407.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2974/indicacao_no_408.2022_-_thiago_aquino_goncala_marcelo_marcia_da_silva_matheus_campos_nal_marques_e_fabio_pereira.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2975/indicacao_no_409.2022_-_marcia_da_silva_goncala_marcelo_thiago_aquino_e_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2976/indicacao_no_410.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2977/indicacao_no_411.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2978/indicacao_no_412.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2979/indicacao_no_413.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2980/indicacao_no_414.2022_-_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2981/indicacao_no_415.2022_-_matheus_de_campos_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2982/indicacao_no_416.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2983/indicacao_no_417.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2984/indicacao_no_418.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2985/indicacao_no_419.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2986/indicacao_no_420.2022_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2987/indicacao_no_421.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2991/indicacao_no_422.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2992/indicacao_no_423.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2993/indicacao_no_424.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2994/indicacao_no_425.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2995/indicacao_no_426.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2996/indicacao_no_427.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2997/indicacao_no_428.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2998/indicacao_no_429.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2999/indicacao_no_430.2022_-_joao_oliveira_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3003/indicacao_no_431.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3001/indicacao_no_432.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3002/indicacao_no_433.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3000/indicacao_no_434.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3004/indicacao_no_435.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3005/indicacao_no_436.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3006/indicacao_no_437.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3007/indicacao_no_438.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3008/indicacao_no_439.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3010/indicacao_no_440.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3011/indicacao_no_441.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3012/indicacao_no_442.2022_-_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3013/indicacao_no_443.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3014/indicacao_no_444.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3015/indicacao_no_445.2022_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3016/indicacao_no_446.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3018/indicacao_no_447.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3017/indicacao_no_448.2022_-_marcia_goncala_joao_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3019/indicacao_no_449.2022_-_nal_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3020/indicacao_no_450.2022_-_nal_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3026/indicacao_no_451.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3027/indicacao_no_452.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3028/indicacao_no_453.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3033/indicacao_no_454.2022_-_thiago_nal_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3034/indicacao_no_455.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3035/indicacao_no_456.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3036/indicacao_no_457.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3037/indicacao_no_458.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3038/indicacao_no_459.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3039/indicacao_no_460.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3040/indicacao_no_461.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3041/indicacao_no_462.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3042/indicacao_no_463.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3043/indicacao_no_464.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3047/indicacao_no_465.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3044/indicacao_no_466.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3045/indicacao_no_467.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3046/indicacao_no_468.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3048/indicacao_no_469.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3049/indicacao_no_470.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3050/indicacao_no_471.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3053/indicacao_no_472.2022_-_matheus_luciano_e_nal.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3054/indicacao_no_473.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3059/indicacao_no_474.2022_-_goncala_marcia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3060/indicacao_no_475.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3061/indicacao_no_476.2022_-_ze_banana_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3062/indicacao_no_477.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3063/indicacao_no_478.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3064/indicacao_no_479.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3068/indicacao_no_480.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3069/indicacao_no_481.2022_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3070/indicacao_no_482.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3071/indicacao_no_483.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3072/indicacao_no_484.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3073/indicacao_no_485.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3074/indicacao_no_486.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3075/indicacao_no_487.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3076/indicacao_no_488.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3077/indicacao_no_489.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3078/indicacao_no_490.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3079/indicacao_no_491.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3080/indicacao_no_492.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3081/indicacao_no_493.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3082/indicacao_no_494.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3083/indicacao_no_495.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3084/indicacao_no_496.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3085/indicacao_no_497.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3086/indicacao_no_498.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3089/indicacao_no_499.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3090/indicacao_no_500.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3091/indicacao_no_501.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3092/indicacao_no_502.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3093/indicacao_no_503.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3094/indicacao_no_504.2022_-_joao_oliveira_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3095/indicacao_no_505.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3096/indicacao_no_506.2022_-_joao_nal_thiago_fabio_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3097/indicacao_no_507.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3098/indicacao_no_508.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3099/indicacao_no_509.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3101/indicacao_no_510.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3102/indicacao_no_511.2022_-_marcia_goncala_matheus_e_nal.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3103/indicacao_no_512.2022_-_marcia_goncala_matheus_e_nal.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3104/indicacao_no_513.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3105/indicacao_no_514.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3106/indicacao_no_515.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3107/indicacao_no_516.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3108/indicacao_no_517.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3109/indicacao_no_518.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3110/indicacao_no_519.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3111/indicacao_no_520.2022_-_matheus_nal_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3112/indicacao_no_521.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3113/indicacao_no_522.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3114/indicacao_no_523.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3124/indicacao_no_524.2022_-_goncala_marcia_fabio_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3129/indicacao_no_525.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3125/indicacao_no_526.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3126/indicacao_no_527.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3127/indicacao_no_528.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3128/indicacao_no_529.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3130/indicacao_no_530.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3131/indicacao_no_531.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3132/indicacao_no_532.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3133/indicacao_no_533.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3134/indicacao_no_534.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3135/indicacao_no_535.2022_-_marcia_da_silva__goncala_marcelo_e_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3136/indicacao_no_536.2022_-_goncala_marcelo_marcia_da_silva_e_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3137/indicacao_no_537.2022_-_goncala_marcelo_marcia_da_silva_e_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3138/indicacao_no_538.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3139/indicacao_no_539.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3140/indicacao_no_540.2022_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3141/indicacao_no_541.2022_-_luciano_tanaka_joao_oliveira_nal_marques_matheus_campos_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3143/indicacao_no_542.2022_-_matheus_campos_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3144/indicacao_no_543.2022_-_matheus_campos_thiago_aquino_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3145/indicacao_no_544.2022_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3146/indicacao_no_545.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3147/indicacao_no_546.2022_-_nal_marques_matheus_campos_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3154/indicacao_no_547.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3155/indicacao_no_548.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3156/indicacao_no_549.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3157/indicacao_no_550.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3158/indicacao_no_551.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3159/indicacao_no_552.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3160/indicacao_no_553.2022_-_goncala_marcelo_marcia_da_silva_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3161/indicacao_no_554.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3162/indicacao_no_555.2022_-_matheus_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3163/indicacao_no_556.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3164/indicacao_no_557.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3165/indicacao_no_558.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3166/indicacao_no_559.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3168/indicacao_no_560.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3169/indicacao_no_561.2022_-_marcia_da_silva_goncala_marcelo_e_mathues_campos.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3170/indicacao_no_562.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2698/projeto_decreto_legislativo_no_001.2022.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3056/projeto_decreto_legislativo_no_002.2022.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3088/projeto_decreto_legislativo_no_003.2022.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3151/projeto_decreto_legislativo_no_004.2022.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2575/projeto_lei_no_001.2022.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2619/projeto_lei_no_002.2022.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2620/projeto_lei_no_003.2022.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2660/projeto_lei_no_004.2022.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2661/projeto_lei_no_005.2022.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2666/projeto_lei_no_006.2022.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2686/projeto_lei_no_007.2022.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2706/projeto_lei_no_008.2022.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2710/projeto_lei_no_009.2022.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2724/projeto_lei_no_010.2022.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2725/projeto_lei_no_011.2022.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2747/projeto_lei_no_012.2022.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2748/projeto_lei_no_013.2022.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2749/projeto_lei_no_014.2022.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2751/projeto_lei_no_015.2022.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2753/projeto_lei_no_016.2022.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2770/projeto_lei_no_017.2022.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2785/projeto_lei_no_018.2022.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2854/projeto_lei_no_019.2022.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2856/projeto_lei_no_020.2022.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2886/projeto_lei_no_021.2022.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2919/projeto_lei_no_022.2022.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2920/projeto_lei_no_023.2022.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2947/projeto_lei_no_024.2022.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2965/projeto_lei_no_025.2022.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2966/projeto_lei_no_026.2022.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2967/projeto_lei_no_027.2022.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3025/pl_no_028.2022.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3055/projeto_lei_no_029.2022.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3058/projeto_lei_no_030.2022_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3100/projeto_lei_no_031.2022.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3116/projeto_lei_no_032.2022.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3118/projeto_lei_no_033.2022.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3123/projeto_lei_no_034.2022.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3148/projeto_lei_no_035.2022.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3174/projeto_lei_no_036.2022.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3176/projeto_lei_no_037.2022.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3177/projeto_lei_no_038.2022.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2490/projeto_lei_complementar_no_001.2022.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2491/projeto_lei_complementar_no_002.2022.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2493/projeto_lei_complementar_no_003.2022.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2624/projeto_lei_complementar_no_004.2022.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2657/projeto_lei_complementar_no_005.2022.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2658/projeto_lei_complementar_no_006.2022.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2659/projeto_lei_complementar_no_007.2022.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2687/projeto_lei_complementar_no_008.2022.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2750/projeto_lei_complementar_no_009.2022.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2752/projeto_lei_complementar_no_010.2022.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2860/projeto_lei_complementar_no_011.2022.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2885/projeto_lei_complementar_no_012.2022.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2909/projeto_lei_complementar_no_013.2022.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2921/projeto_lei_complementar_no_014.2022.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2932/projeto_lei_complementar_no_015.2022.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2968/projeto_lei_complementar_no_016.2022.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2990/projeto_lei_complementar_no_017.2022.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3023/plc_no_018.2022.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3024/plc_no_019.2022.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3032/projeto_lei_complementar_no_020.2022.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3065/projeto_lei_complementar_no_021.2022.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3066/projeto_lei_complementar_no_022.2022.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3067/projeto_lei_complementar_no_023.2022.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3120/projeto_lei_complementar_no_024.2022.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3142/projeto_lei_complementar_no_025.2022.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3149/projeto_lei_complementar_no_026.2022.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3150/projeto_lei_complementar_no_027.2022.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3153/projeto_lei_complementar_no_028.2022.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3167/projeto_lei_complementar_no_029.2022.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3173/projeto_de_lei_complementar_no_030.2022.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3175/projeto_de_lei_complementar_no_031.2022.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3117/projeto_de_resolucao_no_001.2022.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2492/requerimento_n_001.2022.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2663/requerimento_n_002.2022.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2664/requerimento_n_003.2022.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2665/requerimento_n_004.2022.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2662/requerimento_n_005.2022.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2707/requerimento_no_006.2022.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2708/requerimento_no_007.2022.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2723/requerimento_n_008.2022.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2722/requerimento_n_009.2022.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2820/requerimento_no_010.2022.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2887/requerimento_n_011.2022.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2929/requerimento_n_012.2022.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2948/requerimento_n_013.2022.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2988/requerimento_n_014.2022.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2989/requerimento_n_015.2022.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3021/requerimento_no_16-2022.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3022/requerimento_no_17-2022.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3029/requerimento_n_018.2022.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3030/requerimento_n_019.2022.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3031/requerimento_n_020.2022.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3051/requerimento_n_021.2022.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3052/requerimento_n_022.2022.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3057/requerimento_n_023.2022.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3087/requerimento_n_024.2022.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3119/requerimento_n_025.2022.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3121/requerimento_n_026.2022.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3122/requerimento_n_027.2022.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3152/requerimento_n_028.2022.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3171/requerimento_n_029.2022.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3172/requerimento_n_030.2022.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3178/requerimento_n_031.2022.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3179/requerimento_n_032.2022.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3180/requerimento_n_033.2022.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3181/requerimento_n_034.2022.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3182/requerimento_n_035.2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2494/indicacao_no_001.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2495/indicacao_no_002.2022_-_goncala_marcelo_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2516/indicacao_no_003.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2497/indicacao_no_004.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2498/indicacao_no_005.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2499/indicacao_no_006.2022_-_goncala_marcelo_luciano_tanaka_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2500/indicacao_no_007.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2501/indicacao_no_008.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2502/indicacao_no_009.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2503/indicacao_no_010.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2550/indicacao_no_011.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2505/indicacao_no_012.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2506/indicacao_no_013.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2507/indicacao_no_014.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2508/indicacao_no_015.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2509/indicacao_no_016.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2510/indicacao_no_017.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2511/indicacao_no_018.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2512/indicacao_no_019.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2513/indicacao_no_020.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2514/indicacao_no_021.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2515/indicacao_no_022.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2517/indicacao_no_023.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2518/indicacao_no_024.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2519/indicacao_no_025.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2520/indicacao_no_026.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2521/indicacao_no_027.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2522/indicacao_no_028.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2523/indicacao_no_029.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2524/indicacao_no_030.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2525/indicacao_no_031.2022_-_thiago_alves_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2526/indicacao_no_032.2022_-_thiago_aquino_joao_oliveira_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2527/indicacao_no_033.2022_-_thiago_alves_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2528/indicacao_no_034.2022_-_thiago_alves_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2529/indicacao_no_035.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2530/indicacao_no_036.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2531/indicacao_no_037.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2532/indicacao_no_038.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2533/indicacao_no_039.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2534/indicacao_no_040.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2535/indicacao_no_041.2022_-_matheus_de_campos_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2536/indicacao_no_042.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2537/indicacao_no_043.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2538/indicacao_no_044.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2539/indicacao_no_045.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2540/indicacao_no_046.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2541/indicacao_no_047.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2542/indicacao_no_048.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2543/indicacao_no_049.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2544/indicacao_no_050.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2545/indicacao_no_051.2022_-_nal_marques_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2546/indicacao_no_052.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2547/indicacao_no_053.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2548/indicacao_no_054.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2549/indicacao_no_055.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2551/indicacao_no_056.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2552/indicacao_no_057.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2553/indicacao_no_058.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2554/indicacao_no_059.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2555/indicacao_no_060.2022_-_marcia_da_silva_goncala_marcelo_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2556/indicacao_no_061.2022_-_goncala_marcelo_marcia_da_silva_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2557/indicacao_no_062.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2558/indicacao_no_063.2022_-_marcia_da_silva_goncala_marcelo_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2559/indicacao_no_064.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2560/indicacao_no_065.2022_-_marcia_goncala_fabio_thiago_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2561/indicacao_no_066.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2563/indicacao_no_067.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2564/indicacao_no_068.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2565/indicacao_no_069.2022_-_goncala_marcia_thiago_e_fabio.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2566/indicacao_no_070.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2567/indicacao_no_071.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2568/indicacao_no_072.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2569/indicacao_no_073.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2570/indicacao_no_074.2022_-_joao_oliveira_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2571/indicacao_no_075.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2572/indicacao_no_076.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2573/indicacao_no_077.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2574/indicacao_no_078.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2576/indicacao_no_079.2022_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2577/indicacao_no_080.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2578/indicacao_no081.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2579/indicacao_no_082.2022_-_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2580/indicacao_no_083.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2581/indicacao_no_084.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2582/indicacao_no_085.2022_-_goncala_e_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2617/indicacao_no_086.2022_-_goncala_nal_marques_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2584/indicacao_no_087.2022_-_goncala_matheus_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2585/indicacao_no_088.2022_-_joao_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2586/indicacao_no_089.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2587/indicacao_no_090.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2588/indicacao_no_091.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2600/indicacao_no_092.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2616/indicacao_no_093.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2591/indicacao_no_094.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2592/indicacao_no_095.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2593/indicacao_no_096.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2594/indicacao_no_097.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2595/indicacao_no_098.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2597/indicacao_no_099.2022_-_goncala_marcelo_marcia_da_silva__matheus_campos_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2599/indicacao_no_100.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2601/indicacao_no_101.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2602/indicacao_no_102.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2603/indicacao_no_103.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2604/indicacao_no_104.2022_-_luciano_tanaka_nal_marques_e_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2605/indicacao_no_105.2022_-_luciano_tanaka_joao_da_costa_nal_marques_matheus_campos_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2606/indicacao_no_106.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2607/indicacao_no_107.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2608/indicacao_no_108.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2609/indicacao_no_109.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2610/indicacao_no_110.2022_-_matheus_campos_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2611/indicacao_no_111.2022_-_matheus_campos_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2612/indicacao_no_112.2022_-_thiago_aquino_e_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2613/indicacao_no_113.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2614/indicacao_no_114.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2615/indicacao_no_115.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2618/indicacao_no_116.2022_-_thiago_marcia_fabio_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2621/indicacao_no_117.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2622/indicacao_no_118.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2625/indicacao_no_119.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2626/indicacao_no_120.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2627/indicacao_no_121.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2628/indicacao_no_122.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2629/indicacao_no_123.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2630/indicacao_no_124.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2631/indicacao_no_125.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2632/indicacao_no_126.2022_-_matheus_de_campos_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2633/indicacao_no_127.2022_-_fabio_da_costa_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2634/indicacao_no_128.2022_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2635/indicacao_no_129.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2636/indicacao_no_130.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2637/indicacao_no_131.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2638/indicacao_no_132.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2639/indicacao_no_133.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2640/indicacao_no_134.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2641/indicacao_no_135.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2642/indicacao_no_136.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2643/indicacao_no_137.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2644/indicacao_no_138.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2645/indicacao_no_139.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2646/indicacao_no_140.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2647/indicacao_no_141.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2648/indicacao_no_142.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2649/indicacao_no_143.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2650/indicacao_no_144.2022_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2651/indicacao_no_145.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2652/indicacao_no_146.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2653/indicacao_no_147.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2654/indicacao_no_148.2022_-_joao_oliveira_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2655/indicacao_no_149.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2656/indicacao_no_150.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2667/indicacao_no_151.2022_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2668/indicacao_no_152.2022_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2671/indicacao_no_153.2022_-_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2672/indicacao_no_154.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2673/indicacao_no_155.2022_-_matheus_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2674/indicacao_no_156.2022_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2675/indicacao_no_157.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2676/indicacao_no_158.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2677/indicacao_no_159.2022_-_joao_oliveira_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2678/indicacao_no_160.2022_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2679/indicacao_no_161.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2680/indicacao_no_162.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2681/indicacao_no_163.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2682/indicacao_no_164.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2683/indicacao_no_165.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2684/indicacao_no_166.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2685/indicacao_no_167.2022_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2688/indicacao_no_168.2022_-_joao_oliveira_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2689/indicacao_no_169.2022_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2690/indicacao_no_170.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2691/indicacao_no_171.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2692/indicacao_no_172.2022_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2693/indicacao_no_173.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2694/indicacao_no_174.2022_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2695/indicacao_no_175.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2696/indicacao_no_176.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2697/indicacao_no_177.2022_-_fabio_pereira.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2699/indicacao_no_178.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2700/indicacao_no_179.2022_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2701/indicacao_no_180.2022_-_matheus_campos_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2702/indicacao_no_181.2022_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2703/indicacao_no_182.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2704/indicacao_no_183.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2705/indicacao_no_184.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2709/indicacao_no_185.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2712/indicacao_no_186.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2713/indicacao_no_187.2022_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2714/indicacao_no_188.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2715/indicacao_no_189.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2716/indicacao_no_190.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2717/indicacao_no_191.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2718/indicacao_no_192.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2719/indicacao_no_193.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2720/indicacao_no_194.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2721/indicacao_no_195.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2726/indicacao_no_196.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2727/indicacao_no_197.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2728/indicacao_no_198.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2729/indicacao_no_199.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2730/indicacao_no_200.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2731/indicacao_no_201.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2732/indicacao_no_202.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2733/indicacao_no_203.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2734/indicacao_no_204.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2735/indicacao_no_205.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2736/indicacao_no_206.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2737/indicacao_no_207.2022_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2738/indicacao_no_208.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2739/indicacao_no_209.2022_-_matheus_de_campos_nal_marques_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2740/indicacao_no_210.2022_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2741/indicacao_no_211.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2742/indicacao_no_212.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2743/indicacao_no_213.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2744/indicacao_no_214.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2745/indicacao_no_215.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2746/indicacao_no_216.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2776/indicacao_no_217.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2755/indicacao_no_218.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2756/indicacao_no_219.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2757/indicacao_no_220.2022_-_thiago_alves_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2758/indicacao_no_221.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2759/indicacao_no_222.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2760/indicacao_no_223.2022_-_goncala_marcelo_de_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2761/indicacao_no_224.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2762/indicacao_no_225.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2763/indicacao_no_226.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2764/indicacao_no_227.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2765/indicacao_no_228.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2766/indicacao_no_229.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2767/indicacao_no_230.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2768/indicacao_no_231.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2769/indicacao_no_232.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2771/indicacao_no_233.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2772/indicacao_no_234.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2773/indicacao_no_235.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2774/indicacao_no_236.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2775/indicacao_no_237.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2777/indicacao_no_238.2022_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2778/indicacao_no_239.2022_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2779/indicacao_no_240.2022_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2780/indicacao_no_241.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2781/indicacao_no_242.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2782/indicacao_no_243.2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2783/indicacao_no_244.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2784/indicacao_no_245.2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2802/indicacao_no_246.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2787/indicacao_no_247.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2788/indicacao_no_248.2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2789/indicacao_no_249.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2795/indicacao_no_250.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2796/indicacao_no_251.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2792/indicacao_no_252.2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2793/indicacao_no_253.2022_-_nal_e_joao.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2797/indicacao_no_254.2022_-_nal_matheus_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2798/indicacao_no_255.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2799/indicacao_no_256.2022_-_goncala__e_marcia.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2800/indicacao_no_257.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2801/indicacao_no_258.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2803/indicacao_no_259.2022_-_goncala_marcia_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2804/indicacao_no_260.2022_-_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2805/indicacao_no_261.2022_-_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2806/indicacao_no_262.2022_-_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2807/indicacao_no_263.2022_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2808/indicacao_no_264.2022_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2809/indicacao_no_265.2022_-_matheus_nal_e__thiago.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2810/indicacao_no_266.2022_-_joao_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2811/indicacao_no_267.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2812/indicacao_no_268.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2813/indicacao_no_269.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2814/indicacao_no_270.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2815/indicacao_no_271.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2816/indicacao_no_272.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2817/indicacao_no_273.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2818/indicacao_no_274.2022_-_luciano_nal_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2819/indicacao_no_275.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2821/indicacao_no_276.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2822/indicacao_no_277.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2823/indicacao_no_278.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2824/indicacao_no_279.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2825/indicacao_no_280.2022_-_joao_oliveira_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2826/indicacao_no_281.2022_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2827/indicacao_no_282.2022_-_joao_oliveira_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2828/indicacao_no_283.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2829/indicacao_no_284.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2830/indicacao_no_285.2022_-_marcia_da_silva_thiago_alves_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2831/indicacao_no_286.2022_-_nal_marques_matheus_de_campos_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2832/indicacao_no_287.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2833/indicacao_no_288.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2834/indicacao_no_289.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2835/indicacao_no_290.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2836/indicacao_no_291.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2838/indicacao_no_292.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2839/indicacao_no_293.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2840/indicacao_no_294.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2841/indicacao_no_295.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2842/indicacao_no_296.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2843/indicacao_no_297.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2844/indicacao_no_298.2022_-_luciano_tanaka_nal_marques_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2845/indicacao_no_299.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2846/indicacao_no_300.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2847/indicacao_no_301.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2848/indicacao_no_302.2022_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2849/indicacao_no_303.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2850/indicacao_no_304.2022_-_matheus_de_campos_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2851/indicacao_no_305.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2852/indicacao_no_306.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2853/indicacao_no_307.2022_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2855/indicacao_no_308.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2857/indicacao_no_309.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2858/indicacao_no_310.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2859/indicacao_no_311.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2861/indicacao_no_312.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2862/indicacao_no_313.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2863/indicacao_no_314.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2864/indicacao_no_315.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2865/indicacao_no_316.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2866/indicacao_no_317.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2867/indicacao_no_318.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2868/indicacao_no_319.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2869/indicacao_no_320.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2870/indicacao_no_321.2022_-_matheus_de_campos_thiago_aquino_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2871/indicacao_no_322.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2872/indicacao_no_323.2022_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2873/indicacao_no_324.2022_-_nal_marques_matheus_de_campos_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2874/indicacao_no_325.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2875/indicacao_no_326.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2876/indicacao_no_327.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2877/indicacao_no_328.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2878/indicacao_no_329.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2879/indicacao_no_330.2022_-_joao_oliveira_nal_marques_thiago_alves_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2880/indicacao_no_331.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2881/indicacao_no_332.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2882/indicacao_no_333.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2883/indicacao_no_334.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2884/indicacao_no_335.2022_-_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2888/indicacao_no_336.2022_-_goncala_marcia_luciano_joao_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2889/indicacao_no_337.2022_-_goncala_marcia_luciano_matheus_e_nal.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2890/indicacao_no_338.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2891/indicacao_no_339.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2892/indicacao_no_340.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2900/indicacao_no_341.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2893/indicacao_no_342.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2894/indicacao_n_343.2022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2895/indicacao_no_344.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2896/indicacao_no_345.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2897/indicacao_no_346.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2898/indicacao_no_347.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2899/indicacao_no_348.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2901/indicacao_no_349.2022_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2902/indicacao_no_350.2022_-_nal_marques_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2903/indicacao_no_351.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2904/indicacao_no_352.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2905/indicacao_no_353.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2907/indicacao_no_354.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2908/indicacao_no_355.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2910/indicacao_no_356.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2911/indicacao_no_357.2022_-_joao_oliveira_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2912/indicacao_no_358.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2913/indicacao_no_359.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2914/indicacao_no_360.2022_-_joao_oliveira_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2915/indicacao_no_361.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2916/indicacao_no_362.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2917/indicacao_no_363.2022_-_goncala_marcelo_marcia_da_silva_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2918/indicacao_no_364.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2922/indicacao_no_365.2022_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2923/indicacao_no_366.2022_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2924/indicacao_no_367.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2925/indicacao_no_368.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2926/indicacao_no_369.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2927/indicacao_no_370.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2930/indicacao_no_371.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2931/indicacao_no_372.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2933/indicacao_no_373.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2934/indicacao_no_374.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2935/indicacao_no_375.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2936/indicacao_no_376.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2937/indicacao_n_377.2022.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2938/indicacao_no_378.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2939/indicacao_no_379.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2940/indicacao_no_380.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2941/indicacao_no_381.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2942/indicacao_no_382.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2943/indicacao_no_383.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2944/indicacao_no_384.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2945/indicacao_no_385.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2946/indicacao_no_386.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2949/indicacao_no_387.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2950/indicacao_no_388.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2951/indicacao_no_389.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2952/indicacao_no_390.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2953/indicacao_no_391.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2954/indicacao_no_392.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2955/indicacao_no_393.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2956/indicacao_no_394.2022_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2957/indicacao_no_395.2022_-_nal_marques_e_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2958/indicacao_no_396.2022_-_nal_marques_matheus_de_campos_luciano_tanaka_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2959/indicacao_no_397.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2960/indicacao_no_398.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2961/indicacao_no_399.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2962/indicacao_no_400.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2963/indicacao_no_401.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2964/indicacao_no_402.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2969/indicacao_no_403.2022_-_goncala_marcelo_marcia_da_silva_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2970/indicacao_no_404.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2971/indicacao_no_405.2022_-_goncala_marcelo_marcia_da_silva_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2972/indicacao_no_406.2022_-_goncala_marcelo_marcia_da_silva_thiago_aquino_matheus_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2973/indicacao_no_407.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2974/indicacao_no_408.2022_-_thiago_aquino_goncala_marcelo_marcia_da_silva_matheus_campos_nal_marques_e_fabio_pereira.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2975/indicacao_no_409.2022_-_marcia_da_silva_goncala_marcelo_thiago_aquino_e_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2976/indicacao_no_410.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2977/indicacao_no_411.2022_-_marcia_da_silva_goncala_marcelo_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2978/indicacao_no_412.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2979/indicacao_no_413.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2980/indicacao_no_414.2022_-_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2981/indicacao_no_415.2022_-_matheus_de_campos_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2982/indicacao_no_416.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2983/indicacao_no_417.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2984/indicacao_no_418.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2985/indicacao_no_419.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2986/indicacao_no_420.2022_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2987/indicacao_no_421.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2991/indicacao_no_422.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2992/indicacao_no_423.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2993/indicacao_no_424.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2994/indicacao_no_425.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2995/indicacao_no_426.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2996/indicacao_no_427.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2997/indicacao_no_428.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2998/indicacao_no_429.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2999/indicacao_no_430.2022_-_joao_oliveira_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3003/indicacao_no_431.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3001/indicacao_no_432.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3002/indicacao_no_433.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3000/indicacao_no_434.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3004/indicacao_no_435.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3005/indicacao_no_436.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3006/indicacao_no_437.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3007/indicacao_no_438.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3008/indicacao_no_439.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3010/indicacao_no_440.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3011/indicacao_no_441.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3012/indicacao_no_442.2022_-_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3013/indicacao_no_443.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3014/indicacao_no_444.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3015/indicacao_no_445.2022_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3016/indicacao_no_446.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3018/indicacao_no_447.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3017/indicacao_no_448.2022_-_marcia_goncala_joao_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3019/indicacao_no_449.2022_-_nal_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3020/indicacao_no_450.2022_-_nal_matheus_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3026/indicacao_no_451.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3027/indicacao_no_452.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3028/indicacao_no_453.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3033/indicacao_no_454.2022_-_thiago_nal_matheus_e_joao.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3034/indicacao_no_455.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3035/indicacao_no_456.2022_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3036/indicacao_no_457.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3037/indicacao_no_458.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3038/indicacao_no_459.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3039/indicacao_no_460.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3040/indicacao_no_461.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3041/indicacao_no_462.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3042/indicacao_no_463.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3043/indicacao_no_464.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3047/indicacao_no_465.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3044/indicacao_no_466.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3045/indicacao_no_467.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3046/indicacao_no_468.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3048/indicacao_no_469.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3049/indicacao_no_470.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3050/indicacao_no_471.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3053/indicacao_no_472.2022_-_matheus_luciano_e_nal.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3054/indicacao_no_473.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3059/indicacao_no_474.2022_-_goncala_marcia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3060/indicacao_no_475.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3061/indicacao_no_476.2022_-_ze_banana_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3062/indicacao_no_477.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3063/indicacao_no_478.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3064/indicacao_no_479.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3068/indicacao_no_480.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3069/indicacao_no_481.2022_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3070/indicacao_no_482.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3071/indicacao_no_483.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3072/indicacao_no_484.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3073/indicacao_no_485.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3074/indicacao_no_486.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3075/indicacao_no_487.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3076/indicacao_no_488.2022_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3077/indicacao_no_489.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3078/indicacao_no_490.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3079/indicacao_no_491.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3080/indicacao_no_492.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3081/indicacao_no_493.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3082/indicacao_no_494.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3083/indicacao_no_495.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3084/indicacao_no_496.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3085/indicacao_no_497.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3086/indicacao_no_498.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3089/indicacao_no_499.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3090/indicacao_no_500.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3091/indicacao_no_501.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3092/indicacao_no_502.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3093/indicacao_no_503.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3094/indicacao_no_504.2022_-_joao_oliveira_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3095/indicacao_no_505.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3096/indicacao_no_506.2022_-_joao_nal_thiago_fabio_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3097/indicacao_no_507.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3098/indicacao_no_508.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3099/indicacao_no_509.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3101/indicacao_no_510.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3102/indicacao_no_511.2022_-_marcia_goncala_matheus_e_nal.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3103/indicacao_no_512.2022_-_marcia_goncala_matheus_e_nal.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3104/indicacao_no_513.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3105/indicacao_no_514.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3106/indicacao_no_515.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3107/indicacao_no_516.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3108/indicacao_no_517.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3109/indicacao_no_518.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3110/indicacao_no_519.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3111/indicacao_no_520.2022_-_matheus_nal_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3112/indicacao_no_521.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3113/indicacao_no_522.2022_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3114/indicacao_no_523.2022_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3124/indicacao_no_524.2022_-_goncala_marcia_fabio_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3129/indicacao_no_525.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3125/indicacao_no_526.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3126/indicacao_no_527.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3127/indicacao_no_528.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3128/indicacao_no_529.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3130/indicacao_no_530.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3131/indicacao_no_531.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3132/indicacao_no_532.2022_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3133/indicacao_no_533.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3134/indicacao_no_534.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3135/indicacao_no_535.2022_-_marcia_da_silva__goncala_marcelo_e_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3136/indicacao_no_536.2022_-_goncala_marcelo_marcia_da_silva_e_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3137/indicacao_no_537.2022_-_goncala_marcelo_marcia_da_silva_e_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3138/indicacao_no_538.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3139/indicacao_no_539.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3140/indicacao_no_540.2022_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3141/indicacao_no_541.2022_-_luciano_tanaka_joao_oliveira_nal_marques_matheus_campos_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3143/indicacao_no_542.2022_-_matheus_campos_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3144/indicacao_no_543.2022_-_matheus_campos_thiago_aquino_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3145/indicacao_no_544.2022_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3146/indicacao_no_545.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3147/indicacao_no_546.2022_-_nal_marques_matheus_campos_e_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3154/indicacao_no_547.2022_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3155/indicacao_no_548.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3156/indicacao_no_549.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3157/indicacao_no_550.2022_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3158/indicacao_no_551.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3159/indicacao_no_552.2022_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3160/indicacao_no_553.2022_-_goncala_marcelo_marcia_da_silva_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3161/indicacao_no_554.2022_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3162/indicacao_no_555.2022_-_matheus_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3163/indicacao_no_556.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3164/indicacao_no_557.2022_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3165/indicacao_no_558.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3166/indicacao_no_559.2022_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3168/indicacao_no_560.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3169/indicacao_no_561.2022_-_marcia_da_silva_goncala_marcelo_e_mathues_campos.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3170/indicacao_no_562.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2698/projeto_decreto_legislativo_no_001.2022.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3056/projeto_decreto_legislativo_no_002.2022.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3088/projeto_decreto_legislativo_no_003.2022.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3151/projeto_decreto_legislativo_no_004.2022.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2575/projeto_lei_no_001.2022.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2619/projeto_lei_no_002.2022.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2620/projeto_lei_no_003.2022.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2660/projeto_lei_no_004.2022.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2661/projeto_lei_no_005.2022.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2666/projeto_lei_no_006.2022.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2686/projeto_lei_no_007.2022.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2706/projeto_lei_no_008.2022.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2710/projeto_lei_no_009.2022.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2724/projeto_lei_no_010.2022.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2725/projeto_lei_no_011.2022.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2747/projeto_lei_no_012.2022.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2748/projeto_lei_no_013.2022.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2749/projeto_lei_no_014.2022.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2751/projeto_lei_no_015.2022.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2753/projeto_lei_no_016.2022.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2770/projeto_lei_no_017.2022.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2785/projeto_lei_no_018.2022.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2854/projeto_lei_no_019.2022.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2856/projeto_lei_no_020.2022.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2886/projeto_lei_no_021.2022.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2919/projeto_lei_no_022.2022.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2920/projeto_lei_no_023.2022.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2947/projeto_lei_no_024.2022.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2965/projeto_lei_no_025.2022.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2966/projeto_lei_no_026.2022.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2967/projeto_lei_no_027.2022.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3025/pl_no_028.2022.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3055/projeto_lei_no_029.2022.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3058/projeto_lei_no_030.2022_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3100/projeto_lei_no_031.2022.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3116/projeto_lei_no_032.2022.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3118/projeto_lei_no_033.2022.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3123/projeto_lei_no_034.2022.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3148/projeto_lei_no_035.2022.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3174/projeto_lei_no_036.2022.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3176/projeto_lei_no_037.2022.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3177/projeto_lei_no_038.2022.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2490/projeto_lei_complementar_no_001.2022.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2491/projeto_lei_complementar_no_002.2022.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2493/projeto_lei_complementar_no_003.2022.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2624/projeto_lei_complementar_no_004.2022.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2657/projeto_lei_complementar_no_005.2022.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2658/projeto_lei_complementar_no_006.2022.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2659/projeto_lei_complementar_no_007.2022.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2687/projeto_lei_complementar_no_008.2022.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2750/projeto_lei_complementar_no_009.2022.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2752/projeto_lei_complementar_no_010.2022.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2860/projeto_lei_complementar_no_011.2022.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2885/projeto_lei_complementar_no_012.2022.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2909/projeto_lei_complementar_no_013.2022.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2921/projeto_lei_complementar_no_014.2022.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2932/projeto_lei_complementar_no_015.2022.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2968/projeto_lei_complementar_no_016.2022.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2990/projeto_lei_complementar_no_017.2022.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3023/plc_no_018.2022.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3024/plc_no_019.2022.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3032/projeto_lei_complementar_no_020.2022.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3065/projeto_lei_complementar_no_021.2022.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3066/projeto_lei_complementar_no_022.2022.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3067/projeto_lei_complementar_no_023.2022.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3120/projeto_lei_complementar_no_024.2022.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3142/projeto_lei_complementar_no_025.2022.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3149/projeto_lei_complementar_no_026.2022.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3150/projeto_lei_complementar_no_027.2022.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3153/projeto_lei_complementar_no_028.2022.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3167/projeto_lei_complementar_no_029.2022.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3173/projeto_de_lei_complementar_no_030.2022.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3175/projeto_de_lei_complementar_no_031.2022.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3117/projeto_de_resolucao_no_001.2022.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2492/requerimento_n_001.2022.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2663/requerimento_n_002.2022.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2664/requerimento_n_003.2022.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2665/requerimento_n_004.2022.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2662/requerimento_n_005.2022.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2707/requerimento_no_006.2022.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2708/requerimento_no_007.2022.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2723/requerimento_n_008.2022.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2722/requerimento_n_009.2022.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2820/requerimento_no_010.2022.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2887/requerimento_n_011.2022.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2929/requerimento_n_012.2022.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2948/requerimento_n_013.2022.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2988/requerimento_n_014.2022.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/2989/requerimento_n_015.2022.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3021/requerimento_no_16-2022.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3022/requerimento_no_17-2022.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3029/requerimento_n_018.2022.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3030/requerimento_n_019.2022.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3031/requerimento_n_020.2022.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3051/requerimento_n_021.2022.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3052/requerimento_n_022.2022.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3057/requerimento_n_023.2022.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3087/requerimento_n_024.2022.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3119/requerimento_n_025.2022.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3121/requerimento_n_026.2022.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3122/requerimento_n_027.2022.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3152/requerimento_n_028.2022.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3171/requerimento_n_029.2022.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3172/requerimento_n_030.2022.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3178/requerimento_n_031.2022.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3179/requerimento_n_032.2022.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3180/requerimento_n_033.2022.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3181/requerimento_n_034.2022.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2022/3182/requerimento_n_035.2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H672"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="109.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="188.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="187.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>