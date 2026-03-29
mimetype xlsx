--- v0 (2025-12-13)
+++ v1 (2026-03-29)
@@ -54,8389 +54,8389 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1783/indicacao_n_001.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1783/indicacao_n_001.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE ARRUMAR O ALAMBRADO PRÓXIMO AO GINÁSIO DE ESPORTES MUNICIPAL, LOCALIZADO NA RUA CONSELHEIRO ANTONIO PRADO.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Fabão</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1784/indicacao_n_002.2021_-_joao_oliveira_e_fabio_da_costa.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1784/indicacao_n_002.2021_-_joao_oliveira_e_fabio_da_costa.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE QUE PROVIDENCIE Á COBERTURA DA QUADRA ESPORTIVA DA ESCOLA "EMEF SÉRGIO ROSSETTI".</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1785/indicacao_n_003.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1785/indicacao_n_003.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE COLOCAR PONTO DE ÔNIBUS NO BAIRRO JARDIM DAS OLIVEIRAS.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1786/indicacao_n_004.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1786/indicacao_n_004.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DO CENTRO DE DIAGNÓSTICO POR IMAGENS NO CENTRO MÉDICO MUNICIPAL DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Luciano Tanaka</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1787/indicacao_n_005.2021_-_joao_oliveira_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1787/indicacao_n_005.2021_-_joao_oliveira_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE COLOCAR A LINHA DE ÔNIBUS PETITTO PASSANDO NOS BAIRROS "JARDIM JACARANDÁS, JARDIM BOA VISTA E JARDIM FLAMBOYANT".</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1788/indicacao_n_006.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1788/indicacao_n_006.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE FAZER A RETIRADA OU REMANEJAMENTO DE 01(UM) PONTO DE ÔNIBUS LOCALIZADO NA RUA PEREIRA BARRETOS NO BAIRRO JARDIM SÃO PAULO.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1789/ind.007.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1789/ind.007.2021.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE COLOCAR UMA COBERTURA DO PORTÃO DE ACESSO LOCALIZADO PRÓXIMO A QUADRA AO CORREDOR DAS SALAS DE AULA NA ESCOLA "EMEF OCTÁVIO GIOVANETTI".</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1790/indicacao_n_008.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1790/indicacao_n_008.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE COLOCAR PLACAS INDICATIVAS PARA DEFICIENTES PORTADORES NECESSIDADE ESPECIAL EM TODAS AS IGREJAS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1791/indicacao_n_009.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1791/indicacao_n_009.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA PARA VIABILIZAR AQUISIÇÃO E INSTALAÇÃO DE 01(UM) SEMÁFORO NO CRUZAMENTO DA RUA CASTRO ALVES COM A RUA SÃO MARTINHO.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1792/indicacao_n_010.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1792/indicacao_n_010.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo para que através do setor competente realize o fornecimento de uniforme e material escolar gratuito aos alunos da Rede Municipal de Ensino no início do ano letivo.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1793/indicacao_n_011.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1793/indicacao_n_011.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de proceder a aquisição e instalação de climatizador de ar na EMEI Maria Therezinha Ferrari Ribeiro.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1794/indicacao_n_012.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1794/indicacao_n_012.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de alguns redutores de velocidade (LOMBADAS) na extensão da Rua Manoel Felício.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1828/indicacao_n_013.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1828/indicacao_n_013.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de fazer uma interligação adequada para pedestres e ciclistas entre o Centro e os bairros Nova Pradópolis e Parque dos Pássaros.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1796/indicacao_n_014.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1796/indicacao_n_014.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao departamento competente da Prefeitura realize a roçagem do mato na Casa do Idoso.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1797/indicacao_n_015.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1797/indicacao_n_015.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao Departamento competente da Prefeitura, realize a pintura de todas as lombadas da cidade.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1798/indicacao_n_016.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1798/indicacao_n_016.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de proceder a aquisição e instalação de climatizador de ar na EMEB Zaíra Ometto.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1799/indicacao_n_017.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1799/indicacao_n_017.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao Departamento competente da Prefeitura realize a roçagem do mato na pista de skate.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1800/indicacao_n_018.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1800/indicacao_n_018.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de cumprir o Projeto de Lei 13/2017 ( sinalização de trânsito) no Bairro Parque dos Pássaros.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1801/indicacao_n_019.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1801/indicacao_n_019.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de proceder a aquisição e instalação de  climatizador de ar na CMEI Zaíra Ometto.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1802/indicacao_n_020.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1802/indicacao_n_020.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal através do setor competente para que notifique os proprietários de terrenos baldios que se encontram com mato alto e sujos para efetuar a devida limpeza.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1803/indicacao_n_021.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1803/indicacao_n_021.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura no sentido de construir banheiros e instalação de um bebedouro industrial na "pista de skate" da Avenida Monte Sereno.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1804/indicacao_n_022.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1804/indicacao_n_022.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ANALISE A POSSIBILIDADE DE AQUISIÇÃO E INSTALAÇÃO DE 1 (UM) BEBEDOURO DE ÁGUA (INDUSTRIAL) NO “LAGO MUNICIPAL”.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1805/indicacao_n_023.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1805/indicacao_n_023.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE MELHORIAS NA ILUMINAÇÃO DO LAGO MUNICIPAL.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1806/indicacao_n_024.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1806/indicacao_n_024.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE INSTALAÇÃO DE LIXEIRAS E COLETORES DE LIXO ÚTIL (CAÇAMBAS OU OUTROS RECIPIENTES APROPRIADOS) NOS LOGRADOUROS PÚBLICOS DO MUNICÍPIO EM PARCERIA COM EMPRESAS PRIVADAS, CONSIDERANDO A LEI MUNICIPAL Nº 1.141 DE 21 DE JULHO DE 2003.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1807/indicacao_n_025.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1807/indicacao_n_025.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A INSTALAÇÃO DE UM PONTO DE ÔNIBUS COM COBERTURA E ASSENTOS NA ESQUINA DA “EMEF AUGUSTO DE CAMPOS”, NA AVENIDA MONTE SERENO ESQUINA COM A RUA SALVADOR PURCINI, NO BAIRRO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1808/indicacao_n_026.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1808/indicacao_n_026.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, AUMENTE A FISCALIZAÇÃO QUANTO AO DESCARTE IRREGULAR DE ENTULHOS E DE LIXO EM TERRENOS PÚBLICOS E PARTICULARES.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1826/indicacao_n_027.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1826/indicacao_n_027.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A MANUTENÇÃO DAS RUAS DO HORTO FLORESTAL GUARANI.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Gonçala</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1810/indicacao_n_028.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1810/indicacao_n_028.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutores de velocidades (LOMBADAS) na Rua Belmiro Ornellas de Almeida, na altura dos números 617 e 267.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1811/indicacao_n_029.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1811/indicacao_n_029.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na AV. Gabino Arroio, na altura do número 185, Bairro: Jardim Maria Luiza l.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Luciano Tanaka</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1812/indicacao_n_030.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1812/indicacao_n_030.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a manutenção preventiva e corretiva da área verde municipal localizada no entorno do Jardim Jacarandás e do Jardim Boa Vista. (fotos anexas)</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1813/indicacao_n_031.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1813/indicacao_n_031.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para melhorias, manutenção e ampliação da iluminação pública nas áreas verdes municipais localizadas nos bairros Jardim Jacarandás, Jardim Boa Vista e Jardim Flamboyant da cidade de Pradópolis.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1814/indicacao_n_032.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1814/indicacao_n_032.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, acerca de adequações nos sentidos de direção de ruas da área central do município.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1815/indicacao_n_033.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1815/indicacao_n_033.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de redutor de velocidade ¨lombada¨ na Rua 13 de maio, esquina com a Rua Albino Garcia, Bairro Boa Vista.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1816/indicacao_n_034.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1816/indicacao_n_034.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de uma quadra de areia na área institucional e o calçamento ao redor desta área, localizada no Bairro Jardim Jacarandá, entre as ruas Sete de Setembro e 13 de Maio.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1817/indicacao_n_035.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1817/indicacao_n_035.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, solicitar a implantação e a manutenção dos diferentes dispositivos de sinalização viária nas ruas do centro e da Avenida Monte Sereno da cidade de Pradópolis.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1818/indicacao_n_036.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1818/indicacao_n_036.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura para a manutenção dos escoadores na Rua José Gaju de Cayres, sentido direito ao entrar pela rua Júlio Macozzi, Jardim Miriam.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1819/indicacao_n_037.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1819/indicacao_n_037.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que proceda com a colocação de pedregulhos (pedras) em volta do postinho do Horto Guarani.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1820/indicacao_n_038.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1820/indicacao_n_038.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) no cruzamento entre a Rua Manoel Felício e a Rua Pedro Xavier da Silva.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1821/indicacao_n_039.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1821/indicacao_n_039.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua 09 de Julho, 676 centro.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Nal Marques, Fabão, Gonçala, Joãozinho da Papelaria, Luciano Tanaka, Marcia, Matheus Campos, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1822/indicacao_n_040.2021_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1822/indicacao_n_040.2021_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar instalações de câmeras de monitoramento na Assistência Social de Pradópolis.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1823/indicacao_n_041.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1823/indicacao_n_041.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar dentro da disponibilidade financeira a criação de projetos "BOLSA ATLETA" a fim de valorizar e beneficiar os jovens e adolescentes do município de Pradópolis que praticam atividades esportivas.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1824/indicacao_n_042.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1824/indicacao_n_042.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar dentro da disponibilidade financeira a aquisição de uma Plataforma Pantográfica, para podas de árvores.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1825/indicacao_n_043.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1825/indicacao_n_043.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura para a criação de um Canil Municipal, para cuidado de animais do nosso município e também a castração dos mesmos.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Fabão, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1827/indicacao_n_044.2021_-_fabio_da_costa_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1827/indicacao_n_044.2021_-_fabio_da_costa_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar a construção de passeio público (calçada) e a iluminação adequada em todos os caminhos que atualmente são de terra nas áreas verdes do Bairro Jardim Bela Vista (imagens anexadas).</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1829/indicacao_n_045.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1829/indicacao_n_045.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao Departamento Competente, estude a possibilidade de instalação de um playground na praça da Rua Emilia da Conceição ao lado da Creche Professora Lucelma de Souza.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1830/indicacao_n_046.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1830/indicacao_n_046.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de retirar as estruturas de ferro instaladas na Avenida Monte Sereno.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Fabão, Gonçala, Joãozinho da Papelaria, Luciano Tanaka, Marcia, Matheus Campos, Nal Marques, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1832/indicacao_n_047.2021_-_todos_os__vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1832/indicacao_n_047.2021_-_todos_os__vereadores.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de podar todas as árvores de nossa cidade.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1833/indicacao_n_048.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1833/indicacao_n_048.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar, dentro da disponibilidade financeira, a aquisição de 01 (uma) Retroescavadeira 4x4 para o município.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1834/indicacao_n_049.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1834/indicacao_n_049.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE IMPLANTAR UM PONTO DE ÔNIBUS NA RUA CONSELHEIRO ANTÔNIO PRADO COM O CRUZAMENTO DA RUA SETE DE SETEMBRO.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1835/indicacao_n_050.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1835/indicacao_n_050.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE FAZER UM ACOSTAMENTO JUNTO AO PONTO DE ÔNIBUS QUE FICA LOCALIZADO NA SAÍDA DA CIDADE DE FRENTE AO SÍTIO BERNABÉ.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1837/indicacao_n_051.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1837/indicacao_n_051.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ANALISE A POSSIBILIDADE DE AQUISIÇÃO E INSTALAÇÃO DE CLIMATIZADORES DE AR NA CRECHE MUNICIPAL “CEMEI AGENOR PAVAN”.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1838/indicacao_n_052.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1838/indicacao_n_052.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE ESTUDOS OBJETIVANDO A INSTALAÇÃO DE FAIXAS ELEVADAS DE TRAVESSIA PARA PEDESTRES, AS CHAMADAS LOMBOFAIXAS, DEFRONTE À ENTRADA DAS ESCOLAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1839/indicacao_n_053.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1839/indicacao_n_053.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua Mathias Lozei, 285 Jardim Bela Vista.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1840/indicacao_n_054.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1840/indicacao_n_054.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar estudos para implantação de um CEO – Centro de Especialidades Odontológicas junto ao Centro Odontológico Municipal “Genoveva Rota Pacheco”.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1841/indicacao_n_055.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1841/indicacao_n_055.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de que providências sejam estudas junto ao Departamento de Saúde Municipal para que seja criado um programa de fornecimento de prótese dentária (dentadura) aos idosos de baixa renda do Município de Pradópolis.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1842/indicacao_n_056.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1842/indicacao_n_056.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para construção de um redutor de velocidade ¨lombada¨ em curva da Rua Cesário Gonçalves, do Bairro Jardim Miriam III.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1843/indicacao_n_057.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1843/indicacao_n_057.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, a possibilidade de disponibilizar aparelhos de ginástica aos pais e mães, e brinquedos aos filhos, na área verde, em frente ao supermercado Cojiba e nas demais pracinhas que também não tem aparelhos.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1844/indicacao_n_058.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1844/indicacao_n_058.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua Tiradentes, próximo aos números 529 e 537.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1845/indicacao_n_059.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1845/indicacao_n_059.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que o setor competente faça o recapeamento asfáltico na Rua Cesário Gonçalves no bairro JD. MIRIAM III.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1846/indicacao_n_060.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1846/indicacao_n_060.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A AQUISIÇÃO DE EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL - EPI'S, PARA COMBATE A INCÊNDIO, DESTINADOS AO USO DOS FUNCIONÁRIOS DO CAMINHÃO PIPA DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1847/indicacao_n_061.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1847/indicacao_n_061.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE COLOCAÇÃO DE BANCOS NO PARQUE URBANO MUNICIPAL “ORLANDO CANDIDO DE SOUZA”.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1848/indicacao_n_062.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1848/indicacao_n_062.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao Departamento Competente, realize antes do retorno das aulas a desinfecção nas escolas e a aquisição de sabonetes, álcool em gel e papel toalha em toda Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1850/indicacao_n_063.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1850/indicacao_n_063.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A REFORMA DA CALÇADA EM TORNO DO GINÁSIO MUNICIPAL DE ESPORTES "CONSTANTE PAVAN" (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1854/indicacao_n_064.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1854/indicacao_n_064.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE ESTUDOS NO SENTIDO DE PROVIDENCIAR A AQUISIÇÃO DE NOVOS BRINQUEDOS (PLAYGROUND) PARA O LAGO MUNICIPAL.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1855/indicacao_n_065.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1855/indicacao_n_065.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que proceda com a reforma do ponto de ônibus, precisamente dos assentos, localizado na Rua José Ferreira Gonçalves, próximo a Praça da CDHU.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1858/indicacao_n_066.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1858/indicacao_n_066.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que providencie com a instalação de um ponto de ônibus com cobertura e assentos na Rua José Ferreira Gonçalves, na  altura do n° 257.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1859/indicacao_n_067.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1859/indicacao_n_067.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Santo Antônio, bairro Centro, na altura do número 245, próximo a escola SomNaCaixa.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1860/indicacao_n_068.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1860/indicacao_n_068.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar a construção de um campo de futebol na Rua A, próximo ao Posto de Saúde localizado no Horto Guarani.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1861/indicacao_n_069.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1861/indicacao_n_069.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Barão do Rio Branco, na altura do número 620, Bairro: Jardim Primavera próximo a Escola "CECI LUIZ OMETTO."</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1862/indicacao_n_070.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1862/indicacao_n_070.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Santos Dumont, na altura do número 725.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1863/indicacao_n_071.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1863/indicacao_n_071.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Coronel Junqueira, na altura do número 982, próximo a Caixa Econômica Federal.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1865/indicacao_n_072.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1865/indicacao_n_072.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CEDER UM LOCAL PARA AS ATIVIDADES DO PROJETO CINOTÉCNICO MIRIM PARA ADESTRAMENTO DE CÃES NA ÁREA DO NOSSO MUNICIPIO.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1866/indicacao_n_073.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1866/indicacao_n_073.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE CONSTRUIR UM BUEIRO NA RUA HUGO LOURENÇO DEL PICCHIA PRÓXIMO AO N° 417, ESQUINA COM A RUA PEREIRABARRETOS NO BAIRRO JARDIM SÃO PAULO (COHAB).</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1867/indicacao_n_074.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1867/indicacao_n_074.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE COLOCAR PLACAS INDICATIVAS NAS ENTRADAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1868/indicacao_n_075.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1868/indicacao_n_075.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTUÇÃO DE MUROS NA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL (EMEF) “SERGIO ROSSETTI”.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1869/indicacao_n_076.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1869/indicacao_n_076.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de proceder o reparo de tapa buraco no asfalto da Rua Waldemar Fioravante na altura do número 1576, no bairro Jardim Flamboyant.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1870/indicacao_n_077.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1870/indicacao_n_077.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas no sentido de viabilizar a colocação de um redutor de velocidade (LOMBADA) na Rua José de Cayres próximo a Escola Octávio Giovanetti.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1871/indicacao_n_078.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1871/indicacao_n_078.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao departamento competente, providencie a instalação de guarda-corpo na passarela do Bairro Jardim das Oliveiras.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1872/indicacao_n_079.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1872/indicacao_n_079.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao departamento competente da Prefeitura, providencie a manutenção ou a aquisição de novos carrinhos porta-caixão.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1873/indicacao_n_080.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1873/indicacao_n_080.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que dê a denominação de ÁUREA ROCHA DOS SANTOS à via ou logradouro público do novo loteamento Parque dos pássaros 2.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1874/indicacao_n_081.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1874/indicacao_n_081.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua João Mesquita Ramos, próximo aos números 330 e 347, jardim Primavera.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1875/indicacao_n_082.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1875/indicacao_n_082.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a manutenção da cobertura da quadra de futebol da Escola “Ceci Luiz Ometto”.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1880/indicacao_n_083.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1880/indicacao_n_083.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a troca da tampa de bueiro na Rua: Cezar Giovannetti, na altura do número 820, centro.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1881/indicacao_n_084.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1881/indicacao_n_084.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, realize reparos no telhado e a manutenção da lage do prédio da entrada principal da EMEB Zaíra Ometto, que fica localizado na rua Conselheiro Antonio Prado, nº 1025 (imagem anexa).</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1882/indicacao_n_085.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1882/indicacao_n_085.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE CRIAR UMA COOPERATIVA PARA COLETA DE MATERIAIS RECICLÁVEIS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1883/indicacao_n_086.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1883/indicacao_n_086.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ELABORE PROJETO DE LEI COM O OBJETIVO DE PROMOVER A CRIAÇÃO DO CONSELHO MUNICIPAL DE PROMOÇÃO E DEFESA DOS ANIMAIS E DO FUNDO MUNICIPAL DE PROTEÇÃO À VIDA ANIMAL.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1884/indicacao_n_087.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1884/indicacao_n_087.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE PROVIDENCIE A RETIRADA DE UM POSTE QUE SE ENCONTRA NO MEIO DA RUA, LOCALIZADO ENTRE A RUA ROSA DE OLIVEIRA CAMPOS CRUZAMENTO COM A RUA ANTONIO PONTES CÂMARA, PRÓXIMO AO N° 380, CONFORME IMAGEM ANEXA.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1885/indicacao_n_088.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1885/indicacao_n_088.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A CONSTRUÇÃO DE UM CIRCUITO DE AREIA NO LAGO MUNICIPAL.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Nal Marques, Luciano Tanaka</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1886/indicacao_n_089.2021_-_nal_marques_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1886/indicacao_n_089.2021_-_nal_marques_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de que providências sejam adotadas com a finalidade implantar iluminação do tipo Led no trevo de acesso da entrada da cidade às margens da Rodovia Deputado Cunha Bueno.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1887/indicacao_n_090.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1887/indicacao_n_090.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de que providencias sejam adotadas para que seja disponibilizada uma assistente social para o Departamento de Saúde para avaliação de casos onde há necessidade de intervenção deste profissional.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1888/indicacao_n_091.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1888/indicacao_n_091.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua Coronel Junqueira, próximo ao número 654.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1889/indicacao_n_092.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1889/indicacao_n_092.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDO SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZAR A IMPLANTAÇÃO DE ALAMBRADOS AO REDOR DO PRÉDIO DA ‘’UBS” LINEU ZACARIAS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1890/indicacao_n_093.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1890/indicacao_n_093.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que realize a poda do mato no Jardim das Oliveiras. (Foto anexa)</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1891/indicacao_n_094.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1891/indicacao_n_094.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que sejam instaladas chapas para desalojamento de pombos nos telhados da EMEB Zaíra Ometto.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1892/indicacao_n_095.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1892/indicacao_n_095.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que seja realizada a implantação dos muros de concreto em todas as rotatórias da Avenida Monte Sereno.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Matheus Campos, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1893/indicacao_n_096.2021_-_nal_marques_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1893/indicacao_n_096.2021_-_nal_marques_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar a construção de calçada na área verde da Praça do CDHU.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1894/indicacao_n_097.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1894/indicacao_n_097.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de fazer a manutenção das placas de denominativas de nossa cidade.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1895/indicacao_n_098.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1895/indicacao_n_098.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Coronel Junqueira, Centro, na altura do número 1095.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1896/indicacao_n_099.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1896/indicacao_n_099.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar a manutenção no calçamento e na área verde da entrada e da saída da cidade (sentido Ribeirão Preto), Rua Santo Antônio e Rua Santos Dumont respectivamente.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1898/indicacao_n_100.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1898/indicacao_n_100.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Júlio Vinha, na altura do número 200 e na altura do número 289, CDHU.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1899/indicacao_n_101.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1899/indicacao_n_101.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE (LOMBADA) NA RUA DOMINGOS BUCHIONI PRÓXIMO A CRECHE AGENOR PAVAN.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1900/indicacao_n_102.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1900/indicacao_n_102.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO DE GRADES NAS BOCAS DOS BUEIROS.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1901/indicacao_n_103.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1901/indicacao_n_103.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A EXECUÇÃO DE RECAPEAMENTO ASFÁLTICO E SINALIZAÇÃO VIÁRIA NOS BAIRROS JARDIM MARIA LUIZA I E II, BELA VISTA, JARDIM MIRIAN E JARDIM PAULISTA.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1902/indicacao_n_104.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1902/indicacao_n_104.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE COLOCAR CAMPAINHAS NOS QUARTOS DOS PACIENTES LOCALIZADO NO PRÉDIO DO PRONTO ATENDIMENTO “WALDEMAR BALATORE”.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1903/indicacao_n_105.2021_-_joao_oliveira_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1903/indicacao_n_105.2021_-_joao_oliveira_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O CALÇAMENTO DA RUA OLINDO THOMAZ LOCALIZADA NO BAIRRO JARDIM FLAMBOYANT.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1904/indicacao_n_106.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1904/indicacao_n_106.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROCEDER AS OBRAS NECESSÁRIAS PARA REALIZAR A AMPLIAÇÃO DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1905/indicacao_n_107.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1905/indicacao_n_107.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar a instalação de um poste de energia elétrica no Sítio São João localizado na Rua Santos Dumont na saída da cidade.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1907/indicacao_n_108.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1907/indicacao_n_108.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a poda das arvores do bairro Nova Pradópolis I, II e da entrada da cidade.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1908/indicacao_n_109.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1908/indicacao_n_109.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Avenida Monte Sereno, próximo a saída da Escola Augusto de Campos.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1909/indicacao_n_110.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1909/indicacao_n_110.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) próximo ao cruzamento da Rua Presidente Vargas com a Rua Conselheiro Antônio Prado.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1910/indicacao_n_111.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1910/indicacao_n_111.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) próximo a rotatória de entrada do bairro Jardim das Oliveiras.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1911/indicacao_n_112.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1911/indicacao_n_112.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar manutenção do asfalto, tapa buracos, na Avenida Monte Sereno.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1912/indicacao_n_113.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1912/indicacao_n_113.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua São Martinho, na altura do número 1270.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1926/indicacao_n_114.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1926/indicacao_n_114.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar a manutenção da lombada da entrada da cidade (sentido Guariba/Jaboticabal) na rua Santos Dumont.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1914/indicacao_n_115.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1914/indicacao_n_115.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Júlio Vinha, na altura dos números 150 e 160.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1915/indicacao_n_116.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1915/indicacao_n_116.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de realizar manutenção na lombada da saída da cidade (sentido Ribeirão Preto), Rua Santos Dumont, próximo ao número 228.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1916/indicacao_n_117.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1916/indicacao_n_117.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) próximo ao cruzamento da Rua José Augusto de Oliveira com a Rua Eliotério Pizarro.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1917/indicacao_n_118.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1917/indicacao_n_118.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de realizar a limpeza em toda extensão da AV. Gabino Arroyo, no bairro Jardim Maria Luiza I.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1918/indicacao_n_119.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1918/indicacao_n_119.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Magdalena Rosa R. Leoni, na altura do número 890, Jardim Miriam II.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1919/indicacao_n_120.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1919/indicacao_n_120.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de instalar 02 lixeiras na Praça Orlando Flavio da Silva (próximo a escola Octavio Giovanetti).</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1924/indicacao_n_121.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1924/indicacao_n_121.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de promover readequação das rotatórias localizadas nos entroncamentos da Avenida Monte Sereno. Assim como, melhorias de recapeamento e sinalização horizontal e vertical da referente via.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1920/indicacao_n_122.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1920/indicacao_n_122.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade "lombada" na Rua Tiradentes na altura do número 601.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1921/indicacao_n_123.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1921/indicacao_n_123.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar, a construção de um estacionamento tipo bolsão ao lado do recinto de festas na Rua Conselheiro Antonio Prado.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1922/indicacao_n_124.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1922/indicacao_n_124.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura para denominar uma das ruas de nossa cidade com o nome de "GENI MANNA RODRIGUES".</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1923/indicacao_n_125.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1923/indicacao_n_125.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para realização de recapeamento asfáltico em trecho da Rua Treze de Maio, em decorrência de serviços de manutenção inacabados.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1925/indicacao_n_126.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1925/indicacao_n_126.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua São Martinho, na altura do número 1315.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1927/indicacao_n_127.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1927/indicacao_n_127.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que viabilize a troca da tampa do bueiro localizada na Rua Cézar Giovannetti, atrás da Rodoviária (Foto em Anexo).</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1928/indicacao_n_128.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1928/indicacao_n_128.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar poda de árvores na Rua Ivan Fernandes Sardão, atrás da Unidade Básica de Saúde-Lineu Zacharia.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1929/indicacao_n_129.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1929/indicacao_n_129.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de passeio público (calçada), acompanhando o muro da Escola Augusto de Campos.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1931/indicacao_n_130.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1931/indicacao_n_130.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, POSSIBILITE A IMPLANTAÇÃO DE UM SISTEMA DE RESGATE E ATENDIMENTO VETERINÁRIO DE URGÊNCIA PARA ANIMAIS DE RUA EM SITUAÇÃO DE RISCO.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1932/indicacao_n_131.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1932/indicacao_n_131.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE POSTES DE ILUMINAÇÃO NA PRAÇA DO JARDIM PAULISTA, MAIS ESPECIFICAMENTE NA RUA JOSÉ FERREIRA GONÇALVES, NO TRECHO COMPREENDIDO ENTRE A RUA EMILIA DA CONCEIÇÃO E A RUA MATHIAS LOZEI (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1933/indicacao_n_132.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1933/indicacao_n_132.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE REALIZAR A CONSTRUÇÃO DE UMA PASSARELA SOBRE A RODOVIA DEPUTADO CUNHA BUENO (SP 253), QUE LIGA O BAIRRO JARDIM BELA VISTA AO DISTRITO INDUSTRIAL DO MUNICÍPIO, BEM COMO AO HORTO FLORESTAL GUARANI.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1937/indicacao_n_133.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1937/indicacao_n_133.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar poda de árvores na Avenida Monte Sereno, e na Rua Tiradentes , na calçada do Lago Municipal (foto anexa).</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Fabão</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1938/indicacao_n_134.2021_-_fabio_da_costa.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1938/indicacao_n_134.2021_-_fabio_da_costa.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua 7 de Setembro, na altura do número 413.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1939/indicacao_n_135.2021_-_fabio_da_costa.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1939/indicacao_n_135.2021_-_fabio_da_costa.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Santos Dumont, na altura do número 102.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1940/indicacao_n_136.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1940/indicacao_n_136.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua 13 de Maio, na altura do número 939.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Luciano Tanaka, Joãozinho da Papelaria</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1941/indicacao_n_137.2021_-_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1941/indicacao_n_137.2021_-_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção de um muro guia em uma das laterais do Córrego Triste que cruza a Rua Sete de Setembro próximo ao bairro Jacarandá (fotos anexas).</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1942/indicacao_n_138.2021_-_matheus_de_campos_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1942/indicacao_n_138.2021_-_matheus_de_campos_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A TROCA OU A MANUTENÇÃO DOS BANCOS DA PRAÇA DO JARDIM PAULISTA (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1943/indicacao_n_139.2021_-_matheus_de_campos_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1943/indicacao_n_139.2021_-_matheus_de_campos_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A PODA DAS ÁRVORES DA PRAÇA DO JARDIM PAULISTA (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1944/indicacao_n_140.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1944/indicacao_n_140.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de disponibilizar uma caçamba coletora de lixo, na Rua João Derussi, na altura do Nº 222, Jardim Paulista.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1945/indicacao_n_141.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1945/indicacao_n_141.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de realizar a limpeza e troca da tampa na galeria pluvial na Rua Barão do Rio Branco localizado no estacionamento da escola EMEF "Octavio Giovannetti".</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1946/indicacao_n_142.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1946/indicacao_n_142.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor_x000D_
 competente da prefeitura no sentido de realizar uma limpeza e a troca da tampa na_x000D_
 galeria pluvial da Rua Barão do Rio Branco , na altura do Nº136.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1947/indicacao_n_143.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1947/indicacao_n_143.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao Setor Competente realize a aquisição de uma máquina de mamografia no pronto atendimento "Waldemar Balatore".</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1948/indicacao_n_144.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1948/indicacao_n_144.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de fazer a remoção de uma árvore "mangueira" na Rua Maria Helena Guindaline Fechetia, no Nº 650 Jardim Bela Vista.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1949/indicacao_n_145.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1949/indicacao_n_145.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar a colocação de um redutor de velocidade (LOMBADA) na Rua Santo Antônio próximo ao cruzamento com a Rua Tiradentes.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1950/indicacao_n_146.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1950/indicacao_n_146.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de contratar um novo ortopedista para Rede Municipal de Saúde.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1951/indicacao_n_147.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1951/indicacao_n_147.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que dê a denominação de Antenor Paiva, ao Cristo de Pradópolis, próximo ao trevo de acesso da Rodovia Deputado Cunha Bueno.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1952/indicacao_n_148.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1952/indicacao_n_148.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de providenciar a contratação de Médicos Especialistas para atender na Unidade Básica de Saúde "Lineu Zacarias" e oferecer  atendimento 24 hrs”.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1953/indicacao_n_149.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1953/indicacao_n_149.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de providenciar um Treinamento de brigada de incêndio.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1954/indicacao_n_150.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1954/indicacao_n_150.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao Departamento Competente, proceda com a aquisição e instalação de um playground na Creche Professora Lucelma de Souza.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1955/indicacao_n_151.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1955/indicacao_n_151.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de que realize a instalação de pontos de iluminação nos postes existentes na estrada de acesso dos sítios Nossa Senhora Aparecida (brejinho).</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1956/indicacao_n_152.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1956/indicacao_n_152.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar a criação de uma pista de ciclovia na extensão da Avenida Gabino Arroyo no Jardim Maria Luiza I.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Nal Marques, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1957/indicacao_n_153.2021_-_nal_marques_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1957/indicacao_n_153.2021_-_nal_marques_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de providências junto a Secretaria Estadual de Segurança Pública para firmar convênio objetivando a realização da atividade Delegada em nosso município, nos termos da Lei Municipal n° 1.626, de 28 de novembro de 2019.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1958/indicacao_n_154.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1958/indicacao_n_154.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE COLOCAR BARREIRAS NO FINAL DAS RUAS DO BAIRRO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1959/indicacao_n_155.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1959/indicacao_n_155.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELOSETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O CALÇAMENTO DA ÁREA VERDE COMO TAMBÉM AS PODAS DOS GALHOS DAS ÁRVORES LOCALIZADA NA RUA PRUDENTE DE MORAIS NO BAIRRO JARDIM SÃO PAULO “COHAB”.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1960/indicacao_n_156.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1960/indicacao_n_156.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE IMPLANTAR PONTO DE ÔNIBUS NA RUA PAULO DA SILVA NA ALTURA DO NÚMERO 635 LOCALIZADA NO BAIRRO NOVA PRADÓPOLIS.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1961/indicacao_n_157.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1961/indicacao_n_157.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO DE UMA ACADEMIA AO AR LIVRE NA PRAÇA DO BAIRRO JARDIM MIRIAM LOCALIZADO NA RUA_x000D_
 MAGDALENA ROSA RODRIGUES LEONI NA ALTURA DO NÚMERO 860.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1962/indicacao_n_158.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1962/indicacao_n_158.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a Instalação de um ponto de Ônibus no Jardim dos Pássaros.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Gonçala, Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1963/indicacao_n_159.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1963/indicacao_n_159.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de realizar a construção do calçamento (cimentar), do pátio de entrada, e da entrada da CMEI Lucelma de Souza Pessoa, na rua Manoel Teixeira e rua Emilia da Conceição respectivamente.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>Luciano Tanaka, Matheus Campos, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1964/indicacao_n_160.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1964/indicacao_n_160.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de promover a instalação de assentos com cobertura, conforme imagem anexa, nos campos de futebol Estádio Municipal Sérgio Rossetti e Estádio de Futebol Cantareira a fim de proporcionar aos usuários destes locais um ambiente mais confortável durante a prática esportiva e/ou recreação.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1965/indicacao_n_161.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1965/indicacao_n_161.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de, promover a readequação das rotatória localizadas na Avenida Monte Sereno, tornando-as em rotatórias mais urbanizadas, incluindo espécies arbóreas e calçamento em seu entorno, conforme imagens ilustrativas em anexo.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>Luciano Tanaka, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1966/indicacao_n_162.2021_-_luciano_tanaka_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1966/indicacao_n_162.2021_-_luciano_tanaka_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, realize a instalação de Postes de Iluminação na área verde ao lado da Creche " Lucelma de Souza Pessoa", mais especificamente na Rua José Ferreira Gonçalves, entre a Rua Emilía da Conceição e Rua Mathias Lozei (foto anexa).</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1967/indicacao_n_163.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1967/indicacao_n_163.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE REALIZE A ROÇAGEM DA GRAMA E DO MATO, A PODA DAS ÁRVORES E A LIMPEZA NA ENTRADA DO BAIRRO PARQUE DOS PÁSSAROS (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1968/indicacao_n_164.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1968/indicacao_n_164.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A PINTURA DE SINALIZAÇÃO DE SOLO NA RUA CASTRO ALVES CRUZAMENTO COM A RUA 9 DE JULHO, CENTRO (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1969/indicacao_n_165.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1969/indicacao_n_165.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de promover a aquisição e instalação de um semáforo no cruzamento das ruas Santo Antônio e Sete de Setembro.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1970/indicacao_n_166.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1970/indicacao_n_166.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de realizar o recapeamento asfáltico na Rua Campos Salles no trecho entre a Rua Presidente Vargas e a Rua Coronel Junqueira.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1971/indicacao_n_168.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1971/indicacao_n_168.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar a manutenção do calçamento da Biblioteca Municipal. (fotos em anexo)</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1972/indicacao_n_168.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1972/indicacao_n_168.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de realizar a manutenção do ponto de ônibus localizado na Rua Campos Sales, a altura do número 689. (foto em anexo).</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1973/indicacao_n_169.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1973/indicacao_n_169.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE IMPLANTAR EM NOSSO MUNICÍPIO UM CENTRO DE ATENÇÃO PSICOSSOCIAL ( CAPS).</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1974/indicacao_n_170.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1974/indicacao_n_170.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar a manutenção do calçamento da escola CEMA Dorival Rossi até a Horta, na Rua Tiradentes. (fotos em anexo).</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1975/indicacao_n_171.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1975/indicacao_n_171.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DO CALÇAMENTO DA PRAÇA LOCALIZADA NO BAIRRO JARDIM MARIA LUIZA NA RUA MANOEL TEIXEIRA NA ALTURA DO NÚMERO 760.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1976/indicacao_n_172.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1976/indicacao_n_172.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DO CALÇAMENTO DA PRAÇA LOCALIZADA NA RUA CONSELHEIRO ANTONIO PRADO PROXIMO AO GINASÍO MUNICIPAL DE ESPORTE “AGENOR PAVAN”.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1977/indicacao_n_173.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1977/indicacao_n_173.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DO CALÇAMENTO NA RUA SAMUEL PURCINI NO BAIRRO JARDIM BELA VISTA LOCALIZADO PROXIMO A “ESCOLA EMEF AUGUSTO DE CAMPOS”.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1978/indicacao_n_174.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1978/indicacao_n_174.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELOSETOR COMPETENTE DA PREFEITURA NO SENTIDO DE COLOCAR CHAPAS DE FERRO EM TODO O CORPO DAS LIXEIRAS QUE ESTÃO LOCALIZADAS NA PRAÇA PIO XII. EVITANDO ASSIM QUE O LIXO VENHA CAIR NO CHÃO. CONFORME FOTO EM ANEXO.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1979/indicacao_n_175.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1979/indicacao_n_175.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua Domingos Marcari, próximo ao número 706.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1980/indicacao_n_176.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1980/indicacao_n_176.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura que realize o fornecimento de Uniforme e EPIs aos coletores de lixo.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1981/indicacao_n_177.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1981/indicacao_n_177.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, que sejam passados veneno nos bueiros e nas bocas de lobo de nossa cidade.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1983/indicacao_n_178.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1983/indicacao_n_178.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de fazer a remoção de uma árvore no Bairro Jardim São Paulo, Rua Prudente de Moraes, próximo ao Nº 339.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1984/indicacao_n_179.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1984/indicacao_n_179.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar a construção de assentos na área verde na Rua Prudente de Morais, próximo ao Nº 349.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1985/indicacao_n_180.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1985/indicacao_n_180.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA), na Rua Altino de Castro, na altura do número 405, bairro Jardim Maria Luiza 1.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1986/indicacao_n_181.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1986/indicacao_n_181.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de adquirir equipamentos de áudio para chamada de pacientes no Centro Médico Municipal "Januário Theodoro de Souza".</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1987/indicacao_n_182.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1987/indicacao_n_182.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que junto ao departamento competente, estude a possibilidade de uma Academia ao Ar Livre na praça do Estádio Cantareira na rua Antônio Pontes Câmara, Jardim Primavera (fotos anexas).</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1988/indicacao_n_183.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1988/indicacao_n_183.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que junto ao departamento competente, estude a possibilidade de instalação de uma Academia ao Ar Livre na praça do Jardim Primavera que fica entre as ruas Rui Barbosa, Barão do Rio Branco e João Mesquita Ramos (fotos anexas).</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1989/indicacao_n_184.2021_-_luciano_tanaka_matheus_de_campos_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1989/indicacao_n_184.2021_-_luciano_tanaka_matheus_de_campos_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, que estudos sejam feitos para a aquisição de um Triturador de Galhos Rebocável, permitindo o reaproveitamento dos galhos resultantes das podas de árvores como adubo orgânico, bem como evitando o acúmulo de galhos nas calçadas do nosso município.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1990/indicacao_n_185.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1990/indicacao_n_185.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que providências sejam tomadas objetivando as reformas das placas denominativas em algumas ruas do bairro Jardim Primavera (foto anexa).</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1991/indicacao_n_186.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1991/indicacao_n_186.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para realizar a manutenção da pintura da Creche " SIMONE ANACLETO DE OLIVEIRA IJANS".</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1992/indicacao_n_187.2021_-_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1992/indicacao_n_187.2021_-_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, construção de calçamento em toda área verde localizada na frente do portão de acesso aos alunos da EMEB "ZAÍRA OMETTO" que fica entre as ruas Conselheiro Antônio Prado; Pereira Barreto e Duque de Caxias (fotos anexas).</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1993/indicacao_n_188.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1993/indicacao_n_188.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Santo Antônio, na altura do número 400.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1994/indicacao_n_189.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1994/indicacao_n_189.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, QUE ESTUDE A POSSIBILIDADE DE CONSTRUIR PASSEIOS NOS TERRENOS PARTICULARES CONSIDERANDO A LEI MUNICIPAL Nº 158, DE 03 DE FEVEREIRO DE 1969.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1995/indicacao_n_190.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1995/indicacao_n_190.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE COLOCAÇÃO DE BANCOS NO CANTEIRO CENTRAL DA AVENIDA JOSÉ DOS SANTOS MARTINS, NO BAIRRO NOVA PRADÓPOLIS (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1996/indicacao_n_191.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1996/indicacao_n_191.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ADOTE AS PROVIDÊNCIAS CABÍVEIS A FIM DE REALIZAR UM CONVÊNIO COM A SECRETARIA DE ESPORTES DO ESTADO DE SÃO PAULO OBJETIVANDO A IMPLANTAÇÃO DO PROJETO ESPORTIVO “CENTRO DE FORMAÇÃO ESPORTIVA”, NO MUNICÍPIO DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1997/indicacao_n_192.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1997/indicacao_n_192.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A REVITALIZAÇÃO DO CANTEIRO CENTRAL LOCALIZADO NA AVENIDA GABINO ARROYO, NO BAIRRO JARDIM MARIA LUIZA I, BEM COMO A INSTALAÇÃO DE PLACAS PROIBINDO O DESCARTE IRREGULAR DE LIXOS NO LOCAL (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2001/indicacao_n_193.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2001/indicacao_n_193.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, DÊ DENOMINAÇÃO DE JOSÉ ANTONIO PINTO À VIA OU LOGRADOURO PÚBLICO DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1998/indicacao_n_194.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1998/indicacao_n_194.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de instalar um cavalete de água na área verde localizada na Rua Santos Dumont, altura do Nº 369.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1999/indicacao_n_195.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1999/indicacao_n_195.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de que providências sejam tomadas na melhoria e instalação de Postes de Iluminação no Cemitério Municipal.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2000/indicacao_n_196.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2000/indicacao_n_196.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de construção de calçamento na área verde localizada na parte interna do Cemitério Municipal de Pradópolis.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2002/indicacao_n_197.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2002/indicacao_n_197.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE ESTUDO NO SENTIDO DE IMPLANTAR UM REDUTOR DE VELOCIDADE (LOMBADA) NA RUA AGENOR FAGUNDES, NO BAIRRO MARIA LUIZA I.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2005/indicacao_n_198.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2005/indicacao_n_198.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar a instalação de corrimãos de acessibilidade em todos os setores públicos de nosso município que ainda não os possuem.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2006/indicacao_n_199.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2006/indicacao_n_199.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar a manutenção dos passeios (calçamento) entre os túmulos do Cemitério Municipal. (fotos em anexo).</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>Marcia, Gonçala</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2007/indicacao_n_200.2021_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2007/indicacao_n_200.2021_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar a higienização do Cemitério Municipal, incluindo roçagem, coleta de entulhos, galhos, lixos. Limpeza da caixa d'água e a troca das torneiras de plástico quebradas. (fotos em anexos).</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2008/indicacao_n_201.2021_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2008/indicacao_n_201.2021_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a manutenção dos corrimãos da entrada do Centro médico Municipal “JANUÁRIO THEODORO DE SOUZA”, pois algumas barras de ferros estão soltas, podendo vim ocasionar acidentes. (foto em anexo).</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2009/indicacao_n_202.2021_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2009/indicacao_n_202.2021_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a manutenção das grelhas dos ralos do Centro Médico Municipal “JANUÁRIO THEODORO DE SOUZA”, estão soltas podendo vim ocasionar acidentes com pessoas e até mesmo veículos. (foto em anexo).</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2010/indicacao_n_203.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2010/indicacao_n_203.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar a limpeza na galeria pluvial na Rua Joaquim Moleiro, na altura do Nº 700.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2011/indicacao_n_204.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2011/indicacao_n_204.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar a construção de uma mureta na área verde da Rua Maria Helena Guindalini Fechetia na altura do Nº 649.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2012/indicacao_n_205.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2012/indicacao_n_205.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar a limpeza da área verde na Rua Maria Helena Guindalini Fechetia, na altura do Nº 649.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2013/indicacao_n_206.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2013/indicacao_n_206.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar a construção de banheiros para os feirantes, e para a população, na esquina da Rua Tiradentes, próximo a rotatória da Avenida Monte Sereno.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2014/indicacao_n_207.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2014/indicacao_n_207.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a limpeza das pedras que ficam ao entorno da Rodoviária.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2015/indicacao_n_208.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2015/indicacao_n_208.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar a pintura da fachada da entrada e muro ao entorno da escola EMEF 'AUGUSTO DE CAMPOS'. (fotos anexas)</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2016/indicacao_n_209.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2016/indicacao_n_209.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de trocar o alambrado da Creche Municipal "Zaíra Ometto". (foto anexa)</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2017/indicacao_n_210.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2017/indicacao_n_210.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade "lombada" na rua José Ferreira Gonçalves com cruzamento da rua José Constantino.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2018/indicacao_n_211.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2018/indicacao_n_211.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de colocar um cavalete de água na área verde que fica localizado entre as Ruas José Ferreira Gonçalves com cruzamento da Rua José Constantino, no Jardim Paulista. (fotos anexas)</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2019/indicacao_n_212.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2019/indicacao_n_212.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que junto ao departamento competente, estude a possibilidade de instalação de uma academia ao ar livre na praça do Jardim Maria Luiza que fica entre as ruas Cezare de Cezare; Eliotério Pizarro; Júlio Vinha e José Ferreira Gonçalves. (fotos anexas).</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2020/indicacao_n_213.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2020/indicacao_n_213.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR À IMPLANTAÇÃO DE UM SEMÁFORO NA RUA PRESIDENTE VARGAS, NA ALTURA DO NÚMERO 1407, CENTRO.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2021/indicacao_n_214.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2021/indicacao_n_214.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE CONSTRUIR UM TANQUE DENTRO DO LAGO MUNICIPAL PRÓXIMO AOS FEIRANTES.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2022/indicacao_n_215.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2022/indicacao_n_215.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE PROPORCIONAR UM ACRÉSCIMO NO VALOR DOS PLANTÕES MÉDICOS JUNTO A COOPERATIVA DOS MÉDICOS.</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2023/indicacao_n_216.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2023/indicacao_n_216.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELOSETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR AQUISIÇÃO DE UM RESPIRADOR DE ÚLTIMA GERAÇÃO PARA O CENTRO MÉDICO MUNICIPAL DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2024/indicacao_n_217.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2024/indicacao_n_217.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, PARA QUE DE À DENOMINAÇÃO DE CELESTINO LIMA A UM LOGRADOURO PÚBLICO OU NOME DE RUA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2025/indicacao_n_218.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2025/indicacao_n_218.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de que estudos sejam elaborados visando a aquisição de um caminhão equipado com hidro vácuo.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>Matheus Campos, Luciano Tanaka, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2026/indicacao_n_219.2021_-_matheus_de_campos_luciano_tanaka_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2026/indicacao_n_219.2021_-_matheus_de_campos_luciano_tanaka_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A REFORMA E A MANUTENÇÃO DA ARQUIBANCADA DO ESTÁDIO MUNICIPAL “SÉRGIO ROSSETTI”.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2027/indicacao_n_220.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2027/indicacao_n_220.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE PONTOS DE ILUMINAÇÃO (BRAÇOS DE LUZ) NOS POSTES JÁ EXISTENTES NA ESTRADA DE TERRA DOS SÍTIOS LOCALIZADOS DEFRONTE AO ANEL VIÁRIO PRÓXIMO AO DISPOSITIVO "DAVID DE OLIVEIRA CAMPOS" (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2028/indicacao_n_221.2021_-_matheus_de_campos_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2028/indicacao_n_221.2021_-_matheus_de_campos_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE REALIZAR O PLANTIO DE PALMEIRAS IMPERIAIS EM TODA A EXTENSÃO DA AVENIDA JOSÉ DOS SANTOS MARTINS, NO BAIRRO NOVA PRADÓPOLIS.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>Matheus Campos, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2029/indicacao_n_222.2021_-_matheus_de_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2029/indicacao_n_222.2021_-_matheus_de_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE UM PROJETO DE REVITALIZAÇÃO DAS PRINCIPAIS RUAS COMERCIAIS DO CENTRO DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>Nal Marques, Matheus Campos, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2030/indicacao_n_223.2021_-_nal_marques_thiago_alves_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2030/indicacao_n_223.2021_-_nal_marques_thiago_alves_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de um aparelho Analisador de Gases Sanguíneos para o Departamento de Saúde.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>Nal Marques, Luciano Tanaka, Matheus Campos, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2031/indicacao_n_224.2021_-_nal_marques_matheus_de_campos_thiago_alves_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2031/indicacao_n_224.2021_-_nal_marques_matheus_de_campos_thiago_alves_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura para a construção de uma quadra de areia no Lago Municipal.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2032/indicacao_n_225.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2032/indicacao_n_225.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar reforma do caminhão de coleta de lixo.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>Nal Marques, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2033/indicacao_n_226.2021_-_nal_marques_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2033/indicacao_n_226.2021_-_nal_marques_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que estudos sejam feitos para a construção de um palco na área do Lago Municipal da cidade.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>Luciano Tanaka, Gonçala, Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2035/indicacao_n_227.2021_-_luciano_goncala_e_marcia.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2035/indicacao_n_227.2021_-_luciano_goncala_e_marcia.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de, que viabilize recursos para a construção de um prédio para o "Fundo Social", local para atividades e projetos, como cursos, arrecadações, palestras.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2036/indicacao_n_228.2021_-_goncala_e_marcia.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2036/indicacao_n_228.2021_-_goncala_e_marcia.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de promover um projeto municipal de oficinas profissionalizantes para a capacitação de jovens e adultos.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2037/indicacao_n_229.2021_-_goncala_e_marcia.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2037/indicacao_n_229.2021_-_goncala_e_marcia.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar a manutenção do calçamento do Campo Municipal, nas Ruas Santos Dumont, Presidente Vargas e Conselheiro Antônio Prado. (fotos em anexo).</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2038/indicacao_n_230.2021_-_goncala_e_marcia.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2038/indicacao_n_230.2021_-_goncala_e_marcia.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de realizar o recapeamento asfáltico em toda a extensão da Rua Antônio Pontes Câmara.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2039/indicacao_n_231.2021_-_joao_da_costa_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2039/indicacao_n_231.2021_-_joao_da_costa_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE (LOMBADA) NA RUA PAULO DA SILVA NA ALTURA DO NÚMERO 580, NO BAIRRO NOVA PRADÓPOLIS I.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2040/indicacao_n_232.2021_-_joao_da_costa_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2040/indicacao_n_232.2021_-_joao_da_costa_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REATIVAR O SALÃO DA (ANTIGA MARCENARIA) PARA A PRÁTICAS DE ESPORTES E OUTRAS ATIVIDADES ESSENCIAIS.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2041/indicacao_n_233.2021_-_joao_da_costa_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2041/indicacao_n_233.2021_-_joao_da_costa_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A REFORMA E SEU FUNCIONAMENTO DA UBS (POSTO DE SAÚDE NO ASSENTAMENTO HORTO GUARANI).</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2042/indicacao_n_234.2021_-_joao_da_costa_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2042/indicacao_n_234.2021_-_joao_da_costa_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, OBJETIVANDO AS REFORMAS DAS PLACAS DENOMINATIVAS EM ALGUMAS RUAS DO BAIRRO JARDIM MIRIAN III.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2043/indicacao_n_235.2021_-_joao_da_costa_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2043/indicacao_n_235.2021_-_joao_da_costa_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE IMPLANTAR MÃO ÚNICA DE TRÂNSITO NA RUA CAMPOS SALES QUE VAI DA INTERSEÇÃO COM A RUA PRESIDENTE VARGAS ATÉ A RUA NOVE DE JULHO.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2044/indicacao_n_236.2021_-_joao_da_costa_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2044/indicacao_n_236.2021_-_joao_da_costa_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE IMPLANTAR UMA FARMÁCIA NA UNIDADE BÁSICA DE SAÚDE (LINEU ZACARÍAS) LOCALIZADA NO BAIRRO JARDIM BELA_x000D_
 VISTA.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2045/indicacao_n_237.2021_-_joao_da_costa_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2045/indicacao_n_237.2021_-_joao_da_costa_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE IMPLANTAR O DIÁRIO ESCOLAR DIGITAL NA REDE PÚBLICA MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2046/indicacao_n_238.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2046/indicacao_n_238.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONSTRUIR UM NOVO PORTÃO DE ACESSO PARA ENTRADA DE AMBULÂNCIAS, REBAIXAMENTO DE GUIA DA CALÇADA E SINALIZAÇÃO NO ESTÁDIO MUNICIPAL.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2047/indicacao_n_239.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2047/indicacao_n_239.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE NO SENTIDO DE PINTAR AS LOMBADAS EXISTENTE NA AVENIDA MONTE SERENO E EM TODA EXTENSÃO DO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2048/indicacao_n_240.2021_-_nal_marques_e_luciano.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2048/indicacao_n_240.2021_-_nal_marques_e_luciano.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a pintura do Portal da entrada da cidade.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2050/indicacao_n_241.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2050/indicacao_n_241.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A CONSTRUÇÃO DE CALÇADA NA CONTINUIDADE DA RUA MADALENA R.R. LEONI TRECHO QUE LIGA COM A RUA MARIA LUCAS DE SOUZA.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>Nal Marques, Luciano Tanaka, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2051/indicacao_n_242.2021_-_nal_marques_luciano_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2051/indicacao_n_242.2021_-_nal_marques_luciano_e_matheus.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que providências sejam adotadas visando a aquisição de um novo caminhão basculante para o Setor de Obras.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2052/indicacao_n_243.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2052/indicacao_n_243.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Valdeci Francisco da Silva, na altura do número 230-A, Jardim das Oliveiras.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2053/indicacao_n_244.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2053/indicacao_n_244.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalar iluminação na Pista De Skate.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2054/indicacao_n_245.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2054/indicacao_n_245.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de roçar a grama na Rua Valdeci Francisco da Silva, na altura do número 250, Jardim das Oliveiras.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2055/indicacao_no_245.2022_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2055/indicacao_no_245.2022_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de contratar Guardas Municipais para ficarem em frente dos portões das escolas.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2056/indicacao_n_247.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2056/indicacao_n_247.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalar uma lixeira na Rua Antônio Garcia em frente da escola EMEF "Octavio Giovannetti".</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2057/indicacao_n_248.2021_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2057/indicacao_n_248.2021_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a compra de cadeiras de rodas e cadeiras de banho para, quando necessário, serem emprestadas à população pradopolense.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2058/indicacao_n_249.2021_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2058/indicacao_n_249.2021_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de proceder com a aquisição de um veículo de pequeno porte adaptado para o transporte de cadeirantes no uso da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2059/indicacao_n_250.2021_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2059/indicacao_n_250.2021_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao Departamento competente da Prefeitura, estude a possibilidade de instalar fechaduras eletrônicas, alarme e câmeras de monitoramento nas creches e escolas infantis.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2060/indicacao_n_251.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2060/indicacao_n_251.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalação/implantação de iluminação pública no Recinto de Festas, mais precisamente próximo a pista de "Kart".</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2061/indicacao_n_252.2021_-_luciano0_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2061/indicacao_n_252.2021_-_luciano0_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar poda de árvores na Avenida Monte Sereno na altura do número 430. (fotos anexas).</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2062/indicacao_n_253.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2062/indicacao_n_253.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade "lombada" na Rua Eleotério Pizarro próximo ao Supermercado Bitella.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2063/indicacao_n_254.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2063/indicacao_n_254.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja feitos estudos para que se construa uma área de caminhadas nos fundos do Estádio Municipal, onde hoje existem somente plantação de “bambus”, área esta paralela ao Salão Social e Bocha e dê a denominação a este próprio público de “Alfredo Barrado”.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2064/indicacao_n_255.2021_-_nal_marques_matheus_e_luciano.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2064/indicacao_n_255.2021_-_nal_marques_matheus_e_luciano.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de promover a instalação de Bebedouros de água no campo do Estádio de Futebol Cantareira, a fim de proporcionar aos usuários bem estar durante a prática esportiva e/ou recreação.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2065/indicacao_n_256.2021_-_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2065/indicacao_n_256.2021_-_matheus_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ADOTEM MEDIDAS QUE SOLUCIONEM O PROBLEMA DE INFESTAÇÃO DE POMBOS NO GINÁSIO DE ESPORTES MUNICIPAL “CONSTANTE PAVAN”.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2066/indicacao_n_257.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2066/indicacao_n_257.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar o plantio de árvores ao redor da pista de Kart que fica localizado no recinto de festas. (foto anexa).</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2067/indicacao_n_258.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2067/indicacao_n_258.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição e a instalação de uma placa indicativa "mão única" para a Rua 9 de julho, no cruzamento com a Rua Santo Antônio. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2068/indicacao_n_259.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2068/indicacao_n_259.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a manutenção do cavalete de água da área verde da Merenda Escolar de Pradópolis. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2069/indicacao_n_260.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2069/indicacao_n_260.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a troca da tampa do bueiro da Rua Santos Dumont no cruzamento da Rua Presidente Vargas na frente da área verde, (foto em anexo).</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2070/indicacao_n_261.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2070/indicacao_n_261.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a troca da tampa do bueiro da Rua Presidente Vargas, na altura do numero 959, (foto em anexo).</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2071/indicacao_n_262.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2071/indicacao_n_262.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua José João Davi Sobrinho, na altura do número 941, nova Pradópolis 2.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2072/indicacao_n_263.201_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2072/indicacao_n_263.201_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a troca da tampa do bueiro da Rua Santo Antônio, cruzamento com a Rua Coronel Junqueira, esquina da rodoviária, (foto em anexo).</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2073/indicacao_n_264.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2073/indicacao_n_264.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a troca da tampa do bueiro da Rua Santos Dumont no cruzamento da Rua Presidente Vargas em frente dos outdoor, (foto em anexo).</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2074/indicacao_n_265.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2074/indicacao_n_265.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de muros ao redor da escola EMEB LUIZ OMETTO.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2075/indicacao_n_266.2021_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2075/indicacao_n_266.2021_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que viabilize recursos financeiros para a construção de uma nova sede para Fisioterapia de nossa cidade, localizada preferencialmente na área verde localizada em frente ao Centro médico Municipal.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2076/indicacao_n_267.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2076/indicacao_n_267.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja elaborado e implantado trabalho paisagismo nas rotatórias que dão acesso a entrada da cidade, conforme exemplos em anexo.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2077/indicacao_n_268.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2077/indicacao_n_268.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e distribuição de artigos esportivos de todas as modalidades para o desenvolvimento de práticas esportivas.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2078/indicacao_n_269.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2078/indicacao_n_269.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar a construção de um "cruzamento" na continuação da Rua Antonio Garcia com a Rua São Martinho, no sentido de facilitar o retorno para Avenida Monte Sereno.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2079/indicacao_n_270.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2079/indicacao_n_270.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A REFORMA DA CALÇADA DE UM IMÓVEL QUE PERTENCE A PREFEITURA MUNICIPAL, LOCALIZADO NA RUA PRIMEIRO DE JANEIRO CRUZAMENTO COM A RUA NOVE DE JULHO, BEM COMO A PODA DAS ÁRVORES OU A RETIRADA, CASO SEJA NECESSÁRIO (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>Matheus Campos, Joãozinho da Papelaria</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2080/indicacao_n_271.2021_-_matheus_de_campos_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2080/indicacao_n_271.2021_-_matheus_de_campos_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A REFORMA E A AMPLIAÇÃO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL “OCTÁVIO GIOVANNETTI”.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2081/indicacao_n_272.2021_-_matheus_de_campos_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2081/indicacao_n_272.2021_-_matheus_de_campos_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ANALISE A POSSIBILIDADE DE REALIZAR A CONSTRUÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE – UBS, NO BAIRRO NOVA PRADÓPOLIS.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2084/indicacao_n_273.2021_-_nal_marques_luciano_tanaka_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2084/indicacao_n_273.2021_-_nal_marques_luciano_tanaka_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de novos uniformes para prática de esporte na modalidade Basquete.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2085/indicacao_n_274.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2085/indicacao_n_274.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade (lombada), na rua Treze de maio em frente ao nº 949. ( foto anexa).</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2086/indicacao_n_275.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2086/indicacao_n_275.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a manutenção do calçamento no quarteirão onde localizam-se os prédios da sede da Prefeitura e Câmara Municipal. (fotos anexas).</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2087/indicacao_n_276.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2087/indicacao_n_276.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de regularização de nível do calçamento do Lago Municipal na rua Tiradentes e adicionalmente a realização da limpeza local onde inclui a lavagem da calçada com caminhão pipa. (fotos anexas).</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2088/indicacao_n_277.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2088/indicacao_n_277.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para denominar uma das ruas de nossa cidade com o nome de "JOSÉ DE AZEVEDO COTRIM".</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2089/indicacao_n_278.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2089/indicacao_n_278.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que realize a roçagem e limpeza do mato perto da caixa d'água no Distrito Industrial de Pradópolis. (fotos anexas).</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2090/indicacao_n_279.202_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2090/indicacao_n_279.202_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, solicitar a construção de uma "Boca de Lobo" ou "Valeta" para escorrer a água na Rua José Gaju de Cayres com a Rua Octávio Giovanetti. ( fotos anexas).</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2091/indicacao_n_280.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2091/indicacao_n_280.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar o recapeamento asfáltico, na Rua César Giovanetti em frente ao n° 199.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2092/indicacao_n_281.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2092/indicacao_n_281.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a instalação de placas de "PROIBIDO JOGAR LIXO NO LOCAL" no final da rua José Gaju de Cayres próximo a caixa d'água do Jardim Mirian II. ( fotos anexas).</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2093/indicacao_n_282.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2093/indicacao_n_282.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE CONSTRUIR UM ESTACIONAMENTO NO PRONTO ATENDIMENTO MUNICIPAL ANEXO II WALDEMAR BALATORE.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2094/indicacao_n_283.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2094/indicacao_n_283.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR UMA FAIXA DE PEDESTRE EM FRENTE A IGREJA NOSSA SENHORA APARECIDA LOCALIZADA NA AVENIDA MENTE SERENO.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2095/indicacao_n_284.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2095/indicacao_n_284.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICÍPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA MUNICÍPAL, VIABILIZANDO CURSOS DE CAPACITAÇÃO E ORIENTAÇÃO PARA OS SERVIDORES DAS ESCOLAS E CRECHES DO MUNICÍPIO PARA PRESTAÇÃO DE PRIMEIROS SOCORROS.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2097/indicacao_n_285.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2097/indicacao_n_285.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE UTILIZAR O FUMACÊ NO BAIRRO JARDIM BELA VISTA E JARDIM DAS OLIVEIRAS, DEVIDO O AUMENTO DE PERNILONGOS.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2098/indicacao_n_286.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2098/indicacao_n_286.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição e a instalação de uma tenda com bancos na entrada do acesso exclusivo para Covid-19 no Centro Médico Municipal/Pronto Atendimento. (fotos em anexo).</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>Thiago Aquino, Joãozinho da Papelaria</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2102/indicacao_n_287.2021_-_thiago_alves_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2102/indicacao_n_287.2021_-_thiago_alves_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de ampliar os horários de atendimento da farmácia do Centro Médico Municipal "Januário Teodoro de Souza".</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2099/indicacao_n_288.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2099/indicacao_n_288.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a sinalização de solo (faixa de pedestre) no cruzamento da Rua Castro Alves com a Rua São Martinho.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2100/indicacao_n_289.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2100/indicacao_n_289.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de trave de futebol na área verde da Rua Maria Helena Guindalini Fechetia.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2101/indicacao_n_290.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2101/indicacao_n_290.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar uma praça com play ground na área verde da rua Presidente Vargas, atrás da Escola Estadual Constante Ometto.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2103/indicacao_n_291.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2103/indicacao_n_291.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE ESTUDOS NO SENTIDO DE FIRMAR PARCERIA PARA IMPLANTAÇÃO DE UM CURSINHO PRÉ-VESTIBULAR EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2104/indicacao_n_292.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2104/indicacao_n_292.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indico ao Chefe do Executivo Municipal que providências sejam tomadas pelo departamento competente, no sentido de viabilizar instalação de câmeras de monitoramento na recepção do Centro Médico Municipal de Pradópolis Januário Teodoro de Souza.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2105/indicacao_n_293.2021_-_fabio_da_costa.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2105/indicacao_n_293.2021_-_fabio_da_costa.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalar uma placa na Praça Pio XII, proibindo a permanência e o trânsito de cavalos e animais de grande porte, conforme a Lei nº 863/1993.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2109/indicacao_n_294.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2109/indicacao_n_294.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a manutenção no calçamento do Centro Médico Municipal "Januário Theodoro de Souza". (FOTOS EM ANEXO)</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>Gonçala, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2113/indicacao_n_295.2021_-_goncala_marcelo_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2113/indicacao_n_295.2021_-_goncala_marcelo_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição e a instalação de brinquedos adaptados para pessoas com deficiência e pessoas com mobilidade reduzida, no Lago Municipal de Pradópolis. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2114/indicacao_n_296.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2114/indicacao_n_296.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de fazer faixas no estacionamento da câmara municipal localizado na Rua Primeiro de Janeiro.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2115/indicacao_n_297.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2115/indicacao_n_297.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a limpeza na galeria pluvial na Rua Presidente Vargas, na altura do número 959 (foto em anexo).</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2116/indicacao_n_298.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2116/indicacao_n_298.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de roçar a área verde da Rua Nove de Julho na altura do número 501.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2117/indicacao_n_299.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2117/indicacao_n_299.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de colocar uma tampa, no bueiro localizado dentro do Botia na Rua Santos Dumont (foto em anexo).</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2118/indicacao_n_300.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2118/indicacao_n_300.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de arrumar o alambrado do Botia na Rua Santos Dumont (foto em anexo).</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2119/indicacao_n_301.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2119/indicacao_n_301.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a troca da tampa do bueiro da Rua Walter Rossi na altura do número 685, no final da rua, no Bairro jardim Bela Vista.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>Fabão, Gonçala, Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2120/indicacao_n_302.2021_-_marcia_da_silva_fabio_da_costa_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2120/indicacao_n_302.2021_-_marcia_da_silva_fabio_da_costa_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a compra de um gerador de energia, para o Centro médico Municipal “JANUÁRIO THEODORO DE SOUZA” e para o Centro Odontológico “Waldemar Balatore”.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2121/indicacao_n_303.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2121/indicacao_n_303.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a manutenção no calçamento do Almoxarifado Municipal. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2123/indicacao_n_304.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2123/indicacao_n_304.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de realizar a colocação de barreiras sanitárias nas entradas da cidade.</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2124/indicacao_n_305.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2124/indicacao_n_305.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar a aquisição de Cone de sinalização do tipo Barril, para auxiliar no bloqueio na sinalização de vias.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2125/indicacao_n_306.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2125/indicacao_n_306.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar a possibilidade de instalação de uma academia ao ar livre na “PRAÇA DA COHAB”.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2127/indicacao_n_307.2021_-_todos_os_vereadores_e_vereadoras.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2127/indicacao_n_307.2021_-_todos_os_vereadores_e_vereadoras.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar a manutenção de pintura do calçamento em frente ao Ginásio de Esporte Municipal "Constante Pavan".</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2128/indicacao_n_308.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2128/indicacao_n_308.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR ILUMINAÇÃO NO INTERIOR DO SETOR ALMOXARIFADO MUNICIPAL .</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2133/indicacao_n_309.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2133/indicacao_n_309.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de, solicitar a substituição de uma TAMPA DE BUEIRO, localizada na rua Duque de Caxias esquina com o Centro Médico Municipal. ( Foto Anexa).</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2130/indicacao_n_310.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2130/indicacao_n_310.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE REALIZADAR AQUISIÇÃO DE CAMAS HOSPITALAR DIRECIONADA AO SETOR DA ASSISTENCIA SOCIAL PARA SUPRIR A DEMANDA.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2131/indicacao_n_311.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2131/indicacao_n_311.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR O CASCALHAMENTO EM UM TRECHO DA RUA CONSELHEIRO ANTÔNIO PRADO, NA ALTURA DO NÚMERO 1131.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2132/indicacao_n_312.2021_-_joao_oliveira_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2132/indicacao_n_312.2021_-_joao_oliveira_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE IMPLANTAR UMA LINHA DE ÔNIBUS CIRCULAR NO DISTRITO INDUSTRIAL DO MUNICIPIO, FAZENDO O ITINERÁRIO DAS 06:40HS DA MANHÃ E AS 17:00HS DA TARDE.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2134/indicacao_n_313.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2134/indicacao_n_313.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de fazer a substituição de uma TAMPA DE BUEIRO , localizada na rua José Ferreira Gonçalves na área verde fundo com a Creche CMEI PROFESSORA LUCELMA DE SOUZA PESSOA. ( Fotos anexas).</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2135/indicacao_n_314.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2135/indicacao_n_314.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a fixação dos bancos da Praça, do bairro Jardim Miriam lll, na Rua Presidente Vargas.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2136/indicacao_n_315.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2136/indicacao_n_315.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a limpeza, atrás da escola “Augusto de Campos”, onde encontra-se, com muitos lixos (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2137/indicacao_n_316.2021_-_marcia_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2137/indicacao_n_316.2021_-_marcia_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A RETIRADA DE ENTULHOS E A LIMPEZA DO LIXO EM ALGUNS PONTOS DA CICLOVIA, NA RUA MANOEL FELÍCIO (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2138/indicacao_n_317.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2138/indicacao_n_317.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A LIMPEZA E A MANUTENÇÃO DA PRAÇA DO CDHU (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2139/indicacao_n_318.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2139/indicacao_n_318.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A RETIRADA DE ENTULHOS E A LIMPEZA DO LIXO NO ENTORNO DA "ROTATÓRIA DO CRISTO", NA AVENIDA MONTE SERENO (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2142/indicacao_n_319.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2142/indicacao_n_319.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO GOVERNO DO ESTADO DE SÃO PAULO, REALIZE A MIGRAÇÃO DO DETRAN PARA SE TORNAR UMA UNIDADE DO POUPATEMPO NA CIDADE DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2141/indicacao_n_320.2021_-_matheus__de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2141/indicacao_n_320.2021_-_matheus__de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ANALISE A POSSIBILIDADE, JUNTO A SECRETARIA DE DESENVOLVIMENTO ECONÔMICO, CIÊNCIA E TECNOLOGIA DO ESTADO DE SÃO PAULO, A FIM DE QUE SE REALIZE A IMPLANTAÇÃO DO PROGRAMA "EMPREENDA MULHER" NO MUNICÍPIO DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2143/indicacao_n_321.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2143/indicacao_n_321.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a construção do calçamento da área verde, localizado ao lado da casa da 3° idade e de frente com o Lago Municipal.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2145/indicacao_n_322.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2145/indicacao_n_322.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a troca da tampa do bueiro na Rua Rui Barbosa, na altura do Número 210. (foto em anexo)</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2146/indicacao_n_323.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2146/indicacao_n_323.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a manutenção de vazamento na rede de água na Rua João de Angelice, na altura do número 501, Jardim São Paulo. (foto em anexo)</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2147/indicacao_n_324.2021_-_nal_marques_matheus_de_campos_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2147/indicacao_n_324.2021_-_nal_marques_matheus_de_campos_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a contratação de um vigilante no período das 17:00h as 22:00h, no Lago Municipal de Pradópolis para coibir a circulação de bicicletas na pista durante esse período.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2148/indicacao_n_325.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2148/indicacao_n_325.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja elaborado e implantado o trabalho de paisagismo com flores na lateral em cima de alguns bancos específicos com canteiros da Praça PIO XII. (anexo).</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2149/indicacao_n_326.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2149/indicacao_n_326.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido que sejam disponibilizados frascos de álcool 70% spray nas dependências do pronto atendimento "Waldemar Balatore" para os usuários higienizar os bancos antes e depois de sentar.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2150/indicacao_n_327.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2150/indicacao_n_327.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar o recapeamento asfáltico e manutenção da sinalização viária nas ruas do bairro Jardim Primavera.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2151/indicacao_n_328.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2151/indicacao_n_328.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Presidente Vargas, na altura da Escola EMEB Luiz Ometto.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2153/indicacao_n_329.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2153/indicacao_n_329.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que o setor competente faça o recapeamento asfáltico na rua César Giovanetti com a rua 1° de maio. ( fotos anexas).</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>Luciano Tanaka, Joãozinho da Papelaria, Matheus Campos, Nal Marques, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2154/indicacao_n_330.2021_-_luciano_tanaka_nal_marques_joao_da_costa_thiago_aquino_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2154/indicacao_n_330.2021_-_luciano_tanaka_nal_marques_joao_da_costa_thiago_aquino_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que realize melhorias na iluminação da Praça do Posto de saúde "Lineu Zacharias". (fotos em anexo).</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2155/indicacao_n_331.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2155/indicacao_n_331.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar o conserto da calçada ao entorno do setor Centro Odontológico.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2156/indicacao_n_332.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2156/indicacao_n_332.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a construção de uma escola, no bairro Nova Pradópolis l.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2157/indicacao_n_333.2021_-_matheus__de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2157/indicacao_n_333.2021_-_matheus__de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE MELHORIAS NA ILUMINAÇÃO DO PARQUE URBANO MUNICIPAL "ORLANDO CÂNDIDO DE SOUZA".</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>Matheus Campos, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2158/indicacao_n_334.2021_-_matheus_campos_e_jose_alberto.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2158/indicacao_n_334.2021_-_matheus_campos_e_jose_alberto.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, VIABILIZE A AQUISIÇÃO DE UM ROLO COMPACTADOR DE SOLO (CONHECIDO COMO ROLO COMPRESSOR) PARA REALIZAR CORREÇÕES ASFÁLTICAS E OUTROS SERVIÇOS QUE SE FAÇAM NECESSÁRIOS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Fabão, Gonçala, Luciano Tanaka, Marcia, Matheus Campos, Nal Marques, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2159/indicacao_n_335.2021_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2159/indicacao_n_335.2021_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR AQUISIÇÃO DE KIT PARA DETECÇÃO QUALITATIVA DE VÍRUS SARSCOV-2, POR MÉTODO IMUNOCROMATOGRÁFICO, EM AMOSTRAS DE SWAB DA NASOFARINGE.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2160/indicacao_n_336.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2160/indicacao_n_336.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O CALÇAMENTO NA RUA AFONSO MARTINEZ GUTIERREZ LOCALIZADO NO BAIRRO JARDIM DAS OLIVEIRAS.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2161/indicacao_n_337.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2161/indicacao_n_337.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O CALÇAMENTO ENTORNO DA ÁREA VERDE DE FRENTE AO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2162/indicacao_n_338.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2162/indicacao_n_338.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR O CALÇAMENTO NA RUA VALDECI FRANCISCO DA SILVA LOCALIZADO NO BAIRRO JARDIM DAS OLIVEIRAS.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2163/indicacao_n_339.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2163/indicacao_n_339.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE VIABILIZAR A PINTURA DO CRISTO RENDETOR LOCALIZADO NA ROTATÓRIA DA AVENIDA MONTE SERENO.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2164/indicacao_n_340.2021_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2164/indicacao_n_340.2021_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao departamento competente, realize a retirada das latas com areia no entorno da antiga fonte da Praça Pio XII (Imagem Anexa).</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2165/indicacao_n_341.2021_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2165/indicacao_n_341.2021_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de construir uma galeria de água (bueiro) na Rua José Constantino no cruzamento com a Rua Eliotério Pizarro (Imagem anexa).</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2166/indicacao_n_342.2021_-_thiago_aquino.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2166/indicacao_n_342.2021_-_thiago_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de promover um curso de capacitação pedagógica para toda Rede Municipal de Educação.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2167/indicacao_n_343.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2167/indicacao_n_343.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar da tampa do bueiro da Rua Barão do Rio Branco localizado na esquina da pracinha na altura do número 1023. (foto em anexo)</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2168/indicacao_n_344.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2168/indicacao_n_344.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar a trocar da tampa do bueiro da Rua Rui Barbosa localizado na esquina da pracinha. (foto em anexo)</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2169/indicacao_n_345.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2169/indicacao_n_345.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar a troca da tampa do bueiro e realizar a limpeza da galeria pluvial da Rua Campos salles, localizado na área verde em frente a secretaria de educação na altura do número 902.(foto em anexo)</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2170/indicacao_n_346.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2170/indicacao_n_346.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de viabilizar a troca da tampa do bueiro e realizar a limpeza da galeria pluvial da Rua Barão do Rio Branco localizado na área verde em frente a secretaria de educação na altura do número 474 .(foto em anexo)</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2171/indicacao_n_347.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2171/indicacao_n_347.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de realizar a denominação de "SIMONE APARECIDA TURCI PRADO" para uma rua ou logradouro público de nosso município.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2175/indicacao_n_348.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2175/indicacao_n_348.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de fornecer novos equipamentos para Academia Municipal Constante Pavan.</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2228/indicacao_n_349.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2228/indicacao_n_349.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade "lombada", na rua Antonio Garcia com a rua São Martinho.</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2177/indicacao_n_350.2021_-_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2177/indicacao_n_350.2021_-_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para que seje feita a cobertura para o estacionamento do Centro Médico e Centro Odontológico.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>Luciano Tanaka, Fabão, Gonçala, Joãozinho da Papelaria, Marcia, Matheus Campos, Nal Marques, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2178/indicacao_n_351.2021_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2178/indicacao_n_351.2021_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que efetue a aquisição e a instalação de iluminação de LED nas principais ruas do centro de Pradópolis.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2179/indicacao_n_352.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2179/indicacao_n_352.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a poda e limpeza das ilhas do Lago Municipal como também realizar o plantio de novas árvores na ilha.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>Marcia, Fabão, Gonçala, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2180/indicacao_n_353.2021_-_marcia_da_silva_goncala_marcelo_fabio_da_costa_e_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2180/indicacao_n_353.2021_-_marcia_da_silva_goncala_marcelo_fabio_da_costa_e_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição e a instalação de 290 metros de grade, com 2 portões para o entorno das piscinas do Clube Municipal, segue em anexo o exemplo.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2181/indicacao_n_354.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2181/indicacao_n_354.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de criar um ramal telefônico específico de comunicação entre a Assistência Social Municipal e a Farmácia Popular do Centro Médico Municipal "JANUÁRIO THEODORO DE SOUZA".</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2182/indicacao_n_355.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2182/indicacao_n_355.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, que providencie a manutenção periódica semestral com adubação orgânica a praça localizada Praça Orlando Flavio da Silva (próximo a escola Octavio Giovanetti).</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2183/indicacao_n_356.2021_-_nal_marques_luciano_tanaka_matheus_de_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2183/indicacao_n_356.2021_-_nal_marques_luciano_tanaka_matheus_de_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de trave de futebol (grande e pequena) no Campo do Estádio de Futebol Cantareira.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>Gonçala, Fabão, Marcia, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2184/indicacao_n_357.2021_-_goncala_marcelo_marcia_da_silva_fabio_da_costa_e_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2184/indicacao_n_357.2021_-_goncala_marcelo_marcia_da_silva_fabio_da_costa_e_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a criação de um projeto municipal, em parceria com os departamentos de saúde e esporte, que vise a reabilitação motora e cardiorrespiratória pós-covid-19.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2185/indicacao_n_358.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2185/indicacao_n_358.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE PROVIDÊNCIAS SEJAM TOMADAS, NO SENTIDO DE VIABILIZAR CONTRATAÇÃO DE UM VIGIA NOTURNO FIXO NO COMPLEXO ESPORTIVO AUGUSTO DE CAMPOS (PISTA DE SKATE).</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2186/indicacao_n_359.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2186/indicacao_n_359.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. CHEFE DO EXECUTIVO QUE ESTUDOS SEJAM ELABORADOS PELA SECRETARIA MUNICIPAL DO MEIO AMBIENTE NO SENTIDO, DE QUE SEJA CONTRATADA UMA EMPRESA DE PAISAGISMO PARA ELABORAR E EXECUTAR TAL TRABALHO NO COMPLEXO ESPORTIVO PISTA DE SKATE.</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2187/indicacao_n_360.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2187/indicacao_n_360.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua Joaquim Simões Barrico, próximo ao número 433.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2190/indicacao_n_361.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2190/indicacao_n_361.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE CONSTRUIR VESTIÁRIOS NO COMPLEXO ESPORTIVO AUGUSTO DE CAMPOS (PISTA DE SKATE).</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2188/indicacao_n_362.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2188/indicacao_n_362.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição de 01 Eletroencefalograma e 01 Processador de Raio-X, para o Departamento de Saúde de Pradópolis.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2189/indicacao_n_363.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2189/indicacao_n_363.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar o fornecimento de equipamentos de proteção individual (EPI), para os servidores que atuam diretamente na manutenção preventiva e corretiva do esgoto de nossa cidade, como o macacão de saneamento.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2191/indicacao_n_364.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2191/indicacao_n_364.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de implantar um ponto de ônibus com cobertura e assentos na Rua Santo Antônio (próximo a rodoviária), no intuito de favorecer os munícipes que ali aguardam pelo transporte que os levam as usinas de nossa região. (foto em anexo)</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2192/indicacao_n_365.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2192/indicacao_n_365.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição e instalação de uma caçamba coletora de lixo no trevo de entrada/saída sentido Guariba e Jaboticabal, próximo ao "estradão" de acesso ao Horto Guarani.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2194/indicacao_n_366.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2194/indicacao_n_366.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção de um memorial de homenagem com os nomes das vítimas da covid-19, em um espaço público. (imagens em anexo).</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>Marcia, Gonçala, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2195/indicacao_n_367.2021_-_marcia_da_silva_goncala_marcelo_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2195/indicacao_n_367.2021_-_marcia_da_silva_goncala_marcelo_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar junto aos órgãos responsáveis à realização de um convênio, ou parceria, entre o município e o Serviço Brasileiro de apoio às Micro e Pequenas Empresas (SEBRAE), disponibilizando um posto de atendimento conhecido como “SEBRAE AQUI”.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2196/indicacao_n_368.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2196/indicacao_n_368.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDÊNCIAS SEJAM TOMADAS NO SENTIDO DE VIABILIZAR EM NOSSA CIDADE CAMPANHA DE CONSCIENTIZAÇÃO E AUMENTO NA FISCALIZAÇÃO CONTRA A PRÁTICA DE QUEIMADAS DE QUALQUER NATUREZA, NO PERÍMETRO URBANO DO MUNICÍPIO DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2197/indicacao_n_369.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2197/indicacao_n_369.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar a colocação de redutor de velocidade (Lombada) e/ou semáforo na Rua São Martinho (no entorno do Lago Municipal), próximo á rotatória. (foto em anexo)</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>Nal Marques, Gonçala, Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2198/indicacao_n_370.2021_-_nal_marques_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2198/indicacao_n_370.2021_-_nal_marques_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar o fornecimento de uma Central de XEROX, destinado para a Secretaria da Educação Municipal.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>Thiago Aquino, Matheus Campos</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2199/indicacao_n_371.2021_-_thiago_alves_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2199/indicacao_n_371.2021_-_thiago_alves_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal para que junto ao Departamento competente, realize a implantação de atendimento odontológico na Unidade Básica de Saúde Lineu Zacharias, localizada no bairro Jardim Bela Vista.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2200/indicacao_n_372.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2200/indicacao_n_372.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto com o departamento competente, proceda com a colocação de placas de sinalização "rua sem saída" no bairro Jardim Bela Vista.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2201/indicacao_n_373.2021_-_thiago_alves_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2201/indicacao_n_373.2021_-_thiago_alves_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura no sentido de construir um estacionamento na área verde entre o Detran e a Capela Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2202/indicacao_n_374.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2202/indicacao_n_374.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de negociar direto com as distribuidoras tanques de combustíveis para abastecer sua frota de veículos.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2203/indicacao_n_375.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2203/indicacao_n_375.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto com o Departamento competente, proceda com a construção de estacionamento de fronte da sede da Prefeitura, estendendo-se as referidas vagas da Rua 1º de Janeiro.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2208/indicacao_n_376.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2208/indicacao_n_376.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar alguma forma de proteção ao redor do monumento do Cristo Redentor, do tipo cerca ou gradil, bem como providenciar o devido calçamento do local, no intuito de evitar possíveis vandalismos neste, evitando danos ao Patrimônio Público.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>Matheus Campos, Nal Marques, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2212/indicacao_n_377.2021_-_matheus_de_campos_nal_marques_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2212/indicacao_n_377.2021_-_matheus_de_campos_nal_marques_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, VIABILIZE A IMPLANTAÇÃO DO PROGRAMA DE OPERAÇÃO "CATATRECO", PARA MINIMIZAR OS PROBLEMAS OCASIONADOS PELO DESCARTE IRREGULAR DE MATERIAIS INSERVÍVEIS EM LOCAIS INAPROPRIADOS.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2213/indicacao_n_378.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2213/indicacao_n_378.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a manutenção em um vazamento de água na Rua Matias Lozei, no cruzamento com a Rua João Moura. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2214/indicacao_n_379.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2214/indicacao_n_379.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR PARCERIA COM PROJETOS SOCIAIS NA ÁREA DO ESPORTE, TAIS COMO ESCOLINHA DE FUTEBOL, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2215/indicacao_n_380.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2215/indicacao_n_380.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTDO DE PROVIDENCIAR AS DEMARCAÇÕES “FAIXAS” EXCLUSIVAS NOS PONTOS DE PARADA DE ÔNIBUS.</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2216/indicacao_n_381.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2216/indicacao_n_381.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDENCIAR INSTALAÇÃO DE POSTES DE ILUMINAÇÃO COM AS LÂMPADAS DE LED NA ÁREA VERDE LOCALIZADA NA RUA TIRADENTES COM O CRUZAMENTO DA RUA DE FRENTE AO LAGO MUNICIPAL.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2217/indicacao_n_382.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2217/indicacao_n_382.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDENCIAR INSTALAÇÃO DE POSTES DE ILUMINAÇÃO COM AS LÂMPADAS DE LED NA ÁREA VERDE LOCALIZADA NA RUA PRESIDENTE VARGAS DE FRENTE AO CORREIO.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2218/indicacao_n_383.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2218/indicacao_n_383.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, DE À DENOMINAÇÃO DE RAFAEL CONSULI A UM LOGRADOURO PÚBLICO OU NOME DE RUA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2219/indicacao_n_384.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2219/indicacao_n_384.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTDO DE CONSTRUIR UMA CICLOVIA DO TREVO DE ENTRADA ATÉ O INÍCIO DA RUA SANTO ANTONIO PARA QUE OS MORADORES DO BAIRRO NOVA PRADÓPOLIS POSSAM UTILIZAR.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2220/indicacao_n_385.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2220/indicacao_n_385.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDENCIAR A INSTALAÇÃO DE POSTES DE ILUMINAÇÃO PÚBLICA NA ENTRADA DA CIDADE, TREVO DE SAÍDA PARA A SP 291 SENTIDO GUARIBA E JABOTICABAL/SP.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2221/indicacao_n_386.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2221/indicacao_n_386.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE CONSTRUIR UMA PRAÇA CONTENDO LÂMPADAS DE LED E PLAYGROUND NO BAIRRO JARDIM DAS OLIVEIRAS.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2222/indicacao_n_387.2021_-_joao_oliveira_e_fabio_da_costa.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2222/indicacao_n_387.2021_-_joao_oliveira_e_fabio_da_costa.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA NO SENTIDO DE PROVIDENCIAR A PINTURA DA QUADRA POLIESPORTIVA DA ESCOLA "EMEF SÉRGIO ROSSETTI".</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2223/indicacao_n_388.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2223/indicacao_n_388.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que estude a possibilidade de colocação de bancos na Praça "Orlando Flavio da Silva" entre as ruas José Cayres e rua Rosa de Oliveira Campos no Jardim Primavera. ( foto anexo ).</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2224/indicacao_n_389.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2224/indicacao_n_389.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a contratação de um (a) assistente social para o Centro Médico Municipal "Januário Theodoro de Souza".</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2230/indicacao_n_390.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2230/indicacao_n_390.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE MELHORIAS NA ILUMINAÇÃO DA PRAÇA "VEREADOR JOSÉ JOÃO DAVID", LOCALIZADA NO BAIRRO JARDIM DOS IPÊS (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2227/indicacao_n_391.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2227/indicacao_n_391.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de para que se coloque a sinalização refletiva tipo "olho de gato" em toda extensão da Avenida Monte Sereno.</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2231/indicacao_n_392.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2231/indicacao_n_392.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar o Projeto de Preservação Ambiental, criação de Abelhas (meliponicultura) na escola EMEB "Luiz Ometto".</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2232/indicacao_n_393.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2232/indicacao_n_393.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE PIAS, BANCOS E MESAS DE CENTRO NOS QUIOSQUES EXISTENTES NO LAGO MUNICIPAL (IMAGENS ANEXAS).</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2233/indicacao_n_394.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2233/indicacao_n_394.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a poda das árvores do Cemitério Municipal.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2235/indicacao_n_395.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2235/indicacao_n_395.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção de um poço artesiano para o centro da cidade.</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2238/indicacao_n_396.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2238/indicacao_n_396.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Matias Lozei, na altura do número 225.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2239/indicacao_n_397.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2239/indicacao_n_397.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, solicitar a reforma e melhorias na sala de lutas, localizada no Ginásio Municipal de Esportes "Constante Pavan".</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2240/indicacao_n_398.2021_-_luciano_tanaka_matheus_de_campos_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2240/indicacao_n_398.2021_-_luciano_tanaka_matheus_de_campos_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de promover melhorias e substituições da iluminação do Ginásio de Esportes "Constante Pavan" , optando pelas lâmpadas de LED.</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2241/indicacao_n_399.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2241/indicacao_n_399.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a poda de árvores na parte interna do Lago Municipal.</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2242/indicacao_n_400.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2242/indicacao_n_400.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que coloque a sinalização refletiva tipo "olho de gato" na extensão da Rua Tiradentes (próximo ao Lago Municipal).</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2243/indicacao_n_401.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2243/indicacao_n_401.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalar letras gigantes de concreto com o nome do município de PRADÓPOLIS nos trevos das entradas da cidade.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2244/indicacao_n_402.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2244/indicacao_n_402.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar o plantio de 01 árvore para cada vida perdida de nosso Município, decorrente do vírus COVID 19.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2245/indicacao_n_403.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2245/indicacao_n_403.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, DE À DENOMINAÇÃO DE MARIA APARECIDA DE CASTRO PEREIRA CONHECIDA POPULARMENTE "CIDA DO BRASA” A UM LOGRADOURO_x000D_
 PÚBLICO OU NOME DE RUA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2246/indicacao_n_404.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2246/indicacao_n_404.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJA ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR A SINALIZAÇÃO DE SOLO EM TODA A EXTENSÃO DO BAIRRO JARDIM DAS OLIVEIRAS.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2247/indicacao_n_405.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2247/indicacao_n_405.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, QUE INSTITUA EM PRADÓPOLIS PARA O ANO DE 2022, APÓS O RETORNO NORMAL DAS AULAS PRESENCIAIS, O ENSINO REFORÇO OU ENSINO COMPLEMENTAR PARA DIMINUIR OS PREJUÍZOS CAUSADOS PELA SUSPENSÃO DAS AULAS EM VIRTUDE DA PANDEMIA DA COVID-19.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2248/indicacao_n_406.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2248/indicacao_n_406.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJA ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR AQUISIÇÃO DE NOTEBOOK PARA TODOS OS AGENTES COMUNITÁRIO DA SAÚDE DA UBS (LINEU ZACARIAS).</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2249/indicacao_n_407.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2249/indicacao_n_407.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJA ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE INSTALAR UM BICICLETÁRIO NA UBS (UNIDADE BASÍCA DE SAÚDE) LINEU ZACÁRIAS.</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2250/indicacao_n_408.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2250/indicacao_n_408.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJA ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR A IMPERMEABILIZAÇÃO DA CAIXA D'ÁGUA DA UNIDADE ESCOLAR EMEF “AUGUSTO DE CAMPOS”.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2251/indicacao_n_409.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2251/indicacao_n_409.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, DE À DENOMINAÇÃO DE JOANA DARC DIAS DOS SANTOS A UM LOGRADOURO PÚBLICO OU NOME DE RUA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2252/indicacao_n_410.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2252/indicacao_n_410.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a pintura da sinalização de solo “PARE” e faixa de “PEDESTRE” na Rua Rui Barbosa com a Rua Presidente Vargas.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2253/indicacao_n_411.2021_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2253/indicacao_n_411.2021_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar estudos para concessão de 01 (um) dia de folga, como forma de incentivar a imunização contra a COVID-19, aos servidores que apresentarem comprovação de sua completa vacinação.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2254/indicacao_n_412.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2254/indicacao_n_412.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA MUNICIPAL, NO SENTIDO DE VERIFICAR SE HÁ A POSSIBILIDADE SOBRE A CONTRATAÇÃO DE UM TERAPEUTA OCUPACIONAL PARA O CENTRO MÉDICO DESTINADO A ATENDER PESSOAS COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2255/indicacao_n_413.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2255/indicacao_n_413.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA PRAÇA DA IGREJA MATRIZ SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2256/indicacao_n_414.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2256/indicacao_n_414.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a contratação de empresa especializada para serviço de poda de árvores, incluindo serviços de remoção e transporte dos resíduos.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2257/indicacao_n_415.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2257/indicacao_n_415.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a manutenção ou a troca da placa de sinalização vertical de boas vindas da cidade, no trevo de entrada e saída para as cidades de Guariba e Jaboticabal. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2258/indicacao_n_416.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2258/indicacao_n_416.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de um Orquidário na Área verde em frente a Escola CECI "Luiz Ometto".</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2259/indicacao_n_417.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2259/indicacao_n_417.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de um "Farol do Saber" na Área Verde da Rua São Martinho no começo da Avenida Monte Sereno.</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2260/indicacao_n_418.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2260/indicacao_n_418.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a implantação da "Escola Olodum" na Praça Pio XII.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2261/indicacao_n_419.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2261/indicacao_n_419.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de implantar o "Projeto da Arte Folclórica do Bumba Meu Boi, para o EJA- Educação de Jovens e Adultos".</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2262/indicacao_n_420.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2262/indicacao_n_420.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE LIXEIRAS NA PRAÇA "IZABEL CORREA DE AGUIAR", NO BAIRRO JARDIM MIRIAN III.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2263/indicacao_n_421.2021_-_matheus_de_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2263/indicacao_n_421.2021_-_matheus_de_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, MEDIDAS SEJAM TOMADAS PARA PROTEÇÃO, PREVENÇÃO E COMBATE DE INCÊNDIOS NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2264/indicacao_n_422.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2264/indicacao_n_422.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a limpeza na área de "Reflorestamento" no cruzamento das ruas Coronel Junqueira com a rua 13 de maio.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2265/indicacao_n_423.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2265/indicacao_n_423.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de promover melhorias e substituições da iluminação do "Recinto de Festas " por lâmpadas de LED tendo em vista que essas proporcionam maior iluminação e são mais econômicas.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2266/indicacao_n_424.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2266/indicacao_n_424.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, estude a possibilidade de colocação de "Bancos" fixos na área interna do Lago Municipal.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2267/indicacao_n_425.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2267/indicacao_n_425.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de implantar iluminação com Lâmpadas de LED no "Canindé e na área das "Piscinas", pois tecnicamente são consideradas mais econômicas e mais eficientes.</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2268/indicacao_n_426.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2268/indicacao_n_426.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalação de mais lixeiras na área interna do Lago Municipal.</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2269/indicacao_n_427.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2269/indicacao_n_427.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a aquisição e implantação de um aparelho de ultrassom para área da saúde.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2271/indicacao_n_428.2021_-_goncala__marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2271/indicacao_n_428.2021_-_goncala__marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a contratação de mais Psicólogos para o Centro Médico Municipal.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2272/indicacao_n_429.2021_-_goncala__marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2272/indicacao_n_429.2021_-_goncala__marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição e a instalação de cestas de basquete nas praças de nossa cidade.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2273/indicacao_n_430.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2273/indicacao_n_430.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua São Martinho, na altura do número 954.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>Gonçala, Joãozinho da Papelaria, Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2274/indicacao_n_431.2021_-_goncala_marcelo_joao_oliveira_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2274/indicacao_n_431.2021_-_goncala_marcelo_joao_oliveira_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instituir Wi-fi grátis nos departamentos públicos de nosso município.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2276/indicacao_n_432.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2276/indicacao_n_432.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar com a aquisição e implantação de uma caixa d'agua para abastecimento do bairro Jardim Boa Vista.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2277/indicacao_n_433.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2277/indicacao_n_433.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao departamento competente, realize a manutenção do asfalto "tapa buraco" na Rua Primeiro de Janeiro altura do número 688.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2278/indicacao_n_434.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2278/indicacao_n_434.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto com o departamento competente, proceda com a construção de um estacionamento no Lago Municipal.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2279/indicacao_n_435.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2279/indicacao_n_435.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição de um caminhão pipa para o município.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2280/indicacao_n_436.2021_-__marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2280/indicacao_n_436.2021_-__marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a aquisição de um caminhão com câmara fria para transporte de alimento para o município.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>Nal Marques, Joãozinho da Papelaria, Luciano Tanaka, Matheus Campos, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2282/indicacao_n_437.2021_-_nal_marques_joao_oliveira_luciano_tanaka_matheus_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2282/indicacao_n_437.2021_-_nal_marques_joao_oliveira_luciano_tanaka_matheus_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A CONSTRUÇÃO UM ESTACIONAMENTO, DO TIPO "BOLSÃO", NA ÁREA VERDE LOCALIZADA EM FRENTE AO CENTRO MÉDICO MUNICIPAL "JANUÁRIO TEODORO DE SOUZA" (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2283/indicacao_n_438.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2283/indicacao_n_438.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE IMPLANTAR PROJETO DE INCENTIVO À DOAÇÃO DE SANGUE.</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2284/indicacao_n_439.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2284/indicacao_n_439.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE QUE VIABILIZE A DISPONIBILIZAÇÃO DO CAMINHÃO PIPA NO DISTRITO INDUSTRIAL E COMERCIAL DE PRADÓPOLIS, COM O INTUITO DE MOLHAR TODAS AS SUAS RUAS.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2285/indicacao_n_440.2021_-_nalmarques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2285/indicacao_n_440.2021_-_nalmarques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a instalação de cortinas em todas as janelas da escola Octavio Giovanetti.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2286/indicacao_n_441.2021_-_nal_marques_luciano_tanaka_matheus_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2286/indicacao_n_441.2021_-_nal_marques_luciano_tanaka_matheus_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja realizado a manutenção de calçamento em toda área do Velório Municipal.</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2287/indicacao_n_442.2021_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2287/indicacao_n_442.2021_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO, PARA QUE, ATRAVÉS DO SETOR COMPETENTE, VERIFIQUE A POSSIBILIDADE DE CONTRATAR SEGURO VEICULAR PARA TODA A FROTA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2288/indicacao_n_443.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2288/indicacao_n_443.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, que providencie a pintura de sinalização de "PARE" no solo na Rua São Martinho com a Rua Treze de Maio.</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2289/indicacao_n_444.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2289/indicacao_n_444.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua Augustino Jorge de Moraes, na altura do número 466, Jardim Maria Luiza II.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2290/indicacao_n_445.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2290/indicacao_n_445.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de disponibilizar um jardineiro uma vez por semana na Escola CECI Luiz Ometto.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2291/indicacao_n_446.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2291/indicacao_n_446.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de aumentar a ronda policial na Rua Victor Gino Pupulin no Bairro Nova Pradópolis II das 23:00 horas às 03:00 da manhã.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2292/indicacao_n_447.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2292/indicacao_n_447.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição e a instalação de uma placa "PARE" para a Rua Campos Salles na altura do número 748, cruzamento com a Rua Coronel Junqueira. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2293/indicacao_n_448.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2293/indicacao_n_448.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de adquirir uma Máquina de Calcário colocando a disposição dos pequenos produtores do Assentamento Horto Guarani, através de suas Cooperativas, Associações e etc.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2294/indicacao_n_449.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2294/indicacao_n_449.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REALIZAR A AMPLIAÇÃO DO PARQUE INFANTIL ZAIRA OMETTO.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2295/indicacao_n_450.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2295/indicacao_n_450.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR AS PODAS DOS GALHOS DAS ÁRVORES LOCALIZADA NA RUA ANGELINA ROSSI, NO BAIRRO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2296/indicacao_n_451.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2296/indicacao_n_451.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE REFORMAR E ILUMINAR O PRÉDIO ONDE SE ENCONTRA LOCALIZADO O POÇO TUBULAR NO BAIRRO JARDIM MIRIAN II, QUE_x000D_
 FICA NA CONTINUIDADE DA RUA MAGDALENA ROSA RODRIGUES LEONI TRECHO QUE LIGA COM A RUA MARIA LUCAS DE SOUZA.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2297/indicacao_n_452.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2297/indicacao_n_452.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA MUNICIPAL, PARA QUE REDUZA OS VALORES COBRADOS PARA AQUISIÇÃO DE JAZIGO/TÚMULO AOS MUNICÍPES PRADOPOLENSES.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2298/indicacao_n_453.2021_-_joao_oliveira_e_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2298/indicacao_n_453.2021_-_joao_oliveira_e_matheus_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, ATRAVÉS DO DEPARTAMENTO DE EDUCAÇÃO DO MUNICÍPIO JUNTO COM OS PROFESSORES MUNICIPAIS OFEREÇA AULAS E/OU ORIENTAÇÕES AOS ALUNOS SOBRE PRESERVAÇÃO DO MEIO AMBIENTE, ESPECIALMENTE QUANTO ÀS QUEIMADAS.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2300/indicacao_n_454.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2300/indicacao_n_454.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que, assim que houver disponibilidade em novos loteamentos, seja denominada via ou espaço público com o nome de "Eugênio Bertollazzi Sobrinho".</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2299/indicacao_n_455.2021_-_nal_marques_joao__oliveira_luciano_tanaka_matheus_campos_e_thiago__alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2299/indicacao_n_455.2021_-_nal_marques_joao__oliveira_luciano_tanaka_matheus_campos_e_thiago__alves.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção de um poço artesiano na dependência da área do almoxarifado central.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2301/indicacao_n_456.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2301/indicacao_n_456.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor  competente da Prefeitura, no sentido de que promova a compra de aparelhos de ar condicionado para ser instalado nas salas do prédio da Biblioteca Municipal.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2302/indicacao_n_457.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2302/indicacao_n_457.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que tomem medidas que objetivem com a construção de rampas de acesso para cadeirantes em toda a extensão da Avenida Monte Sereno.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2303/indicacao_n_458.2021_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2303/indicacao_n_458.2021_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilização de Emenda Parlamentar para a construção de uma base operacional do Corpo de Bombeiros, no município de Pradópolis.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>Luciano Tanaka, Fabão, Joãozinho da Papelaria, Matheus Campos, Nal Marques, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2304/indicacao_n_459.2021_-_luciano_tanaka_nal_marques_fabio_da_costa_joao_oliveira_matheus_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2304/indicacao_n_459.2021_-_luciano_tanaka_nal_marques_fabio_da_costa_joao_oliveira_matheus_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de construção de uma passarela para pedestres entre os bairros Parque dos Pássaros e bairro Nova Pradópolis.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2305/indicacao_n_460.2021_-_luciano_tanaka_nal_marques_fabio_da_costa_joao_oliveira_matheus_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2305/indicacao_n_460.2021_-_luciano_tanaka_nal_marques_fabio_da_costa_joao_oliveira_matheus_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que estude a possibilidade de criação da Brigada de Incêndio Municipal.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2306/indicacao_n_461.2021_-_thiago_aquino_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2306/indicacao_n_461.2021_-_thiago_aquino_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que junto ao departamento competente, façam as devidas "plotagens padronizadas" em toda frota de veículos da Prefeitura.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2307/indicacao_n_462.2021_-_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2307/indicacao_n_462.2021_-_matheus_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA “PRAÇA DO CDHU”.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>Matheus Campos, Luciano Tanaka, Nal Marques, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2308/indicacao_n_463.2021_-_matheus_campos_nal_marques_luciano_tanaka_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2308/indicacao_n_463.2021_-_matheus_campos_nal_marques_luciano_tanaka_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, VIABILIZE ESTUDO NO SENTIDO DE REALIZAR A MANUTENÇÃO DO CAMPO DE FUTEBOL (CANINDÉ) DO CENTRO ESPORTIVO MUNICIPAL ANTÔNIO BARRICO SOBRINHO.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2309/indicacao_n_464.2021_-_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2309/indicacao_n_464.2021_-_matheus_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, DÊ DENOMINAÇÃO DE ROSA AMÉRICO LEONACHOS À UMA VIA OU LOGRADOURO PÚBLICO DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2310/indicacao_n_465.2021_-_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2310/indicacao_n_465.2021_-_matheus_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, POSSA DISPONIBILIZAR O CURSO DE OPERADOR DE COLHEITADEIRA EM NOSSO MUNICÍPIO, MEDIANTE REALIZAÇÃO DE CONVÊNIO COM O SENAI.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2311/indicacao_n_466.2021_-_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2311/indicacao_n_466.2021_-_matheus_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A TRANSFERÊNCIA DO LOCAL DE DESCARTE DE PNEUS, MUDANDO DO ALMOXARIFADO PARA A "ATT - ÁREA DE TRANSBORDO E TRIAGEM" (CAVA).</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2312/indicacao_n_467.2021_-_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2312/indicacao_n_467.2021_-_matheus_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE LIXEIRAS EM PONTOS ESTRATÉGICOS NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2313/indicacao_n_468.2021_-_matheus_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2313/indicacao_n_468.2021_-_matheus_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE ESTUDOS PARA QUE O MUNICÍPIO DE_x000D_
 PRADÓPOLIS SEJA CONTEMPLADO COM O PROGRAMA DO GOVERNO ESTADUAL "ROTAS RURAIS".</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2314/indicacao_n_469.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2314/indicacao_n_469.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição de 02 decibelímetros para fins de fiscalizar os níveis dos sons e ruídos em nossa cidade.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2315/indicacao_n_470.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2315/indicacao_n_470.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na rua Presidente Vargas cruzamento com a Rua Santo Antônio, na altura da escola E.M.E.F. "Sérgio Rossetti".</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2316/indicacao_n_471.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2316/indicacao_n_471.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de incluir o tratamento de canal no Centro Odontológico Municipal.</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2317/indicacao_n_472.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2317/indicacao_n_472.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar uma limpeza na área verde localizada na rua Presidente Vargas, próximo ao número 815. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2318/indicacao_n_473.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2318/indicacao_n_473.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a manutenção em um vazamento de água na Rua Presidente Vargas nº 815, unidade da Agência dos Correios. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2319/indicacao_n_474.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2319/indicacao_n_474.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na Rua Barão do Rio Branco, na altura do número 360.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2320/indicacao_n_475.2021_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2320/indicacao_n_475.2021_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a manutenção da praça do Jardim Primavera, localizada entre as Ruas Rui Barbosa, Barão do Rio Branco e João Mesquita Ramos, pois se encontra em estado precário de conservação, conforme pode ser observado nas imagens anexas.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2321/indicacao_n_476.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2321/indicacao_n_476.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEPARTAMENTO COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDÊNCIAR A INSTALAÇÃO DE UMA PLACA DE SINALIZAÇÃO DE TRÂNSITO "PARE" NA RUA CORONEL_x000D_
 JUNQUEIRA CRUZAMENTO COM A RUA PEREIRA BARRETOS, CONFORME FOTO EM ANEXO.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2322/indicacao_n_477.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2322/indicacao_n_477.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEPARTAMENTO COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A INSTALAÇÃO DE UM PONTO DE ÔNIBUS NA RUA CORONEL JUNQUEIRA NA ALTURA DO NÚMERO 721, CONFORME FOTO EM ANEXO.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2323/indicacao_n_478.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2323/indicacao_n_478.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO DE LOMBADA OU REDUTOR DE VELOCIDADE NA RUA JULIO VINHA NA ALTURA DO Nº 169, NO BAIRRO JARDIM PAULISTA.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2324/indicacao_n_479.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2324/indicacao_n_479.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A CONSTRUÇÃO DE PASSEIO PÚBLICO (CALÇADA) NO PROLONGAMENTO DA PONTE QUE DÁ ACESSO AO BAIRRO PARQUE DOS PÁSSAROS (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2325/indicacao_n_480.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2325/indicacao_n_480.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE GRADES EM TODA A EXTENSÃO DA PONTE QUE DÁ ACESSO AO BAIRRO PARQUE DOS PÁSSAROS.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2326/indicacao_n_481.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2326/indicacao_n_481.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A PODA DAS ÁRVORES LOCALIZADAS NA CALÇADA DA "CMEI LUCELMA DE SOUZA PESSOA", MAIS ESPECIFICAMENTE NA RUA MANOEL TEIXEIRA (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2327/indicacao_n_482.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2327/indicacao_n_482.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a construção de calçada na parte da lavanderia e tanque de captação de água da Creche "Lucelma de Souza Pessoa".</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2328/indicacao_n_483.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2328/indicacao_n_483.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que realize a instalação de um toldo ou cobertura no solário da Creche "Lucelma de Souza Pessoa".</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2329/indicacao_n_484.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2329/indicacao_n_484.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a disponibilização de um caminhão de areia para instalação do tanque de areia para as crianças da Creche "Lucelma de Souza Pessoa".</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2330/indicacao_n_485.2021_-_luciano_tanaka_nal_marques_joao_oliveira_matheus_de_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2330/indicacao_n_485.2021_-_luciano_tanaka_nal_marques_joao_oliveira_matheus_de_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de criar-se uma via de acesso pavimentada, com calçamento e iluminação, que ficaria entre o ginásio e o recinto ao lado do canindé, escoando direto na rotatória da entrada de Pradópolis, interligando os bairros Jardim São Paulo e o Jardim Primavera.</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2331/indicacao_n_486.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2331/indicacao_n_486.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS), na extensão da Avenida José dos Santos Martins, Nova Pradópolis II.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2332/indicacao_n_487.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2332/indicacao_n_487.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de oferecer treinamento e capacitação de atendimento para todos os servidores públicos, inclusive os estagiários.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2333/indicacao_n_488.2021_-_luciano_tanaka_nal_marques_matheus_de_campos_joao_oliveira_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2333/indicacao_n_488.2021_-_luciano_tanaka_nal_marques_matheus_de_campos_joao_oliveira_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de fazer um estudo para a construção de uma via pavimentada, com calçamento e iluminação, na continuação da Rua Barão do Rio Branco do bairro Jardim Primavera passando por trás da pista de skate, ligando na Rua Salvador Purcini no Jardim Bela Vista.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2335/indicacao_n_489.2021_-_marcia_da_silva_goncala_marcelo_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2335/indicacao_n_489.2021_-_marcia_da_silva_goncala_marcelo_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a volta da FEIRA LIVRE, que ocorria em frente ao lago municipal.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2337/indicacao_n_490.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2337/indicacao_n_490.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE DESIGNAR (01) UM FUNCIONÁRIO FIXO PARA CUIDAR SOMENTE DAS NOSSAS PRAÇAS.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2338/indicacao_n_491.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2338/indicacao_n_491.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE PROMOVER JUNTO AO “SEBRAE AQUI” A REALIZAÇÃO DE CURSOS DE RECUPERAÇÃO PARA AS EMPRESAS DE ALGUNS SEGUIMENTOS DO COMÉRCIO LOCAL.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2339/indicacao_n_492.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2339/indicacao_n_492.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE CONSTRUIR UMA QUADRA POLIESPORTIVA COBERTA E UM CAMPO DE FUTEBOL CANINDÉ NA ÁREA VERDE LOCALIZADA NO BAIRRO JARDIM MARIA LUIZA, PARALELAS COM AS RUAS PEDRO XAVIER DA SILVA E AUGUSTINO JORGE DE MORAIS, CRUZAMENTO COM AS RUAS MANOEL_x000D_
 TEIXEIRA E JOSÉ FERREIRA GONSALVES.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>Gonçala, Luciano Tanaka, Marcia</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2344/indicacao_n_493.2021_-_goncala_marcelo_luciano_tanaka_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2344/indicacao_n_493.2021_-_goncala_marcelo_luciano_tanaka_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura; no sentido de viabilizar a construção de um calçamento na área verde localizada entre as ruas José Ferreira Gonçalves, Pedro Xavier da Silva, Manoel Teixeira e Augustinho Jorge de Moraes, bairro Maria Luiza I.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2341/indicacao_n_494.2021_-_nal_marques_thiago_alves_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2341/indicacao_n_494.2021_-_nal_marques_thiago_alves_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de mesas para atendimento médico e administrativo e cadeiras na sala de espera e para funcionários na Unidade Básica de Saúde Lineu Zacharias.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2342/indicacao_n_495.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2342/indicacao_n_495.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de armários na Unidade Básica de Saúde Lineu Zacharias.</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2343/indicacao_n_496.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2343/indicacao_n_496.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de elaborar normativa que declare o Lago Municipal Luiz Fonzare e o monumento do Cristo Redentor como pontos turísticos de nosso município, tomando as medidas cabíveis para promovê-los junto aos munícipes, bem como ás cidades circunvizinhas.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2345/indicacao_n_497.2021_-_matheus_de_campos_nal_marques_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2345/indicacao_n_497.2021_-_matheus_de_campos_nal_marques_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A AQUISIÇÃO DE COMPUTADORES E IMPRESSORAS PARA A UNIDADE BÁSICA DE SAÚDE "LINEU ZACHARIAS".</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2346/indicacao_n_498.2021_-_matheus_de_campos_thiago_alves_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2346/indicacao_n_498.2021_-_matheus_de_campos_thiago_alves_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A AQUISIÇÃO DE TABLETS PARA OS AGENTES DO "PSF - PROGRAMA SAÚDE DA FAMÍLIA".</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2347/indicacao_n_499.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2347/indicacao_n_499.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE ESTUDOS PARA QUE O MUNICÍPIO DE PRADÓPOLIS SEJA INSERIDO NO "PROGRAMA RESPEITO À VIDA", DO GOVERNO DO ESTADO DE SÃO PAULO, CRIADO PARA ATUAR NA VIABILIZAÇÃO DE AÇÕES COM FOCO NA REDUÇÃO DE ACIDENTES E FATALIDADES DE TRÂNSITO.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2348/indicacao_n_500.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2348/indicacao_n_500.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA), na Rua Magdalena Rosa Rodrigues Leone, na altura do número 840, Jardim Miriam em frente a Área Verde.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2349/indicacao_n_501.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2349/indicacao_n_501.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADA) na Rua Francisco Lima Mendonça, na altura do número 760, Jardim Nova Pradópolis I.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2350/indicacao_n_502.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2350/indicacao_n_502.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja realizada a restauração da placa denominativa da Escola EMEB "Luiz Ometto".</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>Thiago Aquino, Matheus Campos, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2351/indicacao_n_503.2021_-_thiago_alves_matheus_de_campos_e_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2351/indicacao_n_503.2021_-_thiago_alves_matheus_de_campos_e_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Poder Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a manutenção corretiva e preventiva das portas localizadas na Unidade Básica de Saúde Lineu Zacharias.</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>Thiago Aquino, Fabão, Gonçala, Joãozinho da Papelaria, Luciano Tanaka, Marcia, Matheus Campos, Nal Marques, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2352/indicacao_n_504.2021_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2352/indicacao_n_504.2021_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar o serviço de "mutirão de limpeza", jardinagem, pintura, manutenções gerais em todo complexo do Centro Esportivo Municipal Antônio Barrico Sobrinho, e especialmente nas piscinas.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2353/indicacao_n_505.2021_-_joao_oliveira_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2353/indicacao_n_505.2021_-_joao_oliveira_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, PARA QUE VIABILIZE AQUISIÇÃO E INSTALAÇÃO DE (01) UM BEBEDOURO INDUSTRIAL NO PRÉDIO DO CEMA "DORIVAL ROSSI".</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2356/indicacao_n_506.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2356/indicacao_n_506.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE CONSTRUIR UM ESTACIONAMENTO EM FRENTE A ESCOLA EMEF OCTAVIO GIOVANNETTI.</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2357/indicacao_n_507.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2357/indicacao_n_507.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a contratação de um agente de segurança para o Centro Médico Municipal, Lago Municipal de Pradópolis e Cemitério Municipal.</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2361/indicacao_n_508.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2361/indicacao_n_508.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de proceder com a aquisição e instalação de climatizador de ar na Creche Simone Anacleto de Oliveira Ijans.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2362/indicacao_n_509.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2362/indicacao_n_509.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de proceder com a aquisição de uma geladeira para a Creche Simone Anacleto de Oliveira Ijans.</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2363/indicacao_n_510.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2363/indicacao_n_510.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalar uma lixeira na esquina do "Lago Municipal" entre as Ruas Tiradentes e São Martinho.</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2364/indicacao_n_511.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2364/indicacao_n_511.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de proceder com a aquisição de uma televisão para a Creche Simone Anacleto de Oliveira Ijans.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2365/indicacao_n_512.2021_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2365/indicacao_n_512.2021_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a aquisição de um veículo (carro) para o Centro de Atendimento ao Cidadão (CAC).</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2366/indicacao_n_513.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2366/indicacao_n_513.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar colocação de refletores no campão municipal.</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2367/indicacao_n_514.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2367/indicacao_n_514.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da prefeitura no sentido de viabilizar a aquisição de 01 máquina para a pintura viária e sinalizações de trânsito de solo. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2368/indicacao_n_515.2021_-_nal_marques_matheus_de_campos_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2368/indicacao_n_515.2021_-_nal_marques_matheus_de_campos_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a instalação de poste de iluminação com lâmpadas de LED na quadra de areia do Lago Municipal de Pradópolis.</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2369/indicacao_n_516.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2369/indicacao_n_516.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de um calçamento, poda e plantio de novas árvores na Rua Duque de Caxias em frente ao Centro Médico Municipal. (foto anexa)</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2370/indicacao_n_517.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2370/indicacao_n_517.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a readequação e manutenção das galerias de águas pluviais da região central do município, implantando meios de proteção nos bueiros quando necessários. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2371/indicacao_n_518.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2371/indicacao_n_518.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a criação do Conselho Municipal da Pessoa com Deficiência, como forma de participar do programa Cidade Acessível do Governo de São Paulo.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2372/indicacao_n_519.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2372/indicacao_n_519.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a manutenção asfáltica e a pintura da sinalização de solo de toda extensão da Rua XV de Novembro, Centro.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2373/indicacao_n_520.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2373/indicacao_n_520.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de um calçamento na área verde localizada na Rua Antonio Bitela, bairro Nova Pradópolis I.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2374/indicacao_n_521.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2374/indicacao_n_521.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a construção de um Posto Policial no bairro Jardim Maria Luiza l, pois muitos moradores reclamam da falta de segurança do bairro.</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2375/indicacao_n_522.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2375/indicacao_n_522.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a aquisição e a instalação de 01 placa "PARE", para a Rua Primeiro de Janeiro cruzamento com a Rua Tiradentes. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2376/indicacao_n_523.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2376/indicacao_n_523.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A PINTURA DA CRECHE “CEMEI AGENOR PAVAN”.</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2377/indicacao_n_524.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2377/indicacao_n_524.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE MANUTENÇÃO NOS VITRÔS DAS SALAS DE AULA DA ESCOLA "EMEF SÉRGIO ROSSETTI".</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2378/indicacao_n_525.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2378/indicacao_n_525.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de adquirir ônibus ou micro-ônibus com a finalidade de transportar os atletas do município para eventos esportivos, tais como torneios e campeonatos, facilitando suas participações.</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2379/indicacao_n_526.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2379/indicacao_n_526.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a inclusão do município no Programa “MELHOR CAMINHO”, o que poderá proporcionar melhorias aos produtores rurais de nosso município, facilitando o escoamento de seus produtos hortifrutigranjeiros.</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2380/indicacao_n_257.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2380/indicacao_n_257.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar o recapeamento asfáltico de toda a extensão da Rua Barão do Rio Branco. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2381/indicacao_n_528_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2381/indicacao_n_528_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar a instalação de cobertura nos pontos de ônibus existentes na cidade.</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2382/indicacao_n_529.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2382/indicacao_n_529.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalar Antena (Sinal Digital) de retransmissão dos canais de TV aberta, para maior conforto dos moradores de nosso Município.</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2383/ind.530.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2383/ind.530.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar uma readequação paisagística da área ao redor da rodoviária, com realocação de bancos, plantio de espécies vegetais, podas de árvores, e o que for necessário para estimular o comércio local, promovendo aos que por ali circulam um ambiente mais agradável e seguro.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2384/indicacao_n_531.2021_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2384/indicacao_n_531.2021_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar uma campanha de conscientização da população acerca da destinação adequada dos resíduos sólidos, bem como promover a realização de uma ECOFAXINA em todos os bairros do município, no sistema de mutirão, auxiliando no combate ás pragas e insetos causadores de doenças.</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2385/indicacao_n_532.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2385/indicacao_n_532.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição e a instalação de uma máquina de XEROX para a Farmácia Popular do Centro Médico Municipal.</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2386/indicacao_n_533.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2386/indicacao_n_533.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, A VIABILIDADE DE CONSTRUÇÃO DE CASAS POPULARES EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2387/indicacao_n_534.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2387/indicacao_n_534.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDENCIAR UMA ÁREA VERDE AOS FUNDOS DO DISTRITO INDÚSTRIAL OBJETIVANDO O REFLORESTAMENTO DA ÁREA.</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2388/indicacao_n_535.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2388/indicacao_n_535.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE DESIGNAR UMA FUNCIONÁRIA PARA O CENTRO ESPORTIVO MUNICIPAL “ANTÔNIO BARRICO SOBRINHO”.</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2389/indicacao_n_536.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2389/indicacao_n_536.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE IMPLANTAR MÃO ÚNICA DE TRÂNSITO NA RUA RUI BARBOSA QUE VAI DA INTERSEÇÃO COM A RUA SÃO MARTINHO A RUA SETE DE SETEMBRO.</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2390/indicacao_n_537.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2390/indicacao_n_537.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDENCIAR A INSTALAÇÃO DE POSTES DE ILUMINAÇÃO PÚBLICA NO “TREVO DO DISTRITO INDÚSTRIAL” DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2391/indicacao_n_538.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2391/indicacao_n_538.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção de uma cobertura para a entrada do Centro Médico Municipal, da Rua Pereira Barreto. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2392/indicacao_n_539.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2392/indicacao_n_539.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de realizar a construção de uma cobertura para a entrada do Centro Médico Municipal, da rua Duque de Caxias. (FOTO EM ANEXO).</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2393/indicacao_n_540.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2393/indicacao_n_540.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de redutor de velocidade (lombada) na Rua Coronel Junqueira, altura do nº 944, Centro.</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2394/indicacao_n_541.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2394/indicacao_n_541.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de redutor de velocidade (lombada) na Rua Victor Gino Pupulim, na altura do nº 1.345, Jardim Nova Pradópolis II.</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2395/indicacao_n_542.2021_-_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2395/indicacao_n_542.2021_-_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a reforma e ampliação da farmácia municipal do centro médico “JANUÁRIO THEODORO DE SOUZA”.</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2396/indicacao_n_543.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2396/indicacao_n_543.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a implantação do "CENTRO DIA PARA PESSOAS COM DEFICIÊNCIA", em nosso município.</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2397/indicacao_n_544.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2397/indicacao_n_544.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE O RECAPEAMENTO ASFÁLTICO DA RUA DOMINGOS MARCARI, NO BAIRRO JARDIM MIRIAM.</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2400/indicacao_n_545.2021_-_goncala_da_silva_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2400/indicacao_n_545.2021_-_goncala_da_silva_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de um ANFITEATRO para a escola municipal E.M.E.F "Sérgio Rossetti".</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2401/indicacao_n_546.2021_-_goncala_da_silva_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2401/indicacao_n_546.2021_-_goncala_da_silva_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a reforma do Centro de Convivência do Idoso do nosso município.</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2402/indicacao_n_547.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2402/indicacao_n_547.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de acrescentar ao Plano de Carreira e Renumeração do Magistério Público Municipal (Lei Complementar n° 83/2001) a previsão de 01 (um) dia de descanso/folga no aniversário do(a) servidor(a).</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2403/indicacao_n_548.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2403/indicacao_n_548.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalar cerca "concertina" no muro da Creche Simone Anacleto de Oliveira Ijans.</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2404/indicacao_n_549.2021_-_joao_da_costa.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2404/indicacao_n_549.2021_-_joao_da_costa.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE PROVIDENCIAR MAIS POSTES DE ILUMINAÇÃO COM AS LÂMPADAS DE LED, PLANTIO DE ÁRVORES DA ESPECIE IPÊS VÁRIAS CORES, PLAYGROUND E BANCOS NA ÁREA VERDE LOCALIZADA NA RUA MARIA LUCAS DE SOUZA NA ALTURA DO NÚMERO 937 NO BAIRRO JARDIM MIRIAN.</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Matheus Campos, Nal Marques</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2405/indicacao_n_550.2021_-_joao_da_costa_aguinaldo_e_matheus.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2405/indicacao_n_550.2021_-_joao_da_costa_aguinaldo_e_matheus.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, PARA CONCESSÃO DE ABONO NATALINO AOS SERVIDORES PÚBLICOS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2406/indicacao_n_551.2021_-_joao_da_costa.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2406/indicacao_n_551.2021_-_joao_da_costa.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A AQUISIÇÃO DE UM (01) VEICULO ESPECIAL PARA OS PACIENTES QUE REALIZAM TRATAMENTO DE RADIOTERAPIA.</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2408/indicacao_n_552.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2408/indicacao_n_552.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de fazer uma carteirinha de identificação para os alunos que utilizam o ônibus escolar municipal.</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Fabão, Luciano Tanaka, Matheus Campos, Nal Marques, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2409/indicacao_n_553.2021_-_joao_da_costa_aguinaldo_luciano_matheus_thiago_e_fabio.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2409/indicacao_n_553.2021_-_joao_da_costa_aguinaldo_luciano_matheus_thiago_e_fabio.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, PARA QUE CONCEDA AOS SERVIDORES MUNICIPAIS UMA CORREÇÃO SALARIAL E DO TICKET DE ALIMENTAÇÃO AO MENOS 15% (QUINZE POR CENTO), REFERENTE 2020/2021.</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2410/indicacao_n_554.2021_-_goncala_da_silva_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2410/indicacao_n_554.2021_-_goncala_da_silva_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a distribuição gratuita de absorventes para as alunas das escolas municipais E.M.E.F "Sérgio Rossetti" e E.M.E.F " Octávio Giovannetti".</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2411/indicacao_n_555.2021_-_marcia_e_goncala.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2411/indicacao_n_555.2021_-_marcia_e_goncala.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de contratação de Agente de Segurança Escolar (ASE), designados a exercerem suas atividades exclusivamente no Departamento Municipal da Educação em Unidade Escolares.</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2412/indicacao_n_556.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2412/indicacao_n_556.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de se aplicar recursos financeiros da Secretaria da Educação no Cema Dorival Rossi a fim de se construir uma sala de atividades artísticas manuais, ampliando, desse modo, a capacidade de atendimento às pessoas com deficiência (PCD) do município.</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2413/indicacao_n_557.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2413/indicacao_n_557.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de solicitar a poda das árvores e instalação de um poste para iluminação com lâmpadas de LED localizadas na calçada da "CMEI LUCELMA DE SOUZA PESSOA" mais especificamente na Rua Emilia da Conceição, nº 262 (Imagem anexa).</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2414/indicacao_n_558.2021_-_marcia_cristina_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2414/indicacao_n_558.2021_-_marcia_cristina_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente da Prefeitura, instalação de um ponto de ônibus com cobertura na Rua Presidente Vargas com Rua Santo Antônio, ao lado da Escola Sergio Rossetti.</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2415/indicacao_n_559.2021_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2415/indicacao_n_559.2021_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de contratar agentes de segurança para o Clube Municipal (piscinas) com escala de 24h para atuar no monitoramento das pessoas que frequentam o local.</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2416/indicacao_n_560.2021_-_aguinaldo_trindade_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2416/indicacao_n_560.2021_-_aguinaldo_trindade_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a contratação de profissionais capacitados para realização de Raio X, com funcionamento de escala que possa atender os 3 turnos (manhã, tarde e noite) todos os dias da semana incluindo sábado, domingo e feriado no CENTRO MÉDICO "JANUÁRIO THEODORO DE SOUZA".</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2417/indicacao_n_561.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2417/indicacao_n_561.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de instalar placas denominativas em nossa cidade, especialmente no bairro Jardim Miriam.</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>Matheus Campos, Gonçala, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2418/indicacao_n_562.2021_-_matheus_goncala_e_thiago.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2418/indicacao_n_562.2021_-_matheus_goncala_e_thiago.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A CONSTRUÇÃO DE RAMPAS DE ACESSIBILIDADE PARA PESSOAS COM DEFICIÊNCIA OU MOBILIDADE REDUZIDA NA ENTRADA PRINCIPAL DO GINÁSIO MUNICIPAL CONSTANTE PAVAN.</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2421/indicacao_n_563.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2421/indicacao_n_563.2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a reforma e a ampliação da Biblioteca Municipal.</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2422/indicacao_n_564.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2422/indicacao_n_564.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de contratar uma empresa responsável para realização de limpeza das áreas verdes da prefeitura e podas de árvores, durante 05 meses (a contar de agora) de todas as escolas e áreas do nosso Município.</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2423/indicacao_n_565.2021_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2423/indicacao_n_565.2021_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a implantação de sistema online 24h para realização de agendamento de consulta realizado no Centro Médico "Januário Theodoro de Souza".</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2424/indicacao_n_566.2021_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2424/indicacao_n_566.2021_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam elaborados pelo setor competente da Prefeitura, no sentido de criar ECOPONTO para recebimento, armazenamento e, posteriormente, o encaminhamento para a destinação final de pneumáticos inservíveis gerados no Município. Indica, ainda, a instalação de contentores em postos estratégicos da cidade - para coleta de baterias, pilhas, e lâmpadas fluorescentes usadas.</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2425/indicacao_n_567.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2425/indicacao_n_567.2021_-_goncala_marcelo_e_marcia_da_silva.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de promover o projeto "Refeição Solidária" em nosso município.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2426/indicacao_n_568.2021_-_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2426/indicacao_n_568.2021_-_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de colocar um poste no fundo das barracas da Feira de Produtores em frente ao Lago Municipal e a poda das árvores para melhorar a iluminação.</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2427/indicacao_n_569.2021_-_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2427/indicacao_n_569.2021_-_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de uma calçamento na área verde, localizada na Rua Julio Macozzi, ao lado do Centro Odontológico. (Fotos em anexo).</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2428/indicacao_n_570.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2428/indicacao_n_570.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de reforçar a pintura de sinalização de solo em frente da Igreja Assembleia de Deus, localizada na Avenida Monte Sereno nº 1041, esquina com a Rua Cezare de Cezare.</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2429/indicacao_n_571.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2429/indicacao_n_571.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de providenciar o plantio de árvores da espécie Ipês de várias cores no Lago Municipal.</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2430/indicacao_n_572.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2430/indicacao_n_572.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a manutenção de sinalização de solo, como pintura das faixas de pedestres na Rua São Martinho com a Rua Primeiro de Maio.</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2431/indicacao_n_573.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2431/indicacao_n_573.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar com urgência o conserto dos bebedouros da E.M.E.B "Luiz Ometto".</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2432/indicacao_n_574.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2432/indicacao_n_574.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de cerca de 290 caminhas empilháveis para a E.M.E.B "Luiz Ometto". (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2433/indicacao_n_575.2021_-_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2433/indicacao_n_575.2021_-_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de criar um mecanismo de revisão de água em favorecimento aos usuários.</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2434/indicacao_n_576.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2434/indicacao_n_576.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, que realize a construção de calçadas em torno da Área verde localizada entre a Rua Victor Gino Pupulin e Rua Antônio Bitela, Bairro Nova Pradópolis II.</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2435/indicacao_n_577.2021-_matheus_de_campos_nal_marques_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2435/indicacao_n_577.2021-_matheus_de_campos_nal_marques_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, ESTUDE A POSSIBILIDADE DE INSTALAR "OUTDOORS" EM ESPAÇOS PÚBLICOS ESTRATÉGICOS, LOCAIS COM GRANDE FLUXO DE PESSOAS, COM A FINALIDADE DE DAR PUBLICIDADE SOBRE EVENTOS PÚBLICOS E INFORMAÇÕES DE INTERESSE PARA A POPULAÇÃO.</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2436/indicacao_n_578.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2436/indicacao_n_578.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A TROCA DOS PISOS NO HALL DE ENTRADA DA SECRETÁRIA DA "EMEF SÉRGIO ROSSETTI" (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2437/indicacao_n_579.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2437/indicacao_n_579.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE ESTUDO NO SENTIDO DE ADQUIRIR E INSTALAR LOUSAS DIGITAIS EM TODAS AS SALAS DE AULA DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2438/indicacao_n_580.2021_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2438/indicacao_n_580.2021_-_marcia_da_silva_e_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a aquisição e instalação de climatizados de ar no salão do bocha municipal.</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2439/indicacao_n_581.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2439/indicacao_n_581.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR UM AMBULATÓRIO EM ATENDIMENTO PRIMÁRIO PARA ATENDER PACIENTES COM DOENÇAS VASCULARES.</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2440/indicacao_n_582.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2440/indicacao_n_582.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE COLOCAR NO MÁXIMO (15) QUINZE ALUNOS EM CADA SALA DE AULAS NESSE RETORNO AS ATIVIDADES ESCOLARES.</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2441/indicacao_n_583.2021_-_joao_oliveira_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2441/indicacao_n_583.2021_-_joao_oliveira_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA MUNICIPAL, PARA QUE REALIZE A SOLTURA DE PEIXES NO LAGO MUNICIPAL PRADÓPOLIS NESTE FINAL DE ANO.</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2442/indicacao_n_584.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2442/indicacao_n_584.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, QUE VIABILIZE A IMPLANTAÇÃO DE (01) UMA LOMBADA OU REDUTOR DE VELOCIDADE, NA RUA CESÁRIO GONÇALVES ALTURA DO Nº 971, LOCALIZADO NO BAIRRO JARDIM MIRIAN III.</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>Gonçala, Fabão, Joãozinho da Papelaria, Luciano Tanaka, Marcia, Matheus Campos, Nal Marques, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2449/indicacao_n_585.2021_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2449/indicacao_n_585.2021_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura; no sentido de viabilizar a aquisição de: 03 ULTRA SOM 1/3 MH, 06 TENS, 05 INFRA VERMELHO MESA, 05 INFRA VEREMELHO COM PEDESTAL, 02 ROLOS PARA PROPRIOCEPÇÃO, 01 BALANÇA WELMY, 01 ONDAS CURTAS, 02 DIVÃ DUPLO, 10 CADEIRAS, 06 LÂMPADAS INFRA VERMELHO PHILIPS. Tais equipamentos serão destinados ao Centro de Fisioterapia "Adelino de Souza".</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2450/indicacao_n_586.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2450/indicacao_n_586.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a construção de uma sala de recursos multifuncionais para a E.M.E.B "Zaíra Ometto".</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2451/indicacao_n_587.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2451/indicacao_n_587.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a colocação de redutor de velocidade (Lombada) na Rua Santo Antônio, na altura do número 1048.</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2452/indicacao_n_588.2021_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2452/indicacao_n_588.2021_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de se criar alguma forma de compensação financeira a partir do inicio de 2022, tal como bonificação, ao servidores públicos municipais com a finalidade de mitigar os efeitos decorrentes da Lei Complementar Federal 173/2020.</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2453/indicacao_n_589.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2453/indicacao_n_589.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de desenvolver políticas públicas de incentivo á construção civil, proporcionando meios de aprimoramento a mão de obra, principalmente de pedreiros e auxiliares.</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2454/indicacao_n_590.2021_-_nal_marques_luciano_tanaka_matheus_de_campos_joao_oliveira_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2454/indicacao_n_590.2021_-_nal_marques_luciano_tanaka_matheus_de_campos_joao_oliveira_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a realização de campeonato ou torneios de vôlei de quadra e areia no centro esportivo Municipal para 2021.</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2455/indicacao_n_591.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2455/indicacao_n_591.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a aquisição de uma cadeira de rodas para o velório municipal.</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2456/indicacao_n_592.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2456/indicacao_n_592.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de contratar um Médico Coloproctologista para Rede Municipal de Saúde.</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2458/indicacao_n_593.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2458/indicacao_n_593.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que seja feito um estudo com a possibilidade de implementar nas áreas públicas da cidade (área ao lado do Lago Municipal onde já existe a estrutura de um viveiro) um Programa Municipal de Hortas Urbanas Comunitárias de Hortifrútis.</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2459/indicacao_n_594.2021_-_nal_marques.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2459/indicacao_n_594.2021_-_nal_marques.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, objetivando a criação de uma comissão de eventos, constituída por representantes dos Poderes legislativo e executivo, bem como da sociedade civil, que atuará junto ao departamento da cultura para auxiliar no planejamento e sistematização de eventos promovidos em nosso município.</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>Marcia, Fabão, Gonçala, Joãozinho da Papelaria, Luciano Tanaka, Matheus Campos, Nal Marques, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2460/indicacao_n_595.2021_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2460/indicacao_n_595.2021_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a adaptação necessária das ambulâncias alocadas no Departamento Municipal de Saúde, possibilitando o transporte seguro e eficaz de pacientes que façam o uso de aparelhos respiratório, tais como como BIPAP e concentradores de oxigênio.</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2461/indicacao_n_596.2021_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2461/indicacao_n_596.2021_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a poda de árvore e substituição da tampa de bueiro localizados na Rua Cezar Giovannetti, altura do n° 840, centro.</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2462/indicacao_n_597.2021_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2462/indicacao_n_597.2021_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, em caráter emergencial, no sentido de viabilizar a contratação de vigilância 24 horas, para o prédio e arredores do terminal Rodoviário Municipal “Neusa Fequetia Barrico”.</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2463/indicacao_n_598.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2463/indicacao_n_598.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de aquisição de uma Van para atender a área do Esporte e Lazer.</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2464/indicacao_n_599.2021_-_luciano_tanaka_e_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2464/indicacao_n_599.2021_-_luciano_tanaka_e_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura; no sentido de construção de uma Praça Pública no bairro Jardim Jacarandas.</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2465/indicacao_n_600.2021_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2465/indicacao_n_600.2021_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que realize a construção de um estacionamento, do tipo "BOLSÃO", no Centro de Fisioterapia "ADELINO DE SOUZA". (fotos anexas).</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2466/indicacao_n_601.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2466/indicacao_n_601.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de que viabilize a construção de vestiário com chuveiro no Almoxarifado.</t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2467/indicacao_n_602.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2467/indicacao_n_602.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade "lombada" na rua Belmiro Ornellas de Almeida em frente ao nº 326.</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2468/indicacao_n_603.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2468/indicacao_n_603.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que providências sejam tomadas pelo setor competente, no sentido de viabilizar a colocação de redutor de velocidade (LOMBADAS) na rua Sete de Setembro, na altura do número 1202.</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2469/indicacao_n_604.2021_-_goncala_marcelo.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2469/indicacao_n_604.2021_-_goncala_marcelo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a manutenção no calçamento da UBS "Lineu Zacharias" na rua Ivan Fernandes Sardão. (FOTOS EM ANEXO).</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2470/indicacao_n_605.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2470/indicacao_n_605.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR AQUISIÇÃO DE UMA AMBULÂNCIA COM ACESSIBILIDADE PARA CADEIRANTE.</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2471/indicacao_n_606.2021_-_joao_oliveira_matheus_de_campos_thiago_alves_e_fabio_da_costa.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2471/indicacao_n_606.2021_-_joao_oliveira_matheus_de_campos_thiago_alves_e_fabio_da_costa.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR O POSTO DE COLETA (IBGE) INSTITUTO BRASILEIRO DE GEOGRAFIA E ESTATÍSTICA, PARA REALIZAR O CENSO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2472/indicacao_n_607.2021_-_joao_oliveira_e_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2472/indicacao_n_607.2021_-_joao_oliveira_e_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR PRACINHAS NAQUELAS ÁREAS VERDES QUE CORTAM AS QUADRAS DO BAIRRO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2473/indicacao_n_608.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2473/indicacao_n_608.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM REALIZADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR AQUISIÇÃO DE UNIFORMES AOS SERVIDORES DO SETOR DE OBRAS E SERVIÇOS DO MUNICÍPIO DE PRADÓPOLIS.</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2474/indicacao_n_609.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2474/indicacao_n_609.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE (LOMBADA), NA RUA SETE DE SETEMBRO NA ALTURA DO NÚMERO 391, CENTRO.</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2475/indicacao_n_610.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2475/indicacao_n_610.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE ESTUDOS SEJAM ELABORADOS PELO SETOR COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE (LOMBADA) NA AVENIDA MONTE SERENO NA ALTURA DO_x000D_
 NÚMERO 61 BAIRRO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2476/indicacao_n_611.2021_-_joao_oliveira_e_fabio_da_costa.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2476/indicacao_n_611.2021_-_joao_oliveira_e_fabio_da_costa.pdf</t>
   </si>
   <si>
     <t>INDICAM AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEPARTAMENTO COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR AQUISIÇÃO DE (01) UM VEÍCULO UTILITÁRIO PARA O SETOR DE OBRAS.</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2477/indicacao_n_612.2021_-_joao_oliveira.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2477/indicacao_n_612.2021_-_joao_oliveira.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE PROVIDÊNCIAS SEJAM TOMADAS PELO DEPARTAMENTO COMPETENTE DA PREFEITURA, NO SENTIDO DE VIABILIZAR A INSTALAÇÃO DE UM PONTO DE ÔNIBUS NA AVENIDA JOSÉ DOS SANTOS MARTINS, PRÓXIMO AO DEPÓSITO DE GÁS, LOCALIZADO NO BAIRRO NOVA PRADÓPOLIS.</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2478/indicacao_n_613.2021_-_ze_banana.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2478/indicacao_n_613.2021_-_ze_banana.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido de viabilizar a manutenção do calçamento da área interna e área externa da Casa da Terceira Idade,  como também a poda dos galhos das árvores.</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2479/indicacao_n_614.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2479/indicacao_n_614.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A INSTALAÇÃO DE UM BICICLETÁRIO NA CRECHE MUNICIPAL “AGENOR PAVAN”.</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2480/indicacao_n_615.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2480/indicacao_n_615.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE LIXEIRAS EM TODA A EXTENSÃO DA CICLOVIA LOCALIZADA NA RUA MANOEL FELÍCIO.</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2481/indicacao_n_616.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2481/indicacao_n_616.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A INSTALAÇÃO DE LIXEIRAS NA PRAÇA "ERNESTINA MARIA DE JESUS RAMOS", NO BAIRRO JARDIM SÃO PAULO.</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2482/indicacao_n_617.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2482/indicacao_n_617.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A INSTALAÇÃO DE NOVOS BANCOS, BEM COMO, A MANUTENÇÃO DOS BANCOS JÁ EXISTENTES NA PRAÇA DO CDHU (IMAGEM ANEXA).</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2483/indicacao_n_618.2021_-_matheus_de_campos.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2483/indicacao_n_618.2021_-_matheus_de_campos.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE JUNTO AO DEPARTAMENTO COMPETENTE, REALIZE A MANUTENÇÃO DO ASFALTO, OPERAÇÃO TAPA-BURACO, NA RUA MANOEL FELÍCIO, ALTURA DO Nº 1.080.</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2484/indicacao_n_619.2021_-_luciano_tanaka.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2484/indicacao_n_619.2021_-_luciano_tanaka.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, para a construção de um redutor de velocidade "lombada" na rua Salvador Purcini no Jardim Bela Vista.</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2485/indicacao_n_620.2021_-_luciano_tanaka_nal_marques_joao_oliveira_matheus_de_campos_e_thiago_alves.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2485/indicacao_n_620.2021_-_luciano_tanaka_nal_marques_joao_oliveira_matheus_de_campos_e_thiago_alves.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que estudos sejam realizados pelo setor competente da Prefeitura, no sentido da criação de campeonatos municipais nas modalidades de atletismo, corrida, artes marciais (kung-Fu, MMA, Capoeira), vôlei , campeonatos futebol (campo, salão), dança, etc.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a APROVAÇÃO da Prestação de Contas da Prefeitura Municipal de Pradópolis, relativas ao exercício de 2018.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2354/projeto_de_decreto_legislativo_no_002.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2354/projeto_de_decreto_legislativo_no_002.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Concessão de Título de Cidadão Pradopolense ao Senhor Edson Marconi e da Outras Providências.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>Joãozinho da Papelaria, Luciano Tanaka, Matheus Campos, Nal Marques, Thiago Aquino</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2355/projeto_de_decreto_legislativo_no_003.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2355/projeto_de_decreto_legislativo_no_003.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Título de Cidadão Pradopolense ao Senhor Dionísio Tabajar Gulli e dá outras providências.</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2486/projeto_de_decreto_legislativo_no_004.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2486/projeto_de_decreto_legislativo_no_004.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de honra ao mérito pelos 50 anos de instalação canônica da Paróquia Santo Antônio no Município de Pradópolis e dá outras providências.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Prefeito Municipal</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1771/projeto_de_lei_no_001.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1771/projeto_de_lei_no_001.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo firmar parceria com organizações da sociedade civil por intermédio de termo de colaboração, para a consecução de finalidades de interesse público, mediante projetos previamente estabelecidos em planos de trabalho, para o exercício de 2021.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1773/projeto_de_lei_no_002.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1773/projeto_de_lei_no_002.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pradópolis, por intermédio do Poder Executivo do Governo do Estado de São Paulo, a receber em doação a área de terras públicas do "Centro Esportivo Municipal Antonio Barrico Sobrinho", e dá outras providências.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1775/projeto_de_lei_no_003.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1775/projeto_de_lei_no_003.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de 50% do número de passes utilizados no transporte de pessoas de baixa renda, com contrato de trabalho na cidade de Ribeirão Preto e região e dá outras providências.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1779/projeto_de_lei_no_004.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1779/projeto_de_lei_no_004.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar concursos para a escolha do hino do município de Pradópolis, e dá outras providências.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1781/projeto_de_lei_no_005.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1781/projeto_de_lei_no_005.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação e afetação de áreas públicas municipais do distrito industrial e comercial de Pradópolis - DINPRA de dá outras providências.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1851/projeto_de_lei_no_006.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1851/projeto_de_lei_no_006.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 2.215.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1856/projeto_de_lei_no_007.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1856/projeto_de_lei_no_007.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 113.726,92 e dá outras providências.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1878/projeto_de_lei_no_008.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1878/projeto_de_lei_no_008.2021.pdf</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1897/projeto_de_lei_no_009.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1897/projeto_de_lei_no_009.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional especial no valor de R$ 245.581,93 e dá outras providências.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1930/projeto_de_lei_no_010.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1930/projeto_de_lei_no_010.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho Municipal de Acompanhamento e Controle Social  - Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - CACS - FUNDEB, em conformidade com o artigo 212 da Constituição Federal, regulamentado na forma da Lei Federal nº 14.113, de 25 de dezembro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1934/projeto_de_lei_no_011.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1934/projeto_de_lei_no_011.2021.pdf</t>
   </si>
   <si>
     <t>Institui a semana municipal de conscientização sobre o autismo e dá outras providências.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1935/projeto_de_lei_no_012.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1935/projeto_de_lei_no_012.2021.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre os municípios brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do coronavirus; medicamentos, insumos e equipamentos na área da Saúde.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2003/projeto_de_lei_no_013.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2003/projeto_de_lei_no_013.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 3.500.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2049/projeto_de_lei_no_014.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2049/projeto_de_lei_no_014.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2107/projeto_de_lei_no_015.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2107/projeto_de_lei_no_015.2021.pdf</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional suplementar no valor de R$ 790.740,00, e dá outras providências.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2110/projeto_de_lei_no_016.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2110/projeto_de_lei_no_016.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 2.530.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2111/projeto_de_lei_no_017.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2111/projeto_de_lei_no_017.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 470.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2122/projeto_de_lei_no_018.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2122/projeto_de_lei_no_018.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de curso de primeiros socorros aos funcionários das escolas e creches da rede de ensino municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2173/projeto_de_lei_no_019.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2173/projeto_de_lei_no_019.2021.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Educação no Trânsito nas Escolas Municipais de Pradópolis e dá outras providências.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2172/projeto_de_lei_no_020.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2172/projeto_de_lei_no_020.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 570.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2174/projeto_de_lei_no_021.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2174/projeto_de_lei_no_021.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 500.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2229/projeto_de_lei_no_022.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2229/projeto_de_lei_no_022.2021.pdf</t>
   </si>
   <si>
     <t>Proíbe o manuseio, a utilização, a queima e a soltura de fogos de estampido e de artifícios, assim como de quaisquer artefatos pirotécnicos de efeito sonoro ruidoso no município de Pradópolis, e dá outras providências.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2234/projeto_de_lei_no_023.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2234/projeto_de_lei_no_023.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 2.670.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2237/projeto_de_lei_no_024.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2237/projeto_de_lei_no_024.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$1.810.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2270/projeto_de_lei_no_025.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2270/projeto_de_lei_no_025.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o plano plurianual para o período de 2022/2025 e dá outras providências.</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2358/projeto_de_lei_no_026.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2358/projeto_de_lei_no_026.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 7.938.500,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2359/projeto_de_lei_no_027.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2359/projeto_de_lei_no_027.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura no orçamento vigente de crédito adicional especial no valor de R$ 920.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2360/projeto_de_lei_no_028.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2360/projeto_de_lei_no_028.2021.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Pradópolis para o exercício de 2022 em R$ 99.000.000,00 (noventa e nove milhões de reais), e dá outras providências.</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2399/projeto_de_lei_no_029.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2399/projeto_de_lei_no_029.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito junto à Caixa Econômica Federal - CEF, no âmbito do Programa Finisa - Financiamento à Infraestrutura e ao Saneamento na Modalidade Apoio Financeiro destinado a aplicação em despesa de capital, e dá outras providências.</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2419/projeto_de_lei_no_030.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2419/projeto_de_lei_no_030.2021.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre os municípios de Guariba e Pradópolis, com a finalidade da manutenção do consórcio intermunicipal de televisão.</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2420/projeto_de_lei_no_031.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2420/projeto_de_lei_no_031.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação e afetação de áreas públicas municipais do Distrito Industrial e Comercial de Pradópolis - DINPRA de dá outras providências.</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2444/projeto_de_lei_no_032.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2444/projeto_de_lei_no_032.2021.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública municipal a associação cultural jovens pesquisadores.</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2445/projeto_de_lei_no_033.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2445/projeto_de_lei_no_033.2021.pdf</t>
   </si>
   <si>
     <t>Da nova redação a Lei Municipal nº 1.651 de 14 de dezembro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2446/projeto_de_lei_no_034.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2446/projeto_de_lei_no_034.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação e afetação de áreas públicas - DINPRA e revoção da Lei Municipal nº 1.655, de 01 março de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1772/projeto_de_lei_complementar_no_001.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1772/projeto_de_lei_complementar_no_001.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a exigência de nível superior como requisito de escolaridade para provimento dos cargos em comissão de assessor de gabinete e ouvidor de que trata a Lei Complementar nº 236, de 29 de setembro de 2014, com as alterações dadas pela Lei Complementar nº 245, de 27 de março de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1776/projeto_de_lei_complementar_no_002.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1776/projeto_de_lei_complementar_no_002.2021.pdf</t>
   </si>
   <si>
     <t>Institui o programa de recuperação fiscal no município de Pradópolis - REFIS 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1780/projeto_de_lei_complementar_no_003.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1780/projeto_de_lei_complementar_no_003.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza, em caráter excepcional, pelo prazo de 120 dias, desdobros de lotes urbanos com medidas inferiores às previstas no artigo 63 da Lei Municipal nº 494, de 29 de novembro de 1979, e dá outras providências.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1849/projeto_de_lei_complementar_no_004.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1849/projeto_de_lei_complementar_no_004.2021.pdf</t>
   </si>
   <si>
     <t>Extingue cargo efetivo vago do quadro permanente de pessoal da Prefeitura Municipal de Pradópolis e dá outras providências.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1906/projeto_de_lei_complementar_no_005.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1906/projeto_de_lei_complementar_no_005.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Complementar nº 112, de 18 de abril de 2005 que estabelece normas gerais para alienação dos lotes do Distrito Industrial e Comercial de Pradópolis - DINPRA com as alterações das pela Lei Complementar nº 141, de 26 de outubro de 2006 e pela Lei Complementar nº 235, de 26 de setembro de 2014, e dá outras providências.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2108/projeto_de_lei_complementar_no_006.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2108/projeto_de_lei_complementar_no_006.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações no art. 69 da Lei Complementar nº 18, de 21 de setembro de 1993, que institui o regime jurídico único dos servidores públicos municipais de Pradópolis, e dá outras providências.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2193/projeto_de_lei_complementar_no_007.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2193/projeto_de_lei_complementar_no_007.2021.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Pradópolis a taxa de serviços de coleta, remoção, transporte e destinação final de lixo ou resíduos - TSLR, nos termos da Lei Federal nº 14.026/2020, que alterou a redação da Lei Federal nº 11.445/2007, e dá outras providências.</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2457/projeto_de_lei_complementar_no_008.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2457/projeto_de_lei_complementar_no_008.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na Lei Complementar nº 236, de 21 de setembro de 2014, e na Lei Complementar nº 83, de07 de maio de 2001, que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2488/projeto_de_lei_complementar_no_009.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2488/projeto_de_lei_complementar_no_009.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as alterações que especifica, na Lei Complementar nº 165 de 02 de junho de 2008 (Código tributário do Município), para efeito de adequação às novas normas do imposto sobre serviços de qualquer natureza - ISSQN, de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1777/requerimento_n_001.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1777/requerimento_n_001.2021.pdf</t>
   </si>
   <si>
     <t>REQUER, a tramitação em regime de urgência especial e a dispensa de pareceres da Comissão de Finanças e Orçamento, Comissão de Justiça e Redação e Comissão de Educação, Saúde e Assistência Social, referente ao Projeto de Lei nº 001/2021.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1778/requerimento_n_002.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1778/requerimento_n_002.2021.pdf</t>
   </si>
   <si>
     <t>REQUER, a tramitação em regime de urgência especial e a dispensa de pareceres da Comissão de Finanças e Orçamentos, Comissão de Justiça e Redação e Comissão de Educação, Saúde e Assistência Social, referente ao Projeto de Lei n° 003/2021.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1782/requerimento_n_003.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1782/requerimento_n_003.2021.pdf</t>
   </si>
   <si>
     <t>REQUER, a tramitação em regime de urgência especial e a dispensa de pareceres da Comissão de Finanças e Orçamento e Comissão de Justiça, referente ao Projeto de Lei nº 005/2021.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1831/requerimento_n_004.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1831/requerimento_n_004.2021.pdf</t>
   </si>
   <si>
     <t>REQUER, a dispensa de pareceres da Comissão de Finanças e Orçamento, Comissão de Justiça e Redação e Comissão de Educação, Saúde e Assistência Social, referente ao Projeto de Lei nº 003/2021.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1836/requerimento_n_005.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1836/requerimento_n_005.2021.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal informações sobre o funcionamento do PROCON durante o ano de 2020 e 2021, apresentando relatório de atendimento, responsáveis pelo atendimento e procedimentos adotados durante a pandemia.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
     <t>Matheus Campos, Fabão, Gonçala, Joãozinho da Papelaria, Luciano Tanaka, Marcia, Nal Marques, Thiago Aquino, Zé Banana</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1852/requerimento_n_006.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1852/requerimento_n_006.2021.pdf</t>
   </si>
   <si>
     <t>REQUEREM ao Chefe do Executivo Municipal que o setor competente informe a esta Casa, qual a previsão de aquisição e de instalação das câmeras de videomonitoramento e dos equipamentos necessários para dar início ao funcionamento do Centro de Monitoramento “Nelson Ferraz”.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1853/requerimento_n_007.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1853/requerimento_n_007.2021.pdf</t>
   </si>
   <si>
     <t>REQUER, a tramitação em regime de urgência especial e a dispensa de pareceres da Comissão de Finanças e Orçamento e Comissão de Justiça, referente ao Projeto de Lei n° 006/2021.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1857/requerimento_n_008.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1857/requerimento_n_008.2021.pdf</t>
   </si>
   <si>
     <t>REQUER, a tramitação em regime de urgência especial e a dispensa de pareceres da Comissão de Finanças e Orçamento, Comissão de Justiça e Redação e Comissão de Educação, Saúde e Assistência Social, referente ao Projeto de Lei nº 007/2021.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1864/requerimento_n_009.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1864/requerimento_n_009.2021.pdf</t>
   </si>
   <si>
     <t>REQUER a retirada do Projeto de Lei nº 003/2021, de autoria do Poder Executivo, que "Dispõe sobre a concessão de 50% do número de passes utilizados no transporte de pessoas de baixa renda, com contrato de trabalho na cidade de Ribeirão Preto e região e dá outras providências", já colocado em deliberação.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1876/requerimento_n_010.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1876/requerimento_n_010.2021.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que o setor competente informe a esta Casa acerca de quais providências serão tomadas quando do término da vigência do Decreto Municipal nº 369/2020, que dispõe sobre a necessidade temporária de excepcional interesse público da Administração direta municipal para contratar pessoal, por prazo determinado na área da saúde.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1879/requerimento_n_011.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1879/requerimento_n_011.2021.pdf</t>
   </si>
   <si>
     <t>REQUER, a tramitação em regime de urgência especial e a dispensa de pareceres da Comissão de finanças e Orçamento, Comissão de Justiça e Redação e Comissão de Educação, Saúde e Assistência Social, referente ao Projeto de Lei nº 008/2021.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1936/requerimento_n_012.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1936/requerimento_n_012.2021.pdf</t>
   </si>
   <si>
     <t>REQUER, a tramitação em regime de urgência especial e a dispensa de pareceres da Comissão de Justiça e Redação e Comissão de Educação, Saúde e Assistência Social, referente ao Projeto de Lei nº 012/2021.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2004/requerimento_n_013.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2004/requerimento_n_013.2021.pdf</t>
   </si>
   <si>
     <t>REQUER, a dispensa de pareceres da Comissão de Finanças e Orçamentos, Comissão de Justiça e Redação e Comissão de Educação, Saúde e Assistência Social, referente ao Projeto de Lei nº 013/2021, que dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 3.500.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2034/requerimento_n_014.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2034/requerimento_n_014.2021.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que o setor competente informe a esta Casa de Leis, o valor gasto com iluminação pública e sua manutenção nos últimos seis meses.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2083/requerimento_n_015.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2083/requerimento_n_015.2021.pdf</t>
   </si>
   <si>
     <t>Requerem ao Chefe do Executivo Municipal que o setor competente informe a esta Casa, sobre a distribuição de alimentos perecíveis e não perecíveis da Merenda Escolar de Pradópolis, tendo em vista a situação de pandemia.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2106/requerimento_n_016.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2106/requerimento_n_016.2021.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que o setor competente informe a esta Casa de Leis, quais os procedimentos realizados pelo Centro Odontológico Municipal.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2112/requerimento_n_017.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2112/requerimento_n_017.2021.pdf</t>
   </si>
   <si>
     <t>REQUER, a dispensa de pareceres da Comissão de Finanças e Orçamentos, Comissão de Justiça e Redação e Comissão de Educação, Saúde e Assistência Social, referente ao Projeto de Lei nº 016/2021, que dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 2.530.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2152/requerimento_n_018.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2152/requerimento_n_018.2021.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que o setor competente informe a esta Casa, acerca do quadro funcional das unidades de saúde de nosso município.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2204/requerimento_n_019.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2204/requerimento_n_019.2021.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que o setor competente informe a esta Casa de Leis, quais foram os valores gastos de combustíveis nos últimos 12 meses.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2211/requerimento_n_020.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2211/requerimento_n_020.2021.pdf</t>
   </si>
   <si>
     <t>Requer, a dispensa de pareceres da Comissão de Finanças e Orçamentos e Comissão de Justiça e Redação, referente ao Projeto de Lei nº 021/2021, que dispõe sobre a abertura no orçamento vigente de crédito adicional suplementar no valor de R$ 500.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2225/requerimento_n_021.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2225/requerimento_n_021.2021.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que o setor competente informe esta Casa Legislativa acerca do não cumprimento da Lei nº 1451/2014, que instituiu o programa de incentivo e desconto, denominado "IPTU VERDE" no âmbito do município de Pradópolis.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2236/requerimento_n_022.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2236/requerimento_n_022.2021.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que o setor competente informe ao Poder Legislativo, acerca do funcionamento da Unidade Básica de Saúde "Lineu Zacharias", localizada no Jardim Bela Vista deste município.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2334/requerimento_n_023.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2334/requerimento_n_023.2021.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que junto ao setor competente informe a esta Casa Legislativa,  acerca da aplicação da Lei Estadual n° 17.389, de 28 de julho de 2021, em nosso município.</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2443/requerimento_n_024.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2443/requerimento_n_024.2021.pdf</t>
   </si>
   <si>
     <t>Requer à mesa Diretora que seja oficiado, a tramitação em regime de urgência especial e a dispensa de pareceres da Comissão de Justiça e Redação e Comissão de Finanças e Orçamentos, referente ao Projeto de Lei nº. 031/2021, de autoria do Poder Executivo Municipal que " Dispõe sobre a desafetação e afetação de Áreas Públicas Municipais do Distrito Industrial e Comercial de Pradópolis - DINPRA e dá outras providências", nos termos do artigo 41, da Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2447/requerimento_n_025.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2447/requerimento_n_025.2021.pdf</t>
   </si>
   <si>
     <t>Requer à mesa Diretora que seja oficiado, a tramitação em regime de urgência especial e a dispensa de pareceres da Comissão de Justiça e Redação e Comissão de Finanças e Orçamentos, referente ao Projeto de Lei nº. 033/2021, de autoria do Poder Executivo Municipal que " Da nova redação a Lei Municipal nº 1.651 de 14 de dezembro de 2020 e dá outras providências", nos termos do artigo 41, da Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2448/requerimento_n_026.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2448/requerimento_n_026.2021.pdf</t>
   </si>
   <si>
     <t>Requer à mesa Diretora que seja oficiado, a tramitação em regime de urgência especial e a dispensa de pareceres da Comissão de Justiça e Redação e Comissão de Finanças e Orçamentos, referente ao Projeto de Lei nº. 034/2021, de autoria do Poder Executivo Municipal que " Dispõe sobre a desafetação e afetação de áreas públicas - DINPRA e renovação da Lei Municipal nº 1.655, de 01 março de 2021, e dá outras providências.", nos termos do artigo 41, da Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2487/requerimento_n_027.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2487/requerimento_n_027.2021.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que o setor competente informe a esta Casa de Leis, quais foram os valores gastos em cada calçamento e estacionamento realizados na cidade.</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2489/requerimento_n_028.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2489/requerimento_n_028.2021.pdf</t>
   </si>
   <si>
     <t>Requer à mesa Diretora que seja oficiado a tramitação em regime de urgência especial e a dispensa de pareceres da Comissão de Justiça e Redação e Comissão de Finanças e Orçamentos, referente ao Projeto de Lei Complementar nº. 009/2021, de autoria do Poder Executivo Municipal que "Dispõe sobre as alterações que especifica, na Lei Complementar nº 165 de 02 de junho de 2008 (Código Tributário do Município), para efeito de adequação às novas normas do imposto sobre serviços de qualquer natureza - ISSQN, de 2020, e dá outras providências".</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>PJUL</t>
   </si>
   <si>
     <t>Processo de Julgamento de Contas</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1774/processo_de_julgamento_n_001.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1774/processo_de_julgamento_n_001.2021.pdf</t>
   </si>
   <si>
     <t>PROCESSO DE JULGAMENTO TC-004561.989.18-7 - REFERENTE AO EXERCÍCIO DE 2018 DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
-    <t>https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2398/processo_de_julgamento_n_002.2021.pdf</t>
+    <t>http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2398/processo_de_julgamento_n_002.2021.pdf</t>
   </si>
   <si>
     <t>PROCESSO DE JULGAMENTO TC-004902.989.19-3 - REFERENTE AO EXERCÍCIO DE 2019 DO PODER EXECUTIVO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -8743,67 +8743,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1783/indicacao_n_001.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1784/indicacao_n_002.2021_-_joao_oliveira_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1785/indicacao_n_003.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1786/indicacao_n_004.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1787/indicacao_n_005.2021_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1788/indicacao_n_006.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1789/ind.007.2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1790/indicacao_n_008.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1791/indicacao_n_009.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1792/indicacao_n_010.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1793/indicacao_n_011.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1794/indicacao_n_012.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1828/indicacao_n_013.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1796/indicacao_n_014.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1797/indicacao_n_015.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1798/indicacao_n_016.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1799/indicacao_n_017.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1800/indicacao_n_018.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1801/indicacao_n_019.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1802/indicacao_n_020.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1803/indicacao_n_021.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1804/indicacao_n_022.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1805/indicacao_n_023.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1806/indicacao_n_024.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1807/indicacao_n_025.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1808/indicacao_n_026.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1826/indicacao_n_027.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1810/indicacao_n_028.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1811/indicacao_n_029.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1812/indicacao_n_030.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1813/indicacao_n_031.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1814/indicacao_n_032.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1815/indicacao_n_033.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1816/indicacao_n_034.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1817/indicacao_n_035.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1818/indicacao_n_036.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1819/indicacao_n_037.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1820/indicacao_n_038.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1821/indicacao_n_039.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1822/indicacao_n_040.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1823/indicacao_n_041.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1824/indicacao_n_042.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1825/indicacao_n_043.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1827/indicacao_n_044.2021_-_fabio_da_costa_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1829/indicacao_n_045.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1830/indicacao_n_046.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1832/indicacao_n_047.2021_-_todos_os__vereadores.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1833/indicacao_n_048.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1834/indicacao_n_049.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1835/indicacao_n_050.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1837/indicacao_n_051.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1838/indicacao_n_052.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1839/indicacao_n_053.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1840/indicacao_n_054.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1841/indicacao_n_055.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1842/indicacao_n_056.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1843/indicacao_n_057.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1844/indicacao_n_058.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1845/indicacao_n_059.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1846/indicacao_n_060.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1847/indicacao_n_061.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1848/indicacao_n_062.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1850/indicacao_n_063.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1854/indicacao_n_064.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1855/indicacao_n_065.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1858/indicacao_n_066.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1859/indicacao_n_067.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1860/indicacao_n_068.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1861/indicacao_n_069.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1862/indicacao_n_070.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1863/indicacao_n_071.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1865/indicacao_n_072.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1866/indicacao_n_073.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1867/indicacao_n_074.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1868/indicacao_n_075.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1869/indicacao_n_076.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1870/indicacao_n_077.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1871/indicacao_n_078.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1872/indicacao_n_079.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1873/indicacao_n_080.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1874/indicacao_n_081.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1875/indicacao_n_082.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1880/indicacao_n_083.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1881/indicacao_n_084.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1882/indicacao_n_085.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1883/indicacao_n_086.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1884/indicacao_n_087.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1885/indicacao_n_088.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1886/indicacao_n_089.2021_-_nal_marques_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1887/indicacao_n_090.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1888/indicacao_n_091.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1889/indicacao_n_092.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1890/indicacao_n_093.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1891/indicacao_n_094.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1892/indicacao_n_095.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1893/indicacao_n_096.2021_-_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1894/indicacao_n_097.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1895/indicacao_n_098.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1896/indicacao_n_099.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1898/indicacao_n_100.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1899/indicacao_n_101.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1900/indicacao_n_102.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1901/indicacao_n_103.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1902/indicacao_n_104.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1903/indicacao_n_105.2021_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1904/indicacao_n_106.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1905/indicacao_n_107.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1907/indicacao_n_108.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1908/indicacao_n_109.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1909/indicacao_n_110.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1910/indicacao_n_111.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1911/indicacao_n_112.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1912/indicacao_n_113.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1926/indicacao_n_114.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1914/indicacao_n_115.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1915/indicacao_n_116.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1916/indicacao_n_117.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1917/indicacao_n_118.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1918/indicacao_n_119.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1919/indicacao_n_120.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1924/indicacao_n_121.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1920/indicacao_n_122.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1921/indicacao_n_123.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1922/indicacao_n_124.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1923/indicacao_n_125.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1925/indicacao_n_126.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1927/indicacao_n_127.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1928/indicacao_n_128.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1929/indicacao_n_129.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1931/indicacao_n_130.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1932/indicacao_n_131.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1933/indicacao_n_132.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1937/indicacao_n_133.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1938/indicacao_n_134.2021_-_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1939/indicacao_n_135.2021_-_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1940/indicacao_n_136.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1941/indicacao_n_137.2021_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1942/indicacao_n_138.2021_-_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1943/indicacao_n_139.2021_-_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1944/indicacao_n_140.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1945/indicacao_n_141.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1946/indicacao_n_142.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1947/indicacao_n_143.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1948/indicacao_n_144.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1949/indicacao_n_145.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1950/indicacao_n_146.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1951/indicacao_n_147.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1952/indicacao_n_148.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1953/indicacao_n_149.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1954/indicacao_n_150.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1955/indicacao_n_151.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1956/indicacao_n_152.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1957/indicacao_n_153.2021_-_nal_marques_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1958/indicacao_n_154.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1959/indicacao_n_155.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1960/indicacao_n_156.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1961/indicacao_n_157.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1962/indicacao_n_158.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1963/indicacao_n_159.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1964/indicacao_n_160.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1965/indicacao_n_161.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1966/indicacao_n_162.2021_-_luciano_tanaka_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1967/indicacao_n_163.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1968/indicacao_n_164.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1969/indicacao_n_165.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1970/indicacao_n_166.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1971/indicacao_n_168.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1972/indicacao_n_168.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1973/indicacao_n_169.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1974/indicacao_n_170.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1975/indicacao_n_171.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1976/indicacao_n_172.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1977/indicacao_n_173.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1978/indicacao_n_174.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1979/indicacao_n_175.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1980/indicacao_n_176.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1981/indicacao_n_177.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1983/indicacao_n_178.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1984/indicacao_n_179.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1985/indicacao_n_180.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1986/indicacao_n_181.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1987/indicacao_n_182.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1988/indicacao_n_183.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1989/indicacao_n_184.2021_-_luciano_tanaka_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1990/indicacao_n_185.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1991/indicacao_n_186.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1992/indicacao_n_187.2021_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1993/indicacao_n_188.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1994/indicacao_n_189.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1995/indicacao_n_190.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1996/indicacao_n_191.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1997/indicacao_n_192.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2001/indicacao_n_193.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1998/indicacao_n_194.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1999/indicacao_n_195.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2000/indicacao_n_196.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2002/indicacao_n_197.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2005/indicacao_n_198.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2006/indicacao_n_199.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2007/indicacao_n_200.2021_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2008/indicacao_n_201.2021_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2009/indicacao_n_202.2021_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2010/indicacao_n_203.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2011/indicacao_n_204.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2012/indicacao_n_205.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2013/indicacao_n_206.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2014/indicacao_n_207.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2015/indicacao_n_208.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2016/indicacao_n_209.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2017/indicacao_n_210.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2018/indicacao_n_211.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2019/indicacao_n_212.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2020/indicacao_n_213.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2021/indicacao_n_214.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2022/indicacao_n_215.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2023/indicacao_n_216.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2024/indicacao_n_217.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2025/indicacao_n_218.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2026/indicacao_n_219.2021_-_matheus_de_campos_luciano_tanaka_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2027/indicacao_n_220.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2028/indicacao_n_221.2021_-_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2029/indicacao_n_222.2021_-_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2030/indicacao_n_223.2021_-_nal_marques_thiago_alves_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2031/indicacao_n_224.2021_-_nal_marques_matheus_de_campos_thiago_alves_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2032/indicacao_n_225.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2033/indicacao_n_226.2021_-_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2035/indicacao_n_227.2021_-_luciano_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2036/indicacao_n_228.2021_-_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2037/indicacao_n_229.2021_-_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2038/indicacao_n_230.2021_-_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2039/indicacao_n_231.2021_-_joao_da_costa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2040/indicacao_n_232.2021_-_joao_da_costa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2041/indicacao_n_233.2021_-_joao_da_costa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2042/indicacao_n_234.2021_-_joao_da_costa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2043/indicacao_n_235.2021_-_joao_da_costa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2044/indicacao_n_236.2021_-_joao_da_costa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2045/indicacao_n_237.2021_-_joao_da_costa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2046/indicacao_n_238.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2047/indicacao_n_239.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2048/indicacao_n_240.2021_-_nal_marques_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2050/indicacao_n_241.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2051/indicacao_n_242.2021_-_nal_marques_luciano_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2052/indicacao_n_243.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2053/indicacao_n_244.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2054/indicacao_n_245.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2055/indicacao_no_245.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2056/indicacao_n_247.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2057/indicacao_n_248.2021_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2058/indicacao_n_249.2021_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2059/indicacao_n_250.2021_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2060/indicacao_n_251.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2061/indicacao_n_252.2021_-_luciano0_tanaka.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2062/indicacao_n_253.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2063/indicacao_n_254.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2064/indicacao_n_255.2021_-_nal_marques_matheus_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2065/indicacao_n_256.2021_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2066/indicacao_n_257.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2067/indicacao_n_258.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2068/indicacao_n_259.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2069/indicacao_n_260.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2070/indicacao_n_261.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2071/indicacao_n_262.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2072/indicacao_n_263.201_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2073/indicacao_n_264.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2074/indicacao_n_265.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2075/indicacao_n_266.2021_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2076/indicacao_n_267.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2077/indicacao_n_268.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2078/indicacao_n_269.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2079/indicacao_n_270.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2080/indicacao_n_271.2021_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2081/indicacao_n_272.2021_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2084/indicacao_n_273.2021_-_nal_marques_luciano_tanaka_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2085/indicacao_n_274.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2086/indicacao_n_275.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2087/indicacao_n_276.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2088/indicacao_n_277.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2089/indicacao_n_278.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2090/indicacao_n_279.202_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2091/indicacao_n_280.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2092/indicacao_n_281.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2093/indicacao_n_282.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2094/indicacao_n_283.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2095/indicacao_n_284.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2097/indicacao_n_285.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2098/indicacao_n_286.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2102/indicacao_n_287.2021_-_thiago_alves_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2099/indicacao_n_288.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2100/indicacao_n_289.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2101/indicacao_n_290.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2103/indicacao_n_291.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2104/indicacao_n_292.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2105/indicacao_n_293.2021_-_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2109/indicacao_n_294.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2113/indicacao_n_295.2021_-_goncala_marcelo_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2114/indicacao_n_296.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2115/indicacao_n_297.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2116/indicacao_n_298.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2117/indicacao_n_299.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2118/indicacao_n_300.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2119/indicacao_n_301.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2120/indicacao_n_302.2021_-_marcia_da_silva_fabio_da_costa_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2121/indicacao_n_303.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2123/indicacao_n_304.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2124/indicacao_n_305.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2125/indicacao_n_306.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2127/indicacao_n_307.2021_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2128/indicacao_n_308.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2133/indicacao_n_309.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2130/indicacao_n_310.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2131/indicacao_n_311.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2132/indicacao_n_312.2021_-_joao_oliveira_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2134/indicacao_n_313.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2135/indicacao_n_314.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2136/indicacao_n_315.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2137/indicacao_n_316.2021_-_marcia_de_campos.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2138/indicacao_n_317.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2139/indicacao_n_318.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2142/indicacao_n_319.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2141/indicacao_n_320.2021_-_matheus__de_campos.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2143/indicacao_n_321.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2145/indicacao_n_322.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2146/indicacao_n_323.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2147/indicacao_n_324.2021_-_nal_marques_matheus_de_campos_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2148/indicacao_n_325.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2149/indicacao_n_326.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2150/indicacao_n_327.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2151/indicacao_n_328.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2153/indicacao_n_329.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2154/indicacao_n_330.2021_-_luciano_tanaka_nal_marques_joao_da_costa_thiago_aquino_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2155/indicacao_n_331.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2156/indicacao_n_332.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2157/indicacao_n_333.2021_-_matheus__de_campos.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2158/indicacao_n_334.2021_-_matheus_campos_e_jose_alberto.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2159/indicacao_n_335.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2160/indicacao_n_336.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2161/indicacao_n_337.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2162/indicacao_n_338.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2163/indicacao_n_339.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2164/indicacao_n_340.2021_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2165/indicacao_n_341.2021_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2166/indicacao_n_342.2021_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2167/indicacao_n_343.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2168/indicacao_n_344.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2169/indicacao_n_345.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2170/indicacao_n_346.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2171/indicacao_n_347.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2175/indicacao_n_348.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2228/indicacao_n_349.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2177/indicacao_n_350.2021_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2178/indicacao_n_351.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2179/indicacao_n_352.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2180/indicacao_n_353.2021_-_marcia_da_silva_goncala_marcelo_fabio_da_costa_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2181/indicacao_n_354.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2182/indicacao_n_355.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2183/indicacao_n_356.2021_-_nal_marques_luciano_tanaka_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2184/indicacao_n_357.2021_-_goncala_marcelo_marcia_da_silva_fabio_da_costa_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2185/indicacao_n_358.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2186/indicacao_n_359.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2187/indicacao_n_360.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2190/indicacao_n_361.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2188/indicacao_n_362.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2189/indicacao_n_363.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2191/indicacao_n_364.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2192/indicacao_n_365.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2194/indicacao_n_366.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2195/indicacao_n_367.2021_-_marcia_da_silva_goncala_marcelo_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2196/indicacao_n_368.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2197/indicacao_n_369.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2198/indicacao_n_370.2021_-_nal_marques_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2199/indicacao_n_371.2021_-_thiago_alves_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2200/indicacao_n_372.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2201/indicacao_n_373.2021_-_thiago_alves_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2202/indicacao_n_374.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2203/indicacao_n_375.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2208/indicacao_n_376.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2212/indicacao_n_377.2021_-_matheus_de_campos_nal_marques_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2213/indicacao_n_378.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2214/indicacao_n_379.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2215/indicacao_n_380.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2216/indicacao_n_381.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2217/indicacao_n_382.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2218/indicacao_n_383.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2219/indicacao_n_384.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2220/indicacao_n_385.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2221/indicacao_n_386.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2222/indicacao_n_387.2021_-_joao_oliveira_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2223/indicacao_n_388.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2224/indicacao_n_389.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2230/indicacao_n_390.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2227/indicacao_n_391.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2231/indicacao_n_392.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2232/indicacao_n_393.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2233/indicacao_n_394.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2235/indicacao_n_395.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2238/indicacao_n_396.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2239/indicacao_n_397.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2240/indicacao_n_398.2021_-_luciano_tanaka_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2241/indicacao_n_399.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2242/indicacao_n_400.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2243/indicacao_n_401.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2244/indicacao_n_402.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2245/indicacao_n_403.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2246/indicacao_n_404.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2247/indicacao_n_405.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2248/indicacao_n_406.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2249/indicacao_n_407.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2250/indicacao_n_408.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2251/indicacao_n_409.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2252/indicacao_n_410.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2253/indicacao_n_411.2021_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2254/indicacao_n_412.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2255/indicacao_n_413.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2256/indicacao_n_414.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2257/indicacao_n_415.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2258/indicacao_n_416.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2259/indicacao_n_417.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2260/indicacao_n_418.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2261/indicacao_n_419.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2262/indicacao_n_420.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2263/indicacao_n_421.2021_-_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2264/indicacao_n_422.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2265/indicacao_n_423.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2266/indicacao_n_424.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2267/indicacao_n_425.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2268/indicacao_n_426.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2269/indicacao_n_427.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2271/indicacao_n_428.2021_-_goncala__marcelo.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2272/indicacao_n_429.2021_-_goncala__marcelo.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2273/indicacao_n_430.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2274/indicacao_n_431.2021_-_goncala_marcelo_joao_oliveira_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2276/indicacao_n_432.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2277/indicacao_n_433.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2278/indicacao_n_434.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2279/indicacao_n_435.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2280/indicacao_n_436.2021_-__marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2282/indicacao_n_437.2021_-_nal_marques_joao_oliveira_luciano_tanaka_matheus_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2283/indicacao_n_438.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2284/indicacao_n_439.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2285/indicacao_n_440.2021_-_nalmarques.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2286/indicacao_n_441.2021_-_nal_marques_luciano_tanaka_matheus_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2287/indicacao_n_442.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2288/indicacao_n_443.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2289/indicacao_n_444.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2290/indicacao_n_445.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2291/indicacao_n_446.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2292/indicacao_n_447.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2293/indicacao_n_448.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2294/indicacao_n_449.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2295/indicacao_n_450.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2296/indicacao_n_451.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2297/indicacao_n_452.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2298/indicacao_n_453.2021_-_joao_oliveira_e_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2300/indicacao_n_454.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2299/indicacao_n_455.2021_-_nal_marques_joao__oliveira_luciano_tanaka_matheus_campos_e_thiago__alves.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2301/indicacao_n_456.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2302/indicacao_n_457.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2303/indicacao_n_458.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2304/indicacao_n_459.2021_-_luciano_tanaka_nal_marques_fabio_da_costa_joao_oliveira_matheus_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2305/indicacao_n_460.2021_-_luciano_tanaka_nal_marques_fabio_da_costa_joao_oliveira_matheus_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2306/indicacao_n_461.2021_-_thiago_aquino_alves.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2307/indicacao_n_462.2021_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2308/indicacao_n_463.2021_-_matheus_campos_nal_marques_luciano_tanaka_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2309/indicacao_n_464.2021_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2310/indicacao_n_465.2021_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2311/indicacao_n_466.2021_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2312/indicacao_n_467.2021_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2313/indicacao_n_468.2021_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2314/indicacao_n_469.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2315/indicacao_n_470.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2316/indicacao_n_471.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2317/indicacao_n_472.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2318/indicacao_n_473.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2319/indicacao_n_474.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2320/indicacao_n_475.2021_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2321/indicacao_n_476.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2322/indicacao_n_477.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2323/indicacao_n_478.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2324/indicacao_n_479.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2325/indicacao_n_480.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2326/indicacao_n_481.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2327/indicacao_n_482.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2328/indicacao_n_483.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2329/indicacao_n_484.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2330/indicacao_n_485.2021_-_luciano_tanaka_nal_marques_joao_oliveira_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2331/indicacao_n_486.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2332/indicacao_n_487.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2333/indicacao_n_488.2021_-_luciano_tanaka_nal_marques_matheus_de_campos_joao_oliveira_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2335/indicacao_n_489.2021_-_marcia_da_silva_goncala_marcelo_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2337/indicacao_n_490.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2338/indicacao_n_491.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2339/indicacao_n_492.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2344/indicacao_n_493.2021_-_goncala_marcelo_luciano_tanaka_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2341/indicacao_n_494.2021_-_nal_marques_thiago_alves_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2342/indicacao_n_495.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2343/indicacao_n_496.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2345/indicacao_n_497.2021_-_matheus_de_campos_nal_marques_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2346/indicacao_n_498.2021_-_matheus_de_campos_thiago_alves_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2347/indicacao_n_499.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2348/indicacao_n_500.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2349/indicacao_n_501.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2350/indicacao_n_502.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2351/indicacao_n_503.2021_-_thiago_alves_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2352/indicacao_n_504.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2353/indicacao_n_505.2021_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2356/indicacao_n_506.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2357/indicacao_n_507.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2361/indicacao_n_508.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2362/indicacao_n_509.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2363/indicacao_n_510.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2364/indicacao_n_511.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2365/indicacao_n_512.2021_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2366/indicacao_n_513.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2367/indicacao_n_514.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2368/indicacao_n_515.2021_-_nal_marques_matheus_de_campos_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2369/indicacao_n_516.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2370/indicacao_n_517.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2371/indicacao_n_518.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2372/indicacao_n_519.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2373/indicacao_n_520.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2374/indicacao_n_521.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2375/indicacao_n_522.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2376/indicacao_n_523.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2377/indicacao_n_524.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2378/indicacao_n_525.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2379/indicacao_n_526.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2380/indicacao_n_257.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2381/indicacao_n_528_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2382/indicacao_n_529.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2383/ind.530.2021.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2384/indicacao_n_531.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2385/indicacao_n_532.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2386/indicacao_n_533.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2387/indicacao_n_534.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2388/indicacao_n_535.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2389/indicacao_n_536.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2390/indicacao_n_537.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2391/indicacao_n_538.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2392/indicacao_n_539.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2393/indicacao_n_540.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2394/indicacao_n_541.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2395/indicacao_n_542.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2396/indicacao_n_543.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2397/indicacao_n_544.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2400/indicacao_n_545.2021_-_goncala_da_silva_marcelo.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2401/indicacao_n_546.2021_-_goncala_da_silva_marcelo.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2402/indicacao_n_547.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2403/indicacao_n_548.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2404/indicacao_n_549.2021_-_joao_da_costa.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2405/indicacao_n_550.2021_-_joao_da_costa_aguinaldo_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2406/indicacao_n_551.2021_-_joao_da_costa.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2408/indicacao_n_552.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2409/indicacao_n_553.2021_-_joao_da_costa_aguinaldo_luciano_matheus_thiago_e_fabio.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2410/indicacao_n_554.2021_-_goncala_da_silva_marcelo.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2411/indicacao_n_555.2021_-_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2412/indicacao_n_556.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2413/indicacao_n_557.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2414/indicacao_n_558.2021_-_marcia_cristina_da_silva.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2415/indicacao_n_559.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2416/indicacao_n_560.2021_-_aguinaldo_trindade_marques.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2417/indicacao_n_561.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2418/indicacao_n_562.2021_-_matheus_goncala_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2421/indicacao_n_563.2021.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2422/indicacao_n_564.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2423/indicacao_n_565.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2424/indicacao_n_566.2021_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2425/indicacao_n_567.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2426/indicacao_n_568.2021_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2427/indicacao_n_569.2021_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2428/indicacao_n_570.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2429/indicacao_n_571.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2430/indicacao_n_572.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2431/indicacao_n_573.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2432/indicacao_n_574.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2433/indicacao_n_575.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2434/indicacao_n_576.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2435/indicacao_n_577.2021-_matheus_de_campos_nal_marques_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2436/indicacao_n_578.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2437/indicacao_n_579.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2438/indicacao_n_580.2021_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2439/indicacao_n_581.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2440/indicacao_n_582.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2441/indicacao_n_583.2021_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2442/indicacao_n_584.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2449/indicacao_n_585.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2450/indicacao_n_586.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2451/indicacao_n_587.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2452/indicacao_n_588.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2453/indicacao_n_589.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2454/indicacao_n_590.2021_-_nal_marques_luciano_tanaka_matheus_de_campos_joao_oliveira_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2455/indicacao_n_591.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2456/indicacao_n_592.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2458/indicacao_n_593.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2459/indicacao_n_594.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2460/indicacao_n_595.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2461/indicacao_n_596.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2462/indicacao_n_597.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2463/indicacao_n_598.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2464/indicacao_n_599.2021_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2465/indicacao_n_600.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2466/indicacao_n_601.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2467/indicacao_n_602.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2468/indicacao_n_603.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2469/indicacao_n_604.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2470/indicacao_n_605.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2471/indicacao_n_606.2021_-_joao_oliveira_matheus_de_campos_thiago_alves_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2472/indicacao_n_607.2021_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2473/indicacao_n_608.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2474/indicacao_n_609.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2475/indicacao_n_610.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2476/indicacao_n_611.2021_-_joao_oliveira_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2477/indicacao_n_612.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2478/indicacao_n_613.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2479/indicacao_n_614.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2480/indicacao_n_615.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2481/indicacao_n_616.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2482/indicacao_n_617.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2483/indicacao_n_618.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2484/indicacao_n_619.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2485/indicacao_n_620.2021_-_luciano_tanaka_nal_marques_joao_oliveira_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2354/projeto_de_decreto_legislativo_no_002.2021.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2355/projeto_de_decreto_legislativo_no_003.2021.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2486/projeto_de_decreto_legislativo_no_004.2021.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1771/projeto_de_lei_no_001.2021.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1773/projeto_de_lei_no_002.2021.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1775/projeto_de_lei_no_003.2021.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1779/projeto_de_lei_no_004.2021.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1781/projeto_de_lei_no_005.2021.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1851/projeto_de_lei_no_006.2021.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1856/projeto_de_lei_no_007.2021.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1878/projeto_de_lei_no_008.2021.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1897/projeto_de_lei_no_009.2021.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1930/projeto_de_lei_no_010.2021.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1934/projeto_de_lei_no_011.2021.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1935/projeto_de_lei_no_012.2021.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2003/projeto_de_lei_no_013.2021.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2049/projeto_de_lei_no_014.2021.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2107/projeto_de_lei_no_015.2021.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2110/projeto_de_lei_no_016.2021.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2111/projeto_de_lei_no_017.2021.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2122/projeto_de_lei_no_018.2021.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2173/projeto_de_lei_no_019.2021.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2172/projeto_de_lei_no_020.2021.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2174/projeto_de_lei_no_021.2021.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2229/projeto_de_lei_no_022.2021.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2234/projeto_de_lei_no_023.2021.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2237/projeto_de_lei_no_024.2021.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2270/projeto_de_lei_no_025.2021.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2358/projeto_de_lei_no_026.2021.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2359/projeto_de_lei_no_027.2021.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2360/projeto_de_lei_no_028.2021.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2399/projeto_de_lei_no_029.2021.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2419/projeto_de_lei_no_030.2021.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2420/projeto_de_lei_no_031.2021.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2444/projeto_de_lei_no_032.2021.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2445/projeto_de_lei_no_033.2021.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2446/projeto_de_lei_no_034.2021.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1772/projeto_de_lei_complementar_no_001.2021.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1776/projeto_de_lei_complementar_no_002.2021.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1780/projeto_de_lei_complementar_no_003.2021.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1849/projeto_de_lei_complementar_no_004.2021.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1906/projeto_de_lei_complementar_no_005.2021.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2108/projeto_de_lei_complementar_no_006.2021.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2193/projeto_de_lei_complementar_no_007.2021.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2457/projeto_de_lei_complementar_no_008.2021.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2488/projeto_de_lei_complementar_no_009.2021.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1777/requerimento_n_001.2021.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1778/requerimento_n_002.2021.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1782/requerimento_n_003.2021.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1831/requerimento_n_004.2021.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1836/requerimento_n_005.2021.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1852/requerimento_n_006.2021.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1853/requerimento_n_007.2021.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1857/requerimento_n_008.2021.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1864/requerimento_n_009.2021.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1876/requerimento_n_010.2021.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1879/requerimento_n_011.2021.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1936/requerimento_n_012.2021.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2004/requerimento_n_013.2021.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2034/requerimento_n_014.2021.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2083/requerimento_n_015.2021.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2106/requerimento_n_016.2021.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2112/requerimento_n_017.2021.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2152/requerimento_n_018.2021.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2204/requerimento_n_019.2021.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2211/requerimento_n_020.2021.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2225/requerimento_n_021.2021.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2236/requerimento_n_022.2021.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2334/requerimento_n_023.2021.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2443/requerimento_n_024.2021.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2447/requerimento_n_025.2021.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2448/requerimento_n_026.2021.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2487/requerimento_n_027.2021.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2489/requerimento_n_028.2021.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1774/processo_de_julgamento_n_001.2021.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2398/processo_de_julgamento_n_002.2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1783/indicacao_n_001.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1784/indicacao_n_002.2021_-_joao_oliveira_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1785/indicacao_n_003.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1786/indicacao_n_004.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1787/indicacao_n_005.2021_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1788/indicacao_n_006.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1789/ind.007.2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1790/indicacao_n_008.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1791/indicacao_n_009.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1792/indicacao_n_010.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1793/indicacao_n_011.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1794/indicacao_n_012.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1828/indicacao_n_013.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1796/indicacao_n_014.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1797/indicacao_n_015.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1798/indicacao_n_016.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1799/indicacao_n_017.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1800/indicacao_n_018.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1801/indicacao_n_019.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1802/indicacao_n_020.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1803/indicacao_n_021.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1804/indicacao_n_022.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1805/indicacao_n_023.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1806/indicacao_n_024.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1807/indicacao_n_025.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1808/indicacao_n_026.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1826/indicacao_n_027.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1810/indicacao_n_028.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1811/indicacao_n_029.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1812/indicacao_n_030.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1813/indicacao_n_031.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1814/indicacao_n_032.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1815/indicacao_n_033.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1816/indicacao_n_034.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1817/indicacao_n_035.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1818/indicacao_n_036.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1819/indicacao_n_037.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1820/indicacao_n_038.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1821/indicacao_n_039.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1822/indicacao_n_040.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1823/indicacao_n_041.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1824/indicacao_n_042.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1825/indicacao_n_043.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1827/indicacao_n_044.2021_-_fabio_da_costa_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1829/indicacao_n_045.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1830/indicacao_n_046.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1832/indicacao_n_047.2021_-_todos_os__vereadores.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1833/indicacao_n_048.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1834/indicacao_n_049.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1835/indicacao_n_050.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1837/indicacao_n_051.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1838/indicacao_n_052.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1839/indicacao_n_053.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1840/indicacao_n_054.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1841/indicacao_n_055.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1842/indicacao_n_056.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1843/indicacao_n_057.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1844/indicacao_n_058.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1845/indicacao_n_059.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1846/indicacao_n_060.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1847/indicacao_n_061.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1848/indicacao_n_062.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1850/indicacao_n_063.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1854/indicacao_n_064.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1855/indicacao_n_065.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1858/indicacao_n_066.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1859/indicacao_n_067.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1860/indicacao_n_068.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1861/indicacao_n_069.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1862/indicacao_n_070.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1863/indicacao_n_071.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1865/indicacao_n_072.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1866/indicacao_n_073.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1867/indicacao_n_074.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1868/indicacao_n_075.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1869/indicacao_n_076.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1870/indicacao_n_077.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1871/indicacao_n_078.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1872/indicacao_n_079.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1873/indicacao_n_080.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1874/indicacao_n_081.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1875/indicacao_n_082.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1880/indicacao_n_083.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1881/indicacao_n_084.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1882/indicacao_n_085.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1883/indicacao_n_086.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1884/indicacao_n_087.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1885/indicacao_n_088.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1886/indicacao_n_089.2021_-_nal_marques_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1887/indicacao_n_090.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1888/indicacao_n_091.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1889/indicacao_n_092.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1890/indicacao_n_093.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1891/indicacao_n_094.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1892/indicacao_n_095.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1893/indicacao_n_096.2021_-_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1894/indicacao_n_097.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1895/indicacao_n_098.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1896/indicacao_n_099.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1898/indicacao_n_100.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1899/indicacao_n_101.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1900/indicacao_n_102.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1901/indicacao_n_103.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1902/indicacao_n_104.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1903/indicacao_n_105.2021_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1904/indicacao_n_106.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1905/indicacao_n_107.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1907/indicacao_n_108.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1908/indicacao_n_109.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1909/indicacao_n_110.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1910/indicacao_n_111.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1911/indicacao_n_112.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1912/indicacao_n_113.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1926/indicacao_n_114.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1914/indicacao_n_115.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1915/indicacao_n_116.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1916/indicacao_n_117.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1917/indicacao_n_118.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1918/indicacao_n_119.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1919/indicacao_n_120.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1924/indicacao_n_121.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1920/indicacao_n_122.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1921/indicacao_n_123.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1922/indicacao_n_124.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1923/indicacao_n_125.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1925/indicacao_n_126.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1927/indicacao_n_127.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1928/indicacao_n_128.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1929/indicacao_n_129.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1931/indicacao_n_130.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1932/indicacao_n_131.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1933/indicacao_n_132.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1937/indicacao_n_133.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1938/indicacao_n_134.2021_-_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1939/indicacao_n_135.2021_-_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1940/indicacao_n_136.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1941/indicacao_n_137.2021_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1942/indicacao_n_138.2021_-_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1943/indicacao_n_139.2021_-_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1944/indicacao_n_140.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1945/indicacao_n_141.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1946/indicacao_n_142.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1947/indicacao_n_143.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1948/indicacao_n_144.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1949/indicacao_n_145.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1950/indicacao_n_146.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1951/indicacao_n_147.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1952/indicacao_n_148.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1953/indicacao_n_149.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1954/indicacao_n_150.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1955/indicacao_n_151.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1956/indicacao_n_152.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1957/indicacao_n_153.2021_-_nal_marques_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1958/indicacao_n_154.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1959/indicacao_n_155.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1960/indicacao_n_156.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1961/indicacao_n_157.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1962/indicacao_n_158.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1963/indicacao_n_159.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1964/indicacao_n_160.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1965/indicacao_n_161.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1966/indicacao_n_162.2021_-_luciano_tanaka_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1967/indicacao_n_163.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1968/indicacao_n_164.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1969/indicacao_n_165.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1970/indicacao_n_166.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1971/indicacao_n_168.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1972/indicacao_n_168.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1973/indicacao_n_169.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1974/indicacao_n_170.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1975/indicacao_n_171.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1976/indicacao_n_172.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1977/indicacao_n_173.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1978/indicacao_n_174.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1979/indicacao_n_175.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1980/indicacao_n_176.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1981/indicacao_n_177.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1983/indicacao_n_178.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1984/indicacao_n_179.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1985/indicacao_n_180.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1986/indicacao_n_181.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1987/indicacao_n_182.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1988/indicacao_n_183.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1989/indicacao_n_184.2021_-_luciano_tanaka_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1990/indicacao_n_185.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1991/indicacao_n_186.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1992/indicacao_n_187.2021_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1993/indicacao_n_188.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1994/indicacao_n_189.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1995/indicacao_n_190.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1996/indicacao_n_191.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1997/indicacao_n_192.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2001/indicacao_n_193.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1998/indicacao_n_194.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1999/indicacao_n_195.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2000/indicacao_n_196.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2002/indicacao_n_197.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2005/indicacao_n_198.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2006/indicacao_n_199.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2007/indicacao_n_200.2021_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2008/indicacao_n_201.2021_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2009/indicacao_n_202.2021_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2010/indicacao_n_203.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2011/indicacao_n_204.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2012/indicacao_n_205.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2013/indicacao_n_206.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2014/indicacao_n_207.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2015/indicacao_n_208.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2016/indicacao_n_209.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2017/indicacao_n_210.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2018/indicacao_n_211.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2019/indicacao_n_212.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2020/indicacao_n_213.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2021/indicacao_n_214.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2022/indicacao_n_215.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2023/indicacao_n_216.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2024/indicacao_n_217.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2025/indicacao_n_218.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2026/indicacao_n_219.2021_-_matheus_de_campos_luciano_tanaka_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2027/indicacao_n_220.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2028/indicacao_n_221.2021_-_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2029/indicacao_n_222.2021_-_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2030/indicacao_n_223.2021_-_nal_marques_thiago_alves_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2031/indicacao_n_224.2021_-_nal_marques_matheus_de_campos_thiago_alves_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2032/indicacao_n_225.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2033/indicacao_n_226.2021_-_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2035/indicacao_n_227.2021_-_luciano_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2036/indicacao_n_228.2021_-_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2037/indicacao_n_229.2021_-_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2038/indicacao_n_230.2021_-_goncala_e_marcia.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2039/indicacao_n_231.2021_-_joao_da_costa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2040/indicacao_n_232.2021_-_joao_da_costa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2041/indicacao_n_233.2021_-_joao_da_costa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2042/indicacao_n_234.2021_-_joao_da_costa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2043/indicacao_n_235.2021_-_joao_da_costa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2044/indicacao_n_236.2021_-_joao_da_costa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2045/indicacao_n_237.2021_-_joao_da_costa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2046/indicacao_n_238.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2047/indicacao_n_239.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2048/indicacao_n_240.2021_-_nal_marques_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2050/indicacao_n_241.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2051/indicacao_n_242.2021_-_nal_marques_luciano_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2052/indicacao_n_243.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2053/indicacao_n_244.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2054/indicacao_n_245.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2055/indicacao_no_245.2022_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2056/indicacao_n_247.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2057/indicacao_n_248.2021_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2058/indicacao_n_249.2021_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2059/indicacao_n_250.2021_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2060/indicacao_n_251.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2061/indicacao_n_252.2021_-_luciano0_tanaka.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2062/indicacao_n_253.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2063/indicacao_n_254.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2064/indicacao_n_255.2021_-_nal_marques_matheus_e_luciano.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2065/indicacao_n_256.2021_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2066/indicacao_n_257.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2067/indicacao_n_258.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2068/indicacao_n_259.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2069/indicacao_n_260.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2070/indicacao_n_261.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2071/indicacao_n_262.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2072/indicacao_n_263.201_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2073/indicacao_n_264.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2074/indicacao_n_265.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2075/indicacao_n_266.2021_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2076/indicacao_n_267.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2077/indicacao_n_268.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2078/indicacao_n_269.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2079/indicacao_n_270.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2080/indicacao_n_271.2021_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2081/indicacao_n_272.2021_-_matheus_de_campos_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2084/indicacao_n_273.2021_-_nal_marques_luciano_tanaka_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2085/indicacao_n_274.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2086/indicacao_n_275.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2087/indicacao_n_276.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2088/indicacao_n_277.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2089/indicacao_n_278.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2090/indicacao_n_279.202_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2091/indicacao_n_280.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2092/indicacao_n_281.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2093/indicacao_n_282.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2094/indicacao_n_283.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2095/indicacao_n_284.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2097/indicacao_n_285.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2098/indicacao_n_286.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2102/indicacao_n_287.2021_-_thiago_alves_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2099/indicacao_n_288.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2100/indicacao_n_289.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2101/indicacao_n_290.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2103/indicacao_n_291.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2104/indicacao_n_292.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2105/indicacao_n_293.2021_-_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2109/indicacao_n_294.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2113/indicacao_n_295.2021_-_goncala_marcelo_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2114/indicacao_n_296.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2115/indicacao_n_297.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2116/indicacao_n_298.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2117/indicacao_n_299.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2118/indicacao_n_300.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2119/indicacao_n_301.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2120/indicacao_n_302.2021_-_marcia_da_silva_fabio_da_costa_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2121/indicacao_n_303.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2123/indicacao_n_304.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2124/indicacao_n_305.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2125/indicacao_n_306.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2127/indicacao_n_307.2021_-_todos_os_vereadores_e_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2128/indicacao_n_308.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2133/indicacao_n_309.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2130/indicacao_n_310.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2131/indicacao_n_311.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2132/indicacao_n_312.2021_-_joao_oliveira_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2134/indicacao_n_313.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2135/indicacao_n_314.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2136/indicacao_n_315.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2137/indicacao_n_316.2021_-_marcia_de_campos.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2138/indicacao_n_317.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2139/indicacao_n_318.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2142/indicacao_n_319.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2141/indicacao_n_320.2021_-_matheus__de_campos.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2143/indicacao_n_321.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2145/indicacao_n_322.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2146/indicacao_n_323.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2147/indicacao_n_324.2021_-_nal_marques_matheus_de_campos_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2148/indicacao_n_325.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2149/indicacao_n_326.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2150/indicacao_n_327.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2151/indicacao_n_328.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2153/indicacao_n_329.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2154/indicacao_n_330.2021_-_luciano_tanaka_nal_marques_joao_da_costa_thiago_aquino_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2155/indicacao_n_331.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2156/indicacao_n_332.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2157/indicacao_n_333.2021_-_matheus__de_campos.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2158/indicacao_n_334.2021_-_matheus_campos_e_jose_alberto.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2159/indicacao_n_335.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2160/indicacao_n_336.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2161/indicacao_n_337.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2162/indicacao_n_338.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2163/indicacao_n_339.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2164/indicacao_n_340.2021_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2165/indicacao_n_341.2021_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2166/indicacao_n_342.2021_-_thiago_aquino.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2167/indicacao_n_343.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2168/indicacao_n_344.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2169/indicacao_n_345.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2170/indicacao_n_346.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2171/indicacao_n_347.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2175/indicacao_n_348.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2228/indicacao_n_349.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2177/indicacao_n_350.2021_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2178/indicacao_n_351.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2179/indicacao_n_352.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2180/indicacao_n_353.2021_-_marcia_da_silva_goncala_marcelo_fabio_da_costa_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2181/indicacao_n_354.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2182/indicacao_n_355.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2183/indicacao_n_356.2021_-_nal_marques_luciano_tanaka_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2184/indicacao_n_357.2021_-_goncala_marcelo_marcia_da_silva_fabio_da_costa_e_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2185/indicacao_n_358.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2186/indicacao_n_359.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2187/indicacao_n_360.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2190/indicacao_n_361.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2188/indicacao_n_362.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2189/indicacao_n_363.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2191/indicacao_n_364.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2192/indicacao_n_365.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2194/indicacao_n_366.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2195/indicacao_n_367.2021_-_marcia_da_silva_goncala_marcelo_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2196/indicacao_n_368.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2197/indicacao_n_369.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2198/indicacao_n_370.2021_-_nal_marques_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2199/indicacao_n_371.2021_-_thiago_alves_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2200/indicacao_n_372.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2201/indicacao_n_373.2021_-_thiago_alves_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2202/indicacao_n_374.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2203/indicacao_n_375.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2208/indicacao_n_376.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2212/indicacao_n_377.2021_-_matheus_de_campos_nal_marques_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2213/indicacao_n_378.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2214/indicacao_n_379.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2215/indicacao_n_380.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2216/indicacao_n_381.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2217/indicacao_n_382.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2218/indicacao_n_383.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2219/indicacao_n_384.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2220/indicacao_n_385.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2221/indicacao_n_386.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2222/indicacao_n_387.2021_-_joao_oliveira_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2223/indicacao_n_388.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2224/indicacao_n_389.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2230/indicacao_n_390.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2227/indicacao_n_391.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2231/indicacao_n_392.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2232/indicacao_n_393.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2233/indicacao_n_394.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2235/indicacao_n_395.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2238/indicacao_n_396.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2239/indicacao_n_397.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2240/indicacao_n_398.2021_-_luciano_tanaka_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2241/indicacao_n_399.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2242/indicacao_n_400.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2243/indicacao_n_401.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2244/indicacao_n_402.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2245/indicacao_n_403.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2246/indicacao_n_404.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2247/indicacao_n_405.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2248/indicacao_n_406.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2249/indicacao_n_407.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2250/indicacao_n_408.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2251/indicacao_n_409.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2252/indicacao_n_410.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2253/indicacao_n_411.2021_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2254/indicacao_n_412.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2255/indicacao_n_413.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2256/indicacao_n_414.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2257/indicacao_n_415.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2258/indicacao_n_416.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2259/indicacao_n_417.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2260/indicacao_n_418.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2261/indicacao_n_419.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2262/indicacao_n_420.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2263/indicacao_n_421.2021_-_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2264/indicacao_n_422.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2265/indicacao_n_423.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2266/indicacao_n_424.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2267/indicacao_n_425.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2268/indicacao_n_426.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2269/indicacao_n_427.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2271/indicacao_n_428.2021_-_goncala__marcelo.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2272/indicacao_n_429.2021_-_goncala__marcelo.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2273/indicacao_n_430.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2274/indicacao_n_431.2021_-_goncala_marcelo_joao_oliveira_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2276/indicacao_n_432.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2277/indicacao_n_433.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2278/indicacao_n_434.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2279/indicacao_n_435.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2280/indicacao_n_436.2021_-__marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2282/indicacao_n_437.2021_-_nal_marques_joao_oliveira_luciano_tanaka_matheus_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2283/indicacao_n_438.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2284/indicacao_n_439.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2285/indicacao_n_440.2021_-_nalmarques.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2286/indicacao_n_441.2021_-_nal_marques_luciano_tanaka_matheus_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2287/indicacao_n_442.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2288/indicacao_n_443.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2289/indicacao_n_444.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2290/indicacao_n_445.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2291/indicacao_n_446.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2292/indicacao_n_447.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2293/indicacao_n_448.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2294/indicacao_n_449.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2295/indicacao_n_450.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2296/indicacao_n_451.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2297/indicacao_n_452.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2298/indicacao_n_453.2021_-_joao_oliveira_e_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2300/indicacao_n_454.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2299/indicacao_n_455.2021_-_nal_marques_joao__oliveira_luciano_tanaka_matheus_campos_e_thiago__alves.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2301/indicacao_n_456.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2302/indicacao_n_457.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2303/indicacao_n_458.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2304/indicacao_n_459.2021_-_luciano_tanaka_nal_marques_fabio_da_costa_joao_oliveira_matheus_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2305/indicacao_n_460.2021_-_luciano_tanaka_nal_marques_fabio_da_costa_joao_oliveira_matheus_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2306/indicacao_n_461.2021_-_thiago_aquino_alves.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2307/indicacao_n_462.2021_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2308/indicacao_n_463.2021_-_matheus_campos_nal_marques_luciano_tanaka_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2309/indicacao_n_464.2021_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2310/indicacao_n_465.2021_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2311/indicacao_n_466.2021_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2312/indicacao_n_467.2021_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2313/indicacao_n_468.2021_-_matheus_campos.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2314/indicacao_n_469.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2315/indicacao_n_470.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2316/indicacao_n_471.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2317/indicacao_n_472.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2318/indicacao_n_473.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2319/indicacao_n_474.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2320/indicacao_n_475.2021_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2321/indicacao_n_476.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2322/indicacao_n_477.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2323/indicacao_n_478.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2324/indicacao_n_479.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2325/indicacao_n_480.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2326/indicacao_n_481.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2327/indicacao_n_482.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2328/indicacao_n_483.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2329/indicacao_n_484.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2330/indicacao_n_485.2021_-_luciano_tanaka_nal_marques_joao_oliveira_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2331/indicacao_n_486.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2332/indicacao_n_487.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2333/indicacao_n_488.2021_-_luciano_tanaka_nal_marques_matheus_de_campos_joao_oliveira_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2335/indicacao_n_489.2021_-_marcia_da_silva_goncala_marcelo_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2337/indicacao_n_490.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2338/indicacao_n_491.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2339/indicacao_n_492.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2344/indicacao_n_493.2021_-_goncala_marcelo_luciano_tanaka_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2341/indicacao_n_494.2021_-_nal_marques_thiago_alves_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2342/indicacao_n_495.2021_-_nal_marques_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2343/indicacao_n_496.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2345/indicacao_n_497.2021_-_matheus_de_campos_nal_marques_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2346/indicacao_n_498.2021_-_matheus_de_campos_thiago_alves_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2347/indicacao_n_499.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2348/indicacao_n_500.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2349/indicacao_n_501.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2350/indicacao_n_502.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2351/indicacao_n_503.2021_-_thiago_alves_matheus_de_campos_e_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2352/indicacao_n_504.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2353/indicacao_n_505.2021_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2356/indicacao_n_506.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2357/indicacao_n_507.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2361/indicacao_n_508.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2362/indicacao_n_509.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2363/indicacao_n_510.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2364/indicacao_n_511.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2365/indicacao_n_512.2021_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2366/indicacao_n_513.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2367/indicacao_n_514.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2368/indicacao_n_515.2021_-_nal_marques_matheus_de_campos_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2369/indicacao_n_516.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2370/indicacao_n_517.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2371/indicacao_n_518.2021_-_luciano_tanaka_nal_marques_e_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2372/indicacao_n_519.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2373/indicacao_n_520.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2374/indicacao_n_521.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2375/indicacao_n_522.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2376/indicacao_n_523.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2377/indicacao_n_524.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2378/indicacao_n_525.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2379/indicacao_n_526.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2380/indicacao_n_257.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2381/indicacao_n_528_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2382/indicacao_n_529.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2383/ind.530.2021.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2384/indicacao_n_531.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2385/indicacao_n_532.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2386/indicacao_n_533.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2387/indicacao_n_534.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2388/indicacao_n_535.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2389/indicacao_n_536.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2390/indicacao_n_537.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2391/indicacao_n_538.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2392/indicacao_n_539.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2393/indicacao_n_540.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2394/indicacao_n_541.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2395/indicacao_n_542.2021_-_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2396/indicacao_n_543.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2397/indicacao_n_544.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2400/indicacao_n_545.2021_-_goncala_da_silva_marcelo.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2401/indicacao_n_546.2021_-_goncala_da_silva_marcelo.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2402/indicacao_n_547.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2403/indicacao_n_548.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2404/indicacao_n_549.2021_-_joao_da_costa.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2405/indicacao_n_550.2021_-_joao_da_costa_aguinaldo_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2406/indicacao_n_551.2021_-_joao_da_costa.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2408/indicacao_n_552.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2409/indicacao_n_553.2021_-_joao_da_costa_aguinaldo_luciano_matheus_thiago_e_fabio.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2410/indicacao_n_554.2021_-_goncala_da_silva_marcelo.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2411/indicacao_n_555.2021_-_marcia_e_goncala.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2412/indicacao_n_556.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2413/indicacao_n_557.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2414/indicacao_n_558.2021_-_marcia_cristina_da_silva.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2415/indicacao_n_559.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2416/indicacao_n_560.2021_-_aguinaldo_trindade_marques.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2417/indicacao_n_561.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2418/indicacao_n_562.2021_-_matheus_goncala_e_thiago.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2421/indicacao_n_563.2021.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2422/indicacao_n_564.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2423/indicacao_n_565.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2424/indicacao_n_566.2021_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2425/indicacao_n_567.2021_-_goncala_marcelo_e_marcia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2426/indicacao_n_568.2021_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2427/indicacao_n_569.2021_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2428/indicacao_n_570.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2429/indicacao_n_571.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2430/indicacao_n_572.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2431/indicacao_n_573.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2432/indicacao_n_574.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2433/indicacao_n_575.2021_-_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2434/indicacao_n_576.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2435/indicacao_n_577.2021-_matheus_de_campos_nal_marques_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2436/indicacao_n_578.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2437/indicacao_n_579.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2438/indicacao_n_580.2021_-_marcia_da_silva_e_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2439/indicacao_n_581.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2440/indicacao_n_582.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2441/indicacao_n_583.2021_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2442/indicacao_n_584.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2449/indicacao_n_585.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2450/indicacao_n_586.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2451/indicacao_n_587.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2452/indicacao_n_588.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2453/indicacao_n_589.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2454/indicacao_n_590.2021_-_nal_marques_luciano_tanaka_matheus_de_campos_joao_oliveira_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2455/indicacao_n_591.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2456/indicacao_n_592.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2458/indicacao_n_593.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2459/indicacao_n_594.2021_-_nal_marques.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2460/indicacao_n_595.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2461/indicacao_n_596.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2462/indicacao_n_597.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2463/indicacao_n_598.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2464/indicacao_n_599.2021_-_luciano_tanaka_e_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2465/indicacao_n_600.2021_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2466/indicacao_n_601.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2467/indicacao_n_602.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2468/indicacao_n_603.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2469/indicacao_n_604.2021_-_goncala_marcelo.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2470/indicacao_n_605.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2471/indicacao_n_606.2021_-_joao_oliveira_matheus_de_campos_thiago_alves_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2472/indicacao_n_607.2021_-_joao_oliveira_e_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2473/indicacao_n_608.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2474/indicacao_n_609.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2475/indicacao_n_610.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2476/indicacao_n_611.2021_-_joao_oliveira_e_fabio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2477/indicacao_n_612.2021_-_joao_oliveira.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2478/indicacao_n_613.2021_-_ze_banana.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2479/indicacao_n_614.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2480/indicacao_n_615.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2481/indicacao_n_616.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2482/indicacao_n_617.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2483/indicacao_n_618.2021_-_matheus_de_campos.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2484/indicacao_n_619.2021_-_luciano_tanaka.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2485/indicacao_n_620.2021_-_luciano_tanaka_nal_marques_joao_oliveira_matheus_de_campos_e_thiago_alves.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2354/projeto_de_decreto_legislativo_no_002.2021.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2355/projeto_de_decreto_legislativo_no_003.2021.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2486/projeto_de_decreto_legislativo_no_004.2021.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1771/projeto_de_lei_no_001.2021.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1773/projeto_de_lei_no_002.2021.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1775/projeto_de_lei_no_003.2021.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1779/projeto_de_lei_no_004.2021.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1781/projeto_de_lei_no_005.2021.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1851/projeto_de_lei_no_006.2021.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1856/projeto_de_lei_no_007.2021.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1878/projeto_de_lei_no_008.2021.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1897/projeto_de_lei_no_009.2021.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1930/projeto_de_lei_no_010.2021.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1934/projeto_de_lei_no_011.2021.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1935/projeto_de_lei_no_012.2021.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2003/projeto_de_lei_no_013.2021.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2049/projeto_de_lei_no_014.2021.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2107/projeto_de_lei_no_015.2021.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2110/projeto_de_lei_no_016.2021.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2111/projeto_de_lei_no_017.2021.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2122/projeto_de_lei_no_018.2021.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2173/projeto_de_lei_no_019.2021.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2172/projeto_de_lei_no_020.2021.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2174/projeto_de_lei_no_021.2021.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2229/projeto_de_lei_no_022.2021.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2234/projeto_de_lei_no_023.2021.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2237/projeto_de_lei_no_024.2021.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2270/projeto_de_lei_no_025.2021.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2358/projeto_de_lei_no_026.2021.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2359/projeto_de_lei_no_027.2021.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2360/projeto_de_lei_no_028.2021.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2399/projeto_de_lei_no_029.2021.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2419/projeto_de_lei_no_030.2021.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2420/projeto_de_lei_no_031.2021.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2444/projeto_de_lei_no_032.2021.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2445/projeto_de_lei_no_033.2021.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2446/projeto_de_lei_no_034.2021.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1772/projeto_de_lei_complementar_no_001.2021.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1776/projeto_de_lei_complementar_no_002.2021.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1780/projeto_de_lei_complementar_no_003.2021.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1849/projeto_de_lei_complementar_no_004.2021.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1906/projeto_de_lei_complementar_no_005.2021.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2108/projeto_de_lei_complementar_no_006.2021.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2193/projeto_de_lei_complementar_no_007.2021.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2457/projeto_de_lei_complementar_no_008.2021.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2488/projeto_de_lei_complementar_no_009.2021.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1777/requerimento_n_001.2021.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1778/requerimento_n_002.2021.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1782/requerimento_n_003.2021.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1831/requerimento_n_004.2021.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1836/requerimento_n_005.2021.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1852/requerimento_n_006.2021.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1853/requerimento_n_007.2021.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1857/requerimento_n_008.2021.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1864/requerimento_n_009.2021.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1876/requerimento_n_010.2021.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1879/requerimento_n_011.2021.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1936/requerimento_n_012.2021.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2004/requerimento_n_013.2021.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2034/requerimento_n_014.2021.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2083/requerimento_n_015.2021.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2106/requerimento_n_016.2021.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2112/requerimento_n_017.2021.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2152/requerimento_n_018.2021.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2204/requerimento_n_019.2021.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2211/requerimento_n_020.2021.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2225/requerimento_n_021.2021.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2236/requerimento_n_022.2021.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2334/requerimento_n_023.2021.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2443/requerimento_n_024.2021.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2447/requerimento_n_025.2021.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2448/requerimento_n_026.2021.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2487/requerimento_n_027.2021.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2489/requerimento_n_028.2021.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/1774/processo_de_julgamento_n_001.2021.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pradopolis.sp.leg.br/media/sapl/public/materialegislativa/2021/2398/processo_de_julgamento_n_002.2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H698"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="109.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="182.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="181.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>